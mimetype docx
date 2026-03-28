--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -66,1316 +66,1450 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing the Causal Contribution of Reasoning to Third-Party Moral Judgment of Harm Transgressions</w:t>
+                <w:t xml:space="preserve">Distinct neural representational changes following cross-format number tutoring in children with mathematical difficulties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yunji Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuan Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Flora Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Iuculano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyesang Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1027/1618-3169/a000629⟩</w:t>
+              <w:t xml:space="preserve">npj Science of Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10, pp.52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41539-025-00345-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04840584v1</w:t>
+                <w:t xml:space="preserve">hal-05548156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The temporal dynamics of third-party moral judgment of harm transgressions: answers from a 2-response paradigm</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Probing the Causal Contribution of Reasoning to Third-Party Moral Judgment of Harm Transgressions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Balat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Trémolière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thinking and Reasoning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13546783.2023.2210847⟩</w:t>
+              <w:t xml:space="preserve">Experimental Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 71 (4), pp.225-237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1027/1618-3169/a000629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04155161v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04840584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The temporal dynamics of third-party moral judgment of harm transgressions: answers from a 2-response paradigm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Passemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Djeriouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Trémolière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thinking and Reasoning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 30 (1), pp.109-134. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/13546783.2023.2210847⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04830251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The temporal dynamics of third-party moral judgment of harm transgressions: answers from a 2-response paradigm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Passemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Djeriouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Trémolière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thinking and Reasoning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.1-26. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/13546783.2023.2210847⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04197511v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04155161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judging accidental harm: reasoning style modulates the weight of intention and harm severity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The temporal dynamics of third-party moral judgment of harm transgressions: answers from a 2-response paradigm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Passemar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Djeriouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Trémolière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/17470218221089964⟩</w:t>
+              <w:t xml:space="preserve">Thinking and Reasoning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13546783.2023.2210847⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03654078v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association of sleep with moral severity to accidental harm transgressions: A cross‐sectional study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Trémolière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Trémolière</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Flora Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin J. Gosling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sleep Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jsr.13623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03735458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The association between personality traits and third-party moral judgment: A preregistered study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Judging accidental harm: reasoning style modulates the weight of intention and harm severity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Djeriouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Trémolière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Psychologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actpsy.2021.103392⟩</w:t>
+              <w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.2366-2381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/17470218221089964⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03356032v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03654078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural representations of transitive relations predict current and future math calculation skills in children</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The association between personality traits and third-party moral judgment: A preregistered study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Prado</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Djeriouat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Trémolière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 141, pp.107410. </w:t>
+              <w:t xml:space="preserve">Acta Psychologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 219, </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2020.107410⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actpsy.2021.103392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02988649v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03356032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The neural development of pragmatic inference-making in natural discourse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Neural representations of transitive relations predict current and future math calculation skills in children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Epinat-Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Léone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Prado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/desc.12678⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 141, pp.107410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2020.107410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02346617v1</w:t>
+                <w:t xml:space="preserve">hal-02988649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impaired neural processing of transitive relations in children with math learning difficulty</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The neural development of pragmatic inference-making in natural discourse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Epinat-Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ira Noveck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Prado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroimage-Clinical</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nicl.2018.10.020⟩</w:t>
+              <w:t xml:space="preserve">Developmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21 (6), pp.e12678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/desc.12678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03109994v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02346617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Impaired neural processing of transitive relations in children with math learning difficulty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Epinat-Duclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Léone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Prado</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuroimage-Clinical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20, pp.1255-1265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nicl.2018.10.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03109994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The neural development of conditional reasoning in children: Different mechanisms for assessing the logical validity and likelihood of conclusions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Epinat-Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Léone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Prado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 163, pp.264-275. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2017.09.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03109987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1385,137 +1519,137 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">26. Cognitive Neuroscience of Dyscalculia and Math Learning Disabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinod Menon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aarthi Padmanabhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kathrin Cohen Kadosh. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oxford Handbook of Developmental Cognitive Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, 2021, 9780198827474. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/oxfordhb/9780198827474.013.23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04738098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1525,114 +1659,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raisonnement transitif et dyscalculie : étude par IRMf chez l’enfant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences cognitives. Université de Lyon, 2017. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017LYSE1332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01737805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId44"/>
+      <w:footerReference w:type="default" r:id="rId50"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1779,51 +1913,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840584v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Schwartz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Balat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tr&#233;moli&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1618-3169/a000629" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155161v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Passemar" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Djeriouat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546783.2023.2210847" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830251v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197511v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654078v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218221089964" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735458v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin J. Gosling" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.13623" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356032v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2021.103392" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988649v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Epinat-Duclos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica L&#233;one" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Poisson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prado" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2020.107410" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346617v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ira Noveck" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.12678" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109994v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2018.10.020" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109987v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2017.09.029" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738098v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinod Menon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarthi Padmanabhan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780198827474.013.23" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01737805v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSE1332" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548156v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunji Park" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Zhang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Schwartz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Iuculano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyesang Chang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41539-025-00345-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840584v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Balat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tr&#233;moli&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1618-3169/a000629" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830251v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Passemar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Djeriouat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546783.2023.2210847" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155161v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197511v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735458v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin J. Gosling" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.13623" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654078v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218221089964" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356032v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2021.103392" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988649v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Epinat-Duclos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica L&#233;one" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Poisson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prado" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2020.107410" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346617v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ira Noveck" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.12678" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109994v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2018.10.020" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109987v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2017.09.029" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738098v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinod Menon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarthi Padmanabhan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780198827474.013.23" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01737805v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSE1332" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>