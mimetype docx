--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -351,51 +351,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05008407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The counter-rotating mechanism makes a substantial contribution to balance-movement coordination during the anticipatory period of gait initiation</w:t>
+                <w:t xml:space="preserve">Anticipatory muscle activations to coordinate balance and movement during motor transitions: A narrative review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Tisserand</w:t>
@@ -413,106 +413,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Fradet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floren Colloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 190, pp.112860. </w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 118, pp.130-140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2025.112860⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2025.02.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05176655v1</w:t>
+                <w:t xml:space="preserve">hal-04957253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anticipatory muscle activations to coordinate balance and movement during motor transitions: A narrative review</w:t>
+                <w:t xml:space="preserve">The counter-rotating mechanism makes a substantial contribution to balance-movement coordination during the anticipatory period of gait initiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Tisserand</w:t>
@@ -530,82 +530,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Fradet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floren Colloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 118, pp.130-140. </w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 190, pp.112860. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2025.02.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2025.112860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04957253v1</w:t>
+                <w:t xml:space="preserve">hal-05176655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two different roles of the trunk segment during the anticipatory phase of gait initiation</w:t>
               </w:r>
@@ -2898,51 +2898,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089641v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nordez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delhaye" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Teissier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colloud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Peyrot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2025.2511765" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008407v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bechet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tisserand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fradet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floren Colloud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.03.018" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176655v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2025.112860" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957253v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.02.009" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737943v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14472" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743117v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2024.103297" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04430527v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Guenanten" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Retailleau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dorel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Sarcher" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-023-03436-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435881v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Pacher" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tarent" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714227" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289220v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bunlon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gazeau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Marshall" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bouquet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogsys.2018.09.017" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P67GB5HT-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429227v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M&#233;nard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Retailleau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Domalain" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382918" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644393v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fohanno" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Sinclair" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Murray Smith" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815906" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639320v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Quaine" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vigouroux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Paclet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0030-1267230" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410534v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Begon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monnet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2009.08.020" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCPXFPSC-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289153v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ferry" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Cahouet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2008.02.019" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W06DQHDP-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00290574v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moutet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2007.12.009" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QK1TZVT6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241164v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bahuaud" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Doriot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champely" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ch&#232;ze" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640410500189256" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00298570v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00298537v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291706v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291707v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241201v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Haguenauer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Legreneur" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Michelle Monteil" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241265v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Manel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Rouard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089641v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nordez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delhaye" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Teissier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colloud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Peyrot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2025.2511765" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008407v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bechet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tisserand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fradet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floren Colloud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.03.018" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957253v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.02.009" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176655v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2025.112860" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737943v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14472" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743117v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2024.103297" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04430527v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Guenanten" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Retailleau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dorel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Sarcher" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-023-03436-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435881v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Pacher" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tarent" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714227" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289220v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bunlon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gazeau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Marshall" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bouquet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogsys.2018.09.017" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P67GB5HT-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429227v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M&#233;nard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Retailleau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Domalain" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382918" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644393v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fohanno" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Sinclair" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Murray Smith" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815906" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639320v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Quaine" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vigouroux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Paclet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0030-1267230" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410534v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Begon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monnet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2009.08.020" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCPXFPSC-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289153v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ferry" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Cahouet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2008.02.019" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W06DQHDP-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00290574v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moutet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2007.12.009" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QK1TZVT6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241164v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bahuaud" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Doriot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champely" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ch&#232;ze" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640410500189256" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00298570v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00298537v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291706v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291707v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241201v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Haguenauer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Legreneur" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Michelle Monteil" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241265v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Manel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Rouard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>