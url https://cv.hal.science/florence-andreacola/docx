--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -537,222 +537,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05357537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connaître ses visiteurs en ligne : quels outils, quelles méthodes ?</w:t>
+                <w:t xml:space="preserve">Étudier les pratiques culturelles à l'ère du numérique Géographie des protocoles, réflexivité outillée et données contextuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Sanjuan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Guibal</w:t>
+                <w:t xml:space="preserve">Marie-Sylvie Poli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Lettre de l'OCIM (Office de Coopération et d'Information Muséographique) : Musées, Patrimoine et Culture scientifiques et techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/ocim.1823⟩</w:t>
+              <w:t xml:space="preserve">Journal of Interdisciplinary Methodologies and Issues in Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18713/JIMIS-010917-3-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01834444v1</w:t>
+                <w:t xml:space="preserve">hal-01544293v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étudier les pratiques culturelles à l'ère du numérique Géographie des protocoles, réflexivité outillée et données contextuelles</w:t>
+                <w:t xml:space="preserve">Connaître ses visiteurs en ligne : quels outils, quelles méthodes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sanjuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Sylvie Poli</w:t>
+                <w:t xml:space="preserve">Jean Guibal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Interdisciplinary Methodologies and Issues in Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, </w:t>
+              <w:t xml:space="preserve">La Lettre de l'OCIM (Office de Coopération et d'Information Muséographique) : Musées, Patrimoine et Culture scientifiques et techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Connaître ses visiteurs en ligne - La médiation numérique, 172, pp.5-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18713/JIMIS-010917-3-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ocim.1823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01544293v2</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01834444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Vinck, 2016. Humanités numériques. La culture face aux nouvelles technologies, Paris, Le cavalier bleu.</w:t>
               </w:r>
@@ -902,64 +902,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie d’analyse de la participation informatique de l’usager d’un musée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sanjuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sylvie Poli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian Journal of Information &amp; Library Science / La Revue Canadienne des Sciences de l'Information et de la Bibliothéconomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 39 (3/4), pp.329-349</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1757,424 +1757,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05357618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérieur – extérieur. Comment les dispositifs numériques font tomber les cimaises ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Détection de détournements coordonnés de hashtags et messages-images pour l'analyse des fils d'actualités sur les réseaux sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Francony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mulhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Quénot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de recherche de l’Équipe Culture &amp; Communication du Centre Norbert Elias</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Norbert Elias, 2018, Avignon, France</w:t>
+              <w:t xml:space="preserve">Modèles et analyse des réseaux : approches mathématiques et informatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05357639v1</w:t>
+                <w:t xml:space="preserve">hal-01915150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Big data &amp; machine learning. Quelles applications pour l’analyse des images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Alpes-Images-Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GRESEC, LAHRHA, Labex-Item, Maison des sciences de l’Homme, 2018, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05357645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection de détournements coordonnés de hashtags et messages-images pour l'analyse des fils d'actualités sur les réseaux sociaux</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intérieur – extérieur. Comment les dispositifs numériques font tomber les cimaises ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Georges Quénot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modèles et analyse des réseaux : approches mathématiques et informatiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Avignon, France</w:t>
+              <w:t xml:space="preserve">Séminaire de recherche de l’Équipe Culture &amp; Communication du Centre Norbert Elias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Norbert Elias, 2018, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01915150v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05357639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Se représenter le territoire de montagne. Etude d’un dispositif de réalité augmentée</w:t>
+                <w:t xml:space="preserve">Nouvelles modalités d’appropriation et de partage au musée : pratiques de l’expérience de visite et culture numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études franco-italienne La montagne sur les cimaises : dire et exposer les Alpes aujourd’hui</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de la vallée d'Aoste, 2017, Fort de Bard, Italie</w:t>
+              <w:t xml:space="preserve">Colloque Musées en mutation. Logiques culturelles, économiques et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université du Québec à Trois-Rivières et Paris 4 Sorbonne., 2017, Québec (Canada), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05357649v1</w:t>
+                <w:t xml:space="preserve">hal-05357735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles modalités d’appropriation et de partage au musée : pratiques de l’expérience de visite et culture numérique</w:t>
+                <w:t xml:space="preserve">Se représenter le territoire de montagne. Etude d’un dispositif de réalité augmentée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Musées en mutation. Logiques culturelles, économiques et sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université du Québec à Trois-Rivières et Paris 4 Sorbonne., 2017, Québec (Canada), Canada</w:t>
+              <w:t xml:space="preserve">Journée d’études franco-italienne La montagne sur les cimaises : dire et exposer les Alpes aujourd’hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de la vallée d'Aoste, 2017, Fort de Bard, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05357735v1</w:t>
+                <w:t xml:space="preserve">hal-05357649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Art et deep learning : la dernière promesse ?</w:t>
               </w:r>
@@ -2587,51 +2587,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Musée et numérique. Appropriation et partage des savoirs par les outils participatifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sylvie Poli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Culture Numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ministère de la Culture, 2014, Paris, Centre Pompidou, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2719,260 +2719,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05357741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Musée et numérique. Quelles visions du participatif ?</w:t>
+                <w:t xml:space="preserve">La participation des publics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Sanjuan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème colloque Ludovia "Imaginaire(s) du numérique"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Michel Lavigne ; Jean-Pierre Jessel; Patrick Mpondo-Dicka, Aug 2013, Ax-les-Thermes, France</w:t>
+              <w:t xml:space="preserve">Colloque international Publics et pratiques culturelles. Une perspective euroméditérranéenne et internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musée des Civilisations de l’Europe et de la Méditerranée (MuCEM); École des Hautes Études en Sciences Sociales (EHESS), 2013, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01834509v1</w:t>
+                <w:t xml:space="preserve">hal-05357746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’écrit dans l’exposition. Formes et réceptions</w:t>
+                <w:t xml:space="preserve">Musée et numérique. Quelles visions du participatif ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sylvie Poli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sanjuan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">». Colloque Les expositions d’archives et leurs publics - Bilan-mutations-perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université d'Angers, 2013, Angers, France</w:t>
+              <w:t xml:space="preserve">9ème colloque Ludovia "Imaginaire(s) du numérique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Michel Lavigne ; Jean-Pierre Jessel; Patrick Mpondo-Dicka, Aug 2013, Ax-les-Thermes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05357731v1</w:t>
+                <w:t xml:space="preserve">hal-01834509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La participation des publics</w:t>
+                <w:t xml:space="preserve">L’écrit dans l’exposition. Formes et réceptions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Publics et pratiques culturelles. Une perspective euroméditérranéenne et internationale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Musée des Civilisations de l’Europe et de la Méditerranée (MuCEM); École des Hautes Études en Sciences Sociales (EHESS), 2013, Marseille, France</w:t>
+              <w:t xml:space="preserve">». Colloque Les expositions d’archives et leurs publics - Bilan-mutations-perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d'Angers, 2013, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05357746v1</w:t>
+                <w:t xml:space="preserve">hal-05357731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le musée a-t-il comme devoir la mémoire ?</w:t>
               </w:r>
@@ -3182,51 +3182,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposer l'histoire contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sylvie Poli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Ancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3427,51 +3427,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renouveler l’analyse de l’expérience culturelle des visiteurs de musées grâce à l’intelligence artificielle ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sylvie Poli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marie-Sylvie Poli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chercheurs à l’écoute. Méthodes qualitatives pour saisir les effets d’une expérience culturelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -3966,51 +3966,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évaluation de l’exposition. Cadre, enjeux et méthode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Andreacola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sylvie Poli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Catalogue de l’exposition Spoliés ! L’"Aryanisation" économique en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 9782355670466</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4514,51 +4514,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spoliés ! L’&amp;quot;Aryanisation&amp;quot; économique en France 1940-1944 ». La réception de l’exposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sylvie Poli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Ancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4795,51 +4795,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="720D20FF"/>
+    <w:nsid w:val="24A076B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5026,51 +5026,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-andreacola" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5113-0361" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/175914222" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000419923171" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351708v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alix Molini&#233;-Andlauer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Andreacola" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Bordeaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.14868" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357767v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/culturemusees.5842" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357540v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357537v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834444v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanjuan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guibal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ocim.1823" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544293v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sylvie Poli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18713/JIMIS-010917-3-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834633v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357755v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/culturemusees.910" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834439v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834423v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.1056" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136098v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Audra" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Cougoulat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332931v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825939v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878481v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787376v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357632v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357625v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357618v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357639v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357645v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915150v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Francony" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mulhem" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Goeuriot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Qu&#233;not" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357649v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357735v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357652v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357690v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357698v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357705v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357708v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357730v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357719v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357741v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834509v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357731v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357746v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357754v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357547v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Doueihi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/culturemusees.4353" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834496v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ancel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825917v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesciencespo.fr/fr/book/?gcoi=27246100307790" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357560v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extranet.puq.ca/media/produits/documents/3815_9782760554238.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357597v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Anquetil" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Duteil" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02087707v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Duteil-Mougel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Lloveria" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834581v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Delarge" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834648v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rigat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357786v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357790v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357905v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825932v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825924v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357775v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357779v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357783v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01622929v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015AVIG1149" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-andreacola" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5113-0361" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/175914222" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000419923171" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351708v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alix Molini&#233;-Andlauer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Andreacola" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Bordeaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.14868" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357767v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/culturemusees.5842" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357540v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357537v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544293v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sylvie Poli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18713/JIMIS-010917-3-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834444v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanjuan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guibal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ocim.1823" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834633v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357755v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/culturemusees.910" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834439v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834423v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.1056" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136098v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Audra" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Cougoulat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332931v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825939v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878481v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787376v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357632v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357625v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357618v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915150v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Francony" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mulhem" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Goeuriot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Qu&#233;not" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357645v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357639v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357735v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357649v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357652v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357690v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357698v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357705v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357708v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357730v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357719v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357741v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357746v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834509v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357731v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357754v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357547v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Doueihi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/culturemusees.4353" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834496v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ancel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825917v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesciencespo.fr/fr/book/?gcoi=27246100307790" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357560v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extranet.puq.ca/media/produits/documents/3815_9782760554238.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357597v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Anquetil" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Duteil" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02087707v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Duteil-Mougel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Lloveria" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834581v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Delarge" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834648v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rigat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357786v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357790v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357905v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825932v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825924v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357775v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357779v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357783v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01622929v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015AVIG1149" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>