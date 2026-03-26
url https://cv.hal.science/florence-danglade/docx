--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -342,265 +342,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05427711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surrogate model to describe temperature field in real-time for hot forging</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Baudouin</w:t>
+                <w:t xml:space="preserve">RemoteAR : Reconstruction d'environnement pour la collaboration en Réalité Augmentée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Danglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Bigot</w:t>
+                <w:t xml:space="preserve">Frédéric Merienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Rémy Chardonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International ESAFORM Conference on Material Forming (ESAFORM 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IHM'24 - 35e Conférence Internationale Francophone sur l'Interaction Humain-Machine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIHM; Sorbonne Université, Mar 2024, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05235997v1</w:t>
+                <w:t xml:space="preserve">hal-04497147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RemoteAR : Reconstruction d'environnement pour la collaboration en Réalité Augmentée</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bataille</w:t>
+                <w:t xml:space="preserve">Surrogate model to describe temperature field in real-time for hot forging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aya Midaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Danglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Rémy Chardonnet</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Bigot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHM'24 - 35e Conférence Internationale Francophone sur l'Interaction Humain-Machine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">27th International ESAFORM Conference on Material Forming (ESAFORM 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Toulouse, France. pp.871-880, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21741/9781644903131-95⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04497147v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05235997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic Algorithm and VR for Assessing the Level of Expertise of Maintenance Operator</w:t>
               </w:r>
@@ -885,51 +885,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Farrugia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Danglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Merienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XR Salento 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Lecce, Italy. pp.198-208, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1249,51 +1249,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Danglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fakhreddine Ababsa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Merienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th EuroVR International Conference - EuroVR 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Tallinn, Estonia. pp.1-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1331,51 +1331,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BIM-based mixed reality environments to improve AEC task performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Raimbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Merienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Figueroa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1706,51 +1706,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smart Adaptation of BIM for Virtual Reality, Depending on Building Project Actors' Needs: The Nursery Case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Raimbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Merienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Danglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2863,51 +2863,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Danglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fakhreddine Ababsa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Merienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Virtual Reality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 1, pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3425,51 +3425,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313162v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Midaoui" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Baudouin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Danglade" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Maccioni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Magron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://artsetmetiers.hal.science/hal-05427711v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Caby" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bataille" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-R&#233;my Chardonnet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3756884.3772054" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235997v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bigot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903131-95" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497147v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Merienne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715155v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Foltyn" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guillet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Merienne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71707-9_31" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258344v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waad Almasri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Bettebghor" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Adjed" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakhreddine Ababsa" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2023.02.143" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781081v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Lebert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Plouzeau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Farrugia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15553-6_15" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368343v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79457-6_19" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562076v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Mompeu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;rienne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90739-6_11" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293325v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Loizeau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435300v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Raimbaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Figueroa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruding Lou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435331v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Bonilla Palacios" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Romero Cortes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329915v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302778v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Tiberio Hernandez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VR.2018.8446288" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301469v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pernot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Veron" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410873v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197471v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Loup-Escande" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Christmann" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Richir" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328301v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2023.104021" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002364v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0305215x.2022.2144847" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706409v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2022.05.317" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609978v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.01.232" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279123v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Tiberio Hernandez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings11070277" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172517v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frvir.2020.603189" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987903v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe V&#233;ron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015339v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16864360.2013.863510" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-01314421v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ENAM0045" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313162v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Midaoui" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Baudouin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Danglade" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Maccioni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Magron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://artsetmetiers.hal.science/hal-05427711v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Caby" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bataille" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-R&#233;my Chardonnet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3756884.3772054" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497147v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Merienne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235997v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bigot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903131-95" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715155v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Foltyn" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guillet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Merienne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71707-9_31" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258344v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waad Almasri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Bettebghor" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Adjed" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakhreddine Ababsa" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2023.02.143" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781081v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Lebert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Plouzeau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Farrugia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15553-6_15" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368343v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79457-6_19" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562076v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Mompeu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;rienne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90739-6_11" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293325v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Loizeau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435300v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Raimbaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Figueroa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruding Lou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435331v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Bonilla Palacios" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Romero Cortes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329915v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302778v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Tiberio Hernandez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VR.2018.8446288" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301469v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pernot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Veron" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410873v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197471v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Loup-Escande" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Christmann" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Richir" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328301v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2023.104021" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002364v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0305215x.2022.2144847" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706409v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2022.05.317" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609978v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.01.232" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279123v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Tiberio Hernandez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings11070277" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172517v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frvir.2020.603189" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987903v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe V&#233;ron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015339v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16864360.2013.863510" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-01314421v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ENAM0045" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>