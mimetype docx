--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -368,325 +368,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05206328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revealing Electrolytic Ion Sorption in Layered Graphene Galleries through Low-Temperature Solid-State NMR</w:t>
+                <w:t xml:space="preserve">Toward the Improvement of Silicon-Based Composite Electrodes via an In-Situ Si@C-Graphene Composite Synthesis for Li-Ion Battery Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Lee</w:t>
+                <w:t xml:space="preserve">Adrien Mery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Chenavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harish Banda</w:t>
+                <w:t xml:space="preserve">Coralie Marcucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandy Périé</w:t>
+                <w:t xml:space="preserve">Anass Benayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coralie Marcucci</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yves Chenavier</w:t>
+                <w:t xml:space="preserve">John P Alper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 35 (10), pp.3841-3848. </w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (6), pp.2451. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.2c03502⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ma16062451⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04250917v1</w:t>
+                <w:t xml:space="preserve">hal-04498105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward the Improvement of Silicon-Based Composite Electrodes via an In-Situ Si@C-Graphene Composite Synthesis for Li-Ion Battery Applications</w:t>
+                <w:t xml:space="preserve">Revealing Electrolytic Ion Sorption in Layered Graphene Galleries through Low-Temperature Solid-State NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Mery</w:t>
+                <w:t xml:space="preserve">Daniel Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harish Banda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Périé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Marcucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Chenavier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">John P Alper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 16 (6), pp.2451. </w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (10), pp.3841-3848. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ma16062451⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.2c03502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04498105v1</w:t>
+                <w:t xml:space="preserve">hal-04250917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A polyisoindigo derivative as novel n-type conductive binder inside Si@C nanoparticle electrodes for Li-ion battery applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Mery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -776,64 +776,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparsely Pillared Graphene Materials for High-Performance Supercapacitors: Improving Ion Transport and Storage Capacity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harish Banda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Périé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Daffos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -910,64 +910,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of ion transport in chemically tuned pillared graphene materials through electrochemical impedance analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harish Banda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Périé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Daffos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1044,77 +1044,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion Sieving Effects in Chemically Tuned Pillared Graphene Materials for Electrochemical Capacitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harish Banda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Daffos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Périé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Chenavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1178,51 +1178,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One-step synthesis of highly reduced graphene hydrogels for high power supercapacitor applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harish Banda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Aradilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1351,51 +1351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Rinfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Rouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anass Benayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mira Baraket</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1841,575 +1841,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01851944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core double-shell cobalt/graphene/polystyrene magnetic nanocomposites synthesized by in situ sonochemical polymerization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence Duclairoir</w:t>
+                <w:t xml:space="preserve">Solid-State NMR and DFT Combined for the Surface Study of Functionalized Silicon Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Renault</w:t>
+                <w:t xml:space="preserve">Monu Kaushik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. H. Tortai</w:t>
+                <w:t xml:space="preserve">Romain Coustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Chenavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Chanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c5ra06847a⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 21 (45), pp.16047-16058. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201502687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01611025v1</w:t>
+                <w:t xml:space="preserve">hal-01507024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Approach to Closely Spaced Disordered Cobalt-Graphene Polymer Nanocomposites for Non-Conductive RF Ferromagnetic Films</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Core double-shell cobalt/graphene/polystyrene magnetic nanocomposites synthesized by in situ sonochemical polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Herman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Takacs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Duclairoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. H. Tortai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (63), pp.51371-51381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c5ra06847a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/tmag.2015.2445824⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-01745408v1</w:t>
+                <w:t xml:space="preserve">hal-01611025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New approach to closely-spaced disordered cobalt-graphene nanocomposites for non-conductive ferromagnetic films: from local structure to radio-electric properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">H. Takacs</w:t>
+                <w:t xml:space="preserve">New Approach to Closely Spaced Disordered Cobalt-Graphene Polymer Nanocomposites for Non-Conductive RF Ferromagnetic Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Takacs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Herman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Alarcon Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-H. Tortai</w:t>
+                <w:t xml:space="preserve">J. H. Tortai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 51 (11), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/INTMAG.2015.7157080⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 51, pp.2802304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/tmag.2015.2445824⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01877353v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01745408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid-State NMR and DFT Combined for the Surface Study of Functionalized Silicon Nanoparticles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Lee</w:t>
+                <w:t xml:space="preserve">New approach to closely-spaced disordered cobalt-graphene nanocomposites for non-conductive ferromagnetic films: from local structure to radio-electric properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Takacs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Herman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monu Kaushik</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Myriam Chanal</w:t>
+                <w:t xml:space="preserve">J. Alarcon Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-H. Tortai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201502687⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 51 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/INTMAG.2015.7157080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01507024v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01877353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From gold porphyrins to gold nanoparticles: catalytic nanomaterials for glucose oxidation</w:t>
               </w:r>
@@ -3243,90 +3243,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of the Surface Recombination Velocity in Organically Functionalized Silicon Nanostructures: The Case of Silicon on Insulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Coustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Benoît À La Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Calvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3521,449 +3521,449 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04569668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porphyrin anchoring on Si(100) using a β-pyrrolic position</w:t>
+                <w:t xml:space="preserve">Investigation of Hybrid Molecular/Silicon Memories With Redox-Active Molecules Acting as Storage Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hui Liu</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Yves Chenavier</w:t>
+                <w:t xml:space="preserve">T. Pro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Buckley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Calborean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/b901309a⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 8 (2), pp.204-213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TNANO.2008.2009875⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02479888v1</w:t>
+                <w:t xml:space="preserve">hal-04569727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferrocene and Porphyrin Monolayers on Si(100) Surfaces: Preparation and Effect of Linker Length on Electron Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kai Huang</w:t>
+                <w:t xml:space="preserve">Porphyrin anchoring on Si(100) using a β-pyrrolic position</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hui Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Duclairoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gilles Marchand</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Chenavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPhysChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cphc.200800818⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 19, pp.3793. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b901309a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04569708v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Hybrid Molecular/Silicon Memories With Redox-Active Molecules Acting as Storage Media</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ferrocene and Porphyrin Monolayers on Si(100) Surfaces: Preparation and Effect of Linker Length on Electron Transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Calborean</w:t>
+                <w:t xml:space="preserve">Kai Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Duclairoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiziana Pro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Buckley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Gely</w:t>
+                <w:t xml:space="preserve">Gilles Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 8 (2), pp.204-213. </w:t>
+              <w:t xml:space="preserve">ChemPhysChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 10 (6), pp.963-971. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TNANO.2008.2009875⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cphc.200800818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04569727v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04569708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pronounced stabilisation of the ferrocenium state of ferrocenecarboxylic acid by salt bridge formation with a benzamidine</w:t>
               </w:r>
@@ -4806,606 +4806,606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04569665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An investigation of the complexation behaviour of structurally modified tetrathiafulvalene derivatives with the electron deficient cyclophane cyclobis(paraquat- p -phenylene)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The charge-transfer complexation of tetrathiafulvalene with paraquat and its oligomeric derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graeme Cooke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Augier de Cremiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence M.A Duclairoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Gray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paz Vaqueiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 42 (6), pp.1143-1145. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0040-4039(00)02167-5⟩</w:t>
+              <w:t xml:space="preserve">, 2001, 42 (30), pp.5089-5091. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0040-4039(01)00894-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04569677v1</w:t>
+                <w:t xml:space="preserve">hal-04569688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A stopperless tetrathiafulvalene based [2]pseudorotaxane molecular shuttle</w:t>
+                <w:t xml:space="preserve">An investigation of the complexation behaviour of structurally modified tetrathiafulvalene derivatives with the electron deficient cyclophane cyclobis(paraquat- p -phenylene)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Bryce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graeme Cooke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Florence M.A Duclairoir</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence M.A. Duclairoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rotello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 42 (25), pp.4223-4226. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0040-4039(01)00627-X⟩</w:t>
+              <w:t xml:space="preserve">, 2001, 42 (6), pp.1143-1145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0040-4039(00)02167-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-04569662v1</w:t>
+                <w:t xml:space="preserve">hal-04569677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The first redox controlled hydrogen bonded three-pole switch</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alan Boyd</w:t>
+                <w:t xml:space="preserve">A stopperless tetrathiafulvalene based [2]pseudorotaxane molecular shuttle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Bryce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graeme Cooke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues Augier De Cremiers</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wayne Devonport</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence M.A Duclairoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rotello</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 19, pp.1954-1955. </w:t>
+              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 42 (25), pp.4223-4226. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/B106342C⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0040-4039(01)00627-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04569692v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04569662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The charge-transfer complexation of tetrathiafulvalene with paraquat and its oligomeric derivatives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The first redox controlled hydrogen bonded three-pole switch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bourgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Boyd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graeme Cooke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paz Vaqueiro</w:t>
+                <w:t xml:space="preserve">Hugues Augier De Cremiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Duclairoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 42 (30), pp.5089-5091. </w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 19, pp.1954-1955. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0040-4039(01)00894-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/B106342C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04569688v1</w:t>
+                <w:t xml:space="preserve">hal-04569692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The reversible complexation of a tetrathiafulavene functionalised self-assembled monolayer by cyclobis(paraquat-p-phenylene)</w:t>
               </w:r>
@@ -5582,51 +5582,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Duclairoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Ben Cherifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harish Banda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar El Basha Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6298,51 +6298,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PEDOT:PSS Electroactive Binder for Silicon Nanoparticles in Li-Ion Battery Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Mery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6462,51 +6462,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Herman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-H. Tortai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Duclairoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6587,91 +6587,91 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Herman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Alarcon Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-H. Tortai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Magnetics Conference (Intermag)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Pékin, China. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/INTMAG.2015.7157080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01878059v1</w:t>
@@ -6708,64 +6708,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Takacs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-H. Tortai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Alarcon Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6859,51 +6859,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Duclairoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-H. Tortai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TNT2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Seville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7105,51 +7105,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Duclairoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-H. Tortai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNTE 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Evian les bains, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7312,90 +7312,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Atomistic to Device Level Investigation of Hybrid Redox Molecular/Silicon Field-Effect Memory Devices IMW</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Buckley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Pro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barattin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Calborean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">to be published (IEEE Conference Proceedings, 2009)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Monterey, CA, United States</w:t>
@@ -7437,77 +7437,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Influence of Molecular Linker on Charge Transfer Rate in Hybrid Molecular (Ferrocene)/Silicon Field Effect Memories.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Buckley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Pro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barattin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Calborean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gély</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7549,90 +7549,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Ferrocene/Silicon Hybrid Memories: Influence of the Chemical Linkers and Device Thermal Stability.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Pro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Buckley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barattin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Calborean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gély</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7758,51 +7758,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Ben Cherifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Chenavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harish Banda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNSPE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Sophia Antipolis, France</w:t>
@@ -8219,51 +8219,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891196v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar El-Basha Hassan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chenavier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Maurel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P&#233;rard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Bouzina" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4MA00798K" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206328v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulghani Ismail" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tawil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Duplantier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Roupioz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2025.117913" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250917v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lee" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harish Banda" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy P&#233;ri&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marcucci" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c03502" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498105v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mery" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Benayad" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John P Alper" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16062451" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02295160v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bernard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Valero" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Alper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herlin-Boime" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2019.02.062" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079872v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Daffos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Taberna" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dubois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.8b07102" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001020v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crosnier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2018.11.122" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848461v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.8b00759" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025387v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aradilla" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass A Benayad" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2017.06.033" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700875v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Huder" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Rinfray" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rouchon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Baraket" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.6b00870" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025437v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Takacs" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Viala" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tortai" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Herman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Duclairoir" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614018v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binod Kumar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Paillet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Huntzinger" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tiberj" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physe.2015.07.022" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BNK27Z3W-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01851944v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Takacs" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Viala" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Herman" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Herve Tortai" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Duclairoir" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40064-016-2099-3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611025v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Tortai" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra06847a" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01745408v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alarcon Ramos" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2015.2445824" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01877353v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-H. Tortai" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INTMAG.2015.7157080" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01507024v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monu Kaushik" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Coustel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Chanal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201502687" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K9HZSGTN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066676v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Elouarzaki" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Le Goff" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Holzinger" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Agnes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4NR02015D" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980323v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binh Phuong Nhan Nguyen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanjundan Ashok Kumar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gaubicher" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brousse" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.201300330" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4XM9MX5C-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569770v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gambarelli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bidan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2TA01036D" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569757v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Aiello" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Joo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Buckley" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nonglaton" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2013.02.011" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-42T4LFBW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479890v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fleury" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Billon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Fanton" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2011.01.341" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0QBWM71K-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569713v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziana Pro" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Buckley" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Barattin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Calborean" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venera Aiello" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2009.2038612" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01866311v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Beno&#238;t &#192; La Guillaume" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calvo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp207946e" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569668v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Spruell" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Coskun" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Friedman" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Forgan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Sarjeant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchem.749" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-2G74X1K7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479888v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Liu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b901309a" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6B501052D37BF688E94932D1C560B4416C8AC234/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569708v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Huang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Marchand" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.200800818" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569727v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pro" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Huang" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calborean" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gely" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2008.2009875" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569683v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Cooke" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence M.A. Duclairoir" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Kraft" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Rosair" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rotello" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2003.10.218" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KPGK7NMC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569686v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bryce" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip John" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrii Perepichka" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B306274K" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569679v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan S.F. Boyd" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(02)02574-1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GWNG3NV1-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569672v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Polwart" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B307980P" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-7QV2KR9J-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569711v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues de Cremiers" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence M.A Duclairoir" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Leonardi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(03)00423-X" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WDBG5LM7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569665v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Beeby" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Christensen" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B209765F" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-2KJDB7Z4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569677v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(00)02167-5" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z2GC083B-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569662v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne Devonport" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(01)00627-X" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5L84367-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569692v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bourgel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Boyd" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Augier De Cremiers" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B106342C" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-1MKZQK43-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569688v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Augier de Cremiers" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Gray" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paz Vaqueiro" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(01)00894-2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6CBF7V32-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569693v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Fraser Stoddart" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(00)01424-6" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H46VVSFG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824144v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ben Cherifi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar El Basha Hassan" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823884v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Franklin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Simon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823975v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pouget" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Mendil&#8208;jakani" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823912v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823892v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824103v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhradip Paul" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02368324v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pierre" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chandesris" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Haon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John P. Alper" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01878060v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01878059v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798489v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bousquet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936979v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gourgon" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03343995v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Madec" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kumar" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936980v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650210v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Demichel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Calvo" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Noe" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Benoit &#192; La Guillaume" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pauc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603820v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barattin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392147v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G&#233;ly" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392137v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824054v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823945v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04970761v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891196v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar El-Basha Hassan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chenavier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Maurel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P&#233;rard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Bouzina" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4MA00798K" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206328v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulghani Ismail" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tawil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Duplantier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Roupioz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2025.117913" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498105v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mery" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marcucci" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Benayad" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John P Alper" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16062451" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250917v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lee" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harish Banda" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy P&#233;ri&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c03502" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02295160v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bernard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Valero" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Alper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herlin-Boime" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2019.02.062" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079872v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Daffos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Taberna" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dubois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.8b07102" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001020v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crosnier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2018.11.122" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848461v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.8b00759" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025387v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aradilla" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass A Benayad" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2017.06.033" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700875v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Huder" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Rinfray" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rouchon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Baraket" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.6b00870" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025437v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Takacs" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Viala" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tortai" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Herman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Duclairoir" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614018v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binod Kumar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Paillet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Huntzinger" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tiberj" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physe.2015.07.022" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BNK27Z3W-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01851944v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Takacs" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Viala" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Herman" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Herve Tortai" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Duclairoir" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40064-016-2099-3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01507024v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monu Kaushik" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Coustel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Chanal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201502687" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K9HZSGTN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611025v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renault" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Tortai" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra06847a" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01745408v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alarcon Ramos" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2015.2445824" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01877353v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-H. Tortai" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INTMAG.2015.7157080" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066676v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Elouarzaki" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Le Goff" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Holzinger" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Agnes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4NR02015D" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980323v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binh Phuong Nhan Nguyen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanjundan Ashok Kumar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gaubicher" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brousse" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.201300330" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4XM9MX5C-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569770v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gambarelli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bidan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2TA01036D" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569757v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Aiello" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Joo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Buckley" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nonglaton" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2013.02.011" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-42T4LFBW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479890v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fleury" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Billon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Fanton" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2011.01.341" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0QBWM71K-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569713v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziana Pro" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Buckley" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Barattin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Calborean" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venera Aiello" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2009.2038612" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01866311v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Beno&#238;t &#192; La Guillaume" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calvo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp207946e" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569668v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Spruell" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Coskun" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Friedman" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Forgan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Sarjeant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchem.749" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-2G74X1K7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569727v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pro" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Huang" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calborean" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gely" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2008.2009875" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479888v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Liu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b901309a" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6B501052D37BF688E94932D1C560B4416C8AC234/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569708v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Huang" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Marchand" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.200800818" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569683v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Cooke" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence M.A. Duclairoir" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Kraft" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Rosair" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rotello" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2003.10.218" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KPGK7NMC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569686v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bryce" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip John" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrii Perepichka" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B306274K" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569679v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan S.F. Boyd" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(02)02574-1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GWNG3NV1-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569672v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Polwart" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B307980P" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-7QV2KR9J-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569711v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues de Cremiers" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence M.A Duclairoir" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Leonardi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(03)00423-X" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WDBG5LM7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569665v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Beeby" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Christensen" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B209765F" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-2KJDB7Z4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569688v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Augier de Cremiers" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Gray" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paz Vaqueiro" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(01)00894-2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6CBF7V32-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569677v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(00)02167-5" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z2GC083B-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569662v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne Devonport" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(01)00627-X" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5L84367-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569692v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bourgel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Boyd" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Augier De Cremiers" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B106342C" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-1MKZQK43-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569693v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Fraser Stoddart" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(00)01424-6" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H46VVSFG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824144v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ben Cherifi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar El Basha Hassan" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823884v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Franklin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Simon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823975v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pouget" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Mendil&#8208;jakani" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823912v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823892v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824103v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhradip Paul" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02368324v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pierre" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chandesris" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Haon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John P. Alper" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01878060v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01878059v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798489v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bousquet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936979v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gourgon" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03343995v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Madec" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kumar" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936980v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650210v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Demichel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Calvo" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Noe" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Benoit &#192; La Guillaume" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pauc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603820v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barattin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392147v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G&#233;ly" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392137v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824054v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823945v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04970761v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>