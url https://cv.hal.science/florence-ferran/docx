--- v0 (2026-03-03)
+++ v1 (2026-03-30)
@@ -241,77 +241,2231 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03846123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (27)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Belin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Tillier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Éphémères imprimés et l’image. Histoire et patrimonialisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Universitaires de Dijon, p. 5-20, 2023, Art, Archéologie &amp; Patrimoine, ISBN 978-2-36441-469-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04053816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noi giardinieri&amp;quot;, p.11-16</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Coltiviamo il nostro giardino. Osare nuovi paesaggi, prendersi cura, inservaticchire, Rome, DeriveApprodi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raccontare&amp;quot;, p.55-59</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Claudia Mattogno e Rita Romano dir., Dalla Casa al paesaggio, Roma, Gangemi Editore international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Belin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Belin; Florence Ferran. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les éphémères et l'événement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de la Maison des Sciences de l'Homme, p. 11-26, 2018, 978-2-7351-2433-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Belin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les éphémères et l'événement, Paris, Editions de la Maison des sciences de l'homme, p.11-26</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03850552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléments pour une histoire et une didactique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve-Marie Rollinat-Levasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vanoosthuyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Ferran; Ève-Marie Rollinat-Levasseur; François Vanoosthuyse. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Image et enseignement: Perspectives historiques et didactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Honoré Champion, 2017, Didactique des lettres et des cultures, 9782745334404</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02270390v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Rousseau et l’image dans Emile ou les paradoxes d’une éducation visuelle négative », p. 311-328</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Image et enseignement. Eléments pour une histoire et pour une didactique, H. Champion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Faste et violence dans l’espace public d’Ancien Régime : représentations romanesques et historiques des carrousels », p. 225-241</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raconter d’autres partages. Littérature, anthropologie, histoire culturelle. Mélanges offerts à Nicole Jacques-Lefèvre, Presses de l’ENS Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Théorie et pratique de l’image. Entretien de Florence Ferran et François Vanoosthuyse avec Anne-Marie Garat »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vanoosthuyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Image et enseignement. Eléments pour une histoire et pour une didactique, H. Champion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve-Marie Rollinat-Levasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vanoosthuyse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Image et enseignement: perspectives historiques et didactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 4, Champion, pp.9-55, 2017, Didactique des lettres et des cultures, 978-2-7453-3440-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01625928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diderot et la Vie de Michel-Ange : aléas et fantaisies d’un cas de réception vasarienne au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La réception des Vite de Giorgio Vasari en Europe (XVIe-XVIIIe siècles), dir. Corinne Lucas-Fiorato et Pascale Dubus, Droz, Collection « Les Cahiers d’humanisme et la Renaissance », p.312-330</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les éphémères, un continent à explorer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Belin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les éphémères, un patrimoine à construire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Colloques en ligne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fonds Deloynes, une collection d'éphémères ? Questions à l'origine d’un projet de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Belin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les éphémères, un patrimoine à construire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Colloques en ligne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Notoriété et obscurité. Notices biographiques d’artistes dans les Mémoires secrets et le Journal de Paris (XVIIIe siècle)”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vies d’écrivains, Vies d’artistes. Espagne, France, Italie. XVIe-XVIIIe siècles, Matteo Residori, Hélène Tropé, Danielle Boillet et Marie-Madeleine Fragonard (éds.), Paris, PSN, p. 279-294</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Mariages à la ville, mariages à la campagne : Greuze, Diderot, et une opposition topique en peinture et en littérature avant 1800 »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Mariage et la loi dans la fiction narrative avant 1800, dir. G. Hautcœur et F. Lavocat, Leuven, Peeters, p. 475-490</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les décisions de l’ignorant. Autorité et savoir du critique d’art»</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penser l’art dans la seconde moitié du XVIIIe siècle : théorie, critique, philosophie, histoire, sous la direction de Christian Michel et Carl Magnusson, Rome, Académie de France – Villa Médicis, Collection Histoire de l’art n°15, p.129-140</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Un désir violent de voir ce pays l’entraîna: la mobilité vers l’Italie et ses conflits dans les Vies d’artistes français des XVIIe et XVIIIe siècles »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Art et violence dans les Vies d’artistes (Italie, France, Angleterre/ XVIe-XVIIIe siècles), sous la direction de R. Démoris, F. Ferran, C. Lucas-Fiorato, Paris, Desjonquères p. 282-301</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Demoris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Lucas Fiorato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">René Démoris, Florence Ferran, Corinne Lucas Fiorato. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Art et violence. Vies d'artistes entre XVIe et XVIIIe </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Desjonquères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.9-23, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Démoris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Lucas Fiorato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Art et violence. Vies d'artistes entre XVIe et XVIIIe siècles. Italie, France, Angleterre, Paris, Desjonquères, p.9-23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03850549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’expérience de l’interaction texte/image pour le lecteur en langue maternelle et étrangère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'expérience de lecture et ses médiations : réflexion pour une didactique, dir. A. Godard et E.-M. Rollinat, Riveneuve, collection Actes académiques, p. 261-281</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les Mémoires secrets critiques des portraits d’anonymes exposés au Salon : espace culturel et imaginaire social »,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Règne de la critique. L’imaginaire culturel des Mémoires secrets, dir. C. Cave, Honoré Champion, p.295-310</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’insoutenable insignifiance du hasard»</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revers de fortune : les jeux de l’accident et du hasard au XVIIIe siècle, dir. F. Ferran, D. Gambelli, C. De Carolis, F. Mariotti, Roma, Bulzoni, coll. Studi e testi, p.15-21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Ce n’est rien et ce ne sera rien. Revers de fortune et trouble moral : les solutions philosophiques et narratives de Diderot »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revers de fortune : les jeux de l’accident et du hasard au XVIIIe siècle, dir. F. Ferran, D. Gambelli, C. De Carolis, F. Mariotti, Bulzoni, coll. Studi e testi, p.71-89</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’Amiral Coligny en impose à ses assassins exposé par Joseph-Benoît Suvée au Salon de 1787 : entre tableau d’histoire nationale, peinture religieuse et scène de chasse »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Mémoire des guerres de religion II : 1760-1830 enjeux religieux, enjeux politiques, dir. J. Berchtold et M.-M. Fragonard, Genève, Droz, p.197-226</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Une Médecine dont rien ne saurait corriger l’amertume : portrait du critique d’art en charlatan dans les années 1780»,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecrire la peinture entre XVIIIème et XIXème siècles, dir. P. Auraix-Jonchère, Presses universitaires Blaise Pascal, Clermont-Ferrand, p. 39-54</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Demoris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Peinture en procès. L'invention de la critique d'art au siècle des Lumières, Paris, Presses de la Sorbonne Nouvelle, p.7-14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03850545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le Salon en délire : Gorsas et La Plume du coq de Micille »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Peinture en procès. L’invention de la critique d’art au siècle des Lumières, Démoris R., Ferran F., (éds.) Paris, Presses de la Sorbonne Nouvelle, p. 257-284</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03850188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Ouvrages (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Éphémères imprimés et l’image. Histoire et patrimonialisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Belin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -323,3466 +2477,1312 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ferran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Tillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Olivier Belin; Florence Ferran; Bertrand Tillier. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions Universitaires de Dijon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Art, Archéologie &amp; Patrimoine, ISBN 978-2-36441-469-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04053812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Font de Saint-Yenne: publier sur l'art, l'architecture et la ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Pavy-Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Diderot Studies, Genève, Droz, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02522403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Osare nuovi paesaggi, prendersi cura, inservaticchire, Roma, DeriveApprodi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Mattogno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annalisa Metta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Font de Saint-Yenne : publier sur l’art, l’architecture, la ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ferran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Pavy-Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DROZ, Diderot Studies (26), 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02112973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Florence Ferran</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les éphémères et l'événement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Belin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Belin; Florence Ferran. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions de la Maison des Sciences de l'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Les éphémères et l'événement, 978-273-512-433-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les éphémères et l’événement, Paris, éditions de la Maison des sciences de l’homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Belin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Image et enseignement: perspectives historiques et didactiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Mattogno</w:t>
+                <w:t xml:space="preserve">Eve-Marie Rollinat-Levasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annalisa Metta</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+                <w:t xml:space="preserve">François Vanoosthuyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Champion, 4, 2017, Didactique des lettres et des cultures, 978-2-7453-3440-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Élise Pavy-Guilbert</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01625922v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Image et enseignement. Eléments pour une histoire et une didactique, Paris, Honoré Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florence Ferran</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vanoosthuyse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Diderot Studies, Genève, Droz, 2019</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve-Marie Rollinat-Levasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les éphémères et l’événement, Paris, éditions de la Maison des sciences de l’homme</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Ephémères, un patrimoine à construire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ferran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Belin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2018</w:t>
+              <w:t xml:space="preserve">Florence Ferran; Olivier Belin. 2016, Les éphémères, un patrimoine à construire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les éphémères et l'événement</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01275207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les éphémères, un patrimoine à construire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Belin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ferran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Olivier Belin; Florence Ferran. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Les éphémères et l'événement, 978-273-512-433-6</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Colloques en ligne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Image et enseignement. Eléments pour une histoire et une didactique, Paris, Honoré Champion</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Art et violence dans les Vies d’artistes (Italie, France, Angleterre/ XVIe-XVIIIe siècles), Paris, Desjonquères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ferran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Vanoosthuyse</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Demoris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2017</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Lucas Fiorato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Eve-Marie Rollinat-Levasseur</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revers de fortune : les jeux de l’accident et du hasard au XVIIIe siècle, Roma, Bulzoni, coll. Studi e testi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florence Ferran</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delia Gambelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Champion, 4, 2017, Didactique des lettres et des cultures, 978-2-7453-3440-4</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Mariotti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Olivier Belin</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadja et les Manifestes du surréalisme, Paris, Nathan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Romantisme, Paris, Nathan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Colloques en ligne</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Schvalberg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Les Ephémères, un patrimoine à construire</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Peinture en procès. L'invention de la critique d'art au siècle des Lumières, Paris, Presses de la Sorbonne Nouvelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ferran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Florence Ferran; Olivier Belin. 2016, Les éphémères, un patrimoine à construire</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Démoris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-          </w:p>
-[...78 lines deleted...]
-              <w:t xml:space="preserve">2012</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (édition critique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Surréalisme, Paris, Nathan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-          </w:p>
-[...148 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (manuel)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...223 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03844727v1</w:t>
-              </w:r>
-[...2152 lines deleted...]
-                <w:t xml:space="preserve">hal-03850188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3794,221 +3794,221 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préface&amp;quot;, Gender and Diplomacy in the Early Modern Period, R. Sciuto and F. Kühnel (eds)</w:t>
+                <w:t xml:space="preserve">Preface&amp;quot;, Gender and Diplomacy in the Early Modern Period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ferran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International History Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press</w:t>
+              <w:t xml:space="preserve">, 2022, 44 (5), pp.941-942</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03852332v1</w:t>
+                <w:t xml:space="preserve">hal-04201600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preface&amp;quot;, Gender and Diplomacy in the Early Modern Period</w:t>
+                <w:t xml:space="preserve">Préface&amp;quot;, Gender and Diplomacy in the Early Modern Period, R. Sciuto and F. Kühnel (eds)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ferran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International History Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 44 (5), pp.941-942</w:t>
+              <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04201600v1</w:t>
+                <w:t xml:space="preserve">hal-03852332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction&amp;quot;, La Font de Saint-Yenne, Publier sur l'art, l'architecture et la ville, p.3-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ferran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Pavy-Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diderot Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5130,51 +5130,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515338v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ferran" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Belin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846123v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053812v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Tillier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/arts-et-histoire-de-l-art/813-les-ephemeres-imprimes-et-l-image-9782364414693.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112973v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Moulin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Pavy-Guilbert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844710v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mattogno" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Metta" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522403v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844714v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046636v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/editionsmsh/11858" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844720v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vanoosthuyse" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Marie Rollinat-Levasseur" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625922v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046681v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fabula.org/colloques/sommaire2882.php" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275207v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844718v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Demoris" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lucas Fiorato" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844722v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia Gambelli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Mariotti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844724v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844726v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schvalberg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844705v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; D&#233;moris" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844727v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053816v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844731v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844730v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046903v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850552v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02270390v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844732v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844735v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844734v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625928v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046853v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fabula.org/colloques/document3097.php" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846081v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046851v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fabula.org/colloques/document2886.php" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846089v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846091v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846092v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01722314v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-desjonqueres.com/index.php?module=livre&amp;amp;id=263&amp;amp;collection_id=5" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846094v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850549v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846086v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846099v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846100v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846103v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846105v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846116v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850545v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850188v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852332v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201600v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850548v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844729v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980148v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846097v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846109v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846110v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846113v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846112v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846115v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846118v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Buch-Jepsen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846121v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288663v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846083v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515338v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ferran" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Belin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846123v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053816v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Tillier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844730v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844731v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046903v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850552v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02270390v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Marie Rollinat-Levasseur" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vanoosthuyse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844732v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844735v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844734v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625928v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846081v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046853v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fabula.org/colloques/document3097.php" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046851v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fabula.org/colloques/document2886.php" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846089v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846091v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846092v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846094v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01722314v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Demoris" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lucas Fiorato" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-desjonqueres.com/index.php?module=livre&amp;amp;id=263&amp;amp;collection_id=5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850549v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; D&#233;moris" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846086v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846099v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846103v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846100v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846105v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846116v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850545v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850188v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053812v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/arts-et-histoire-de-l-art/813-les-ephemeres-imprimes-et-l-image-9782364414693.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522403v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Pavy-Guilbert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Moulin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844710v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mattogno" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Metta" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112973v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046636v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/editionsmsh/11858" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844714v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625922v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844720v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275207v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046681v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fabula.org/colloques/sommaire2882.php" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844718v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844722v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia Gambelli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Mariotti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844724v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844726v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schvalberg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844705v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844727v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201600v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852332v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850548v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844729v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980148v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846097v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846109v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846110v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846113v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846112v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846115v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846118v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Buch-Jepsen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846121v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288663v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846083v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>