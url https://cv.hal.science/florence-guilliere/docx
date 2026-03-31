--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -636,459 +636,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03539601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pectin gelation with chlorhexidine: Physico-chemical studies in dilute solutions</w:t>
+                <w:t xml:space="preserve">Predicting and understanding the enzymatic inhibition of human peroxiredoxin 5 by 4-substituted pyrocatechols by combining funnel metadynamics, solution NMR, and steady-state kinetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Lascol</w:t>
+                <w:t xml:space="preserve">Mélissa Chow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Bourgeois</w:t>
+                <w:t xml:space="preserve">Laura Troussicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Doumèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Guillière</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guy Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2016.05.014⟩</w:t>
+              <w:t xml:space="preserve">Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 55 (24), pp.3469-3480 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.biochem.6b00367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01355493v1</w:t>
+                <w:t xml:space="preserve">hal-01363618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting and understanding the enzymatic inhibition of human peroxiredoxin 5 by 4-substituted pyrocatechols by combining funnel metadynamics, solution NMR, and steady-state kinetics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">NMR Reveals the Interplay among the AMSH SH3 Binding Motif, STAM2, and Lys63-Linked Diubiquitin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Hologne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélissa Chow</w:t>
+                <w:t xml:space="preserve">Xavier Cantrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Troussicot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Martin</w:t>
+                <w:t xml:space="preserve">Gwladys Riviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Guillière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Doumèche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Guillière</w:t>
+                <w:t xml:space="preserve">Xavier Trivelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 55 (24), pp.3469-3480 </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 428 (22), pp.4544-4558. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.biochem.6b00367⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2016.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01363618v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR Reveals the Interplay among the AMSH SH3 Binding Motif, STAM2, and Lys63-Linked Diubiquitin.</w:t>
+                <w:t xml:space="preserve">Pectin gelation with chlorhexidine: Physico-chemical studies in dilute solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maggy Hologne</w:t>
+                <w:t xml:space="preserve">Marion Lascol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Cantrelle</w:t>
+                <w:t xml:space="preserve">Sandrine Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Guillière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwladys Riviere</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Guillière</w:t>
+                <w:t xml:space="preserve">Marie Hangouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Trivelli</w:t>
+                <w:t xml:space="preserve">Guy Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 428 (22), pp.4544-4558. </w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 150, pp.159-165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmb.2016.10.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2016.05.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01546483v1</w:t>
+                <w:t xml:space="preserve">hal-01355493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Funnel-metadynamics and solution NMR to estimate protein-ligand affinities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Troussicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Guillière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1585,51 +1585,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamad-Baligh Ismail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwladys Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Hologne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Lacabanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2182,51 +2182,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Guillière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Hologne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Walker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2474,593 +2474,593 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00958321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR identifies SH3 as a new Ubiquitin Binding Domain of the Signal Transducing Adaptor Molecule 2 (STAM2)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tackling the Interaction of the Multidomain Protein STAM2 with Ubiquitin and Diubiquitin Chains by NMR. Cooperativity or not, that is the Question !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Guillière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Krimm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anja Lange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVth International Conference on Magnetic Resonance in Biological Systems (ICMRBS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00958283v1</w:t>
+                <w:t xml:space="preserve">hal-00958296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tackling the Interaction of the Multidomain Protein STAM2 with Ubiquitin and Diubiquitin Chains by NMR. Cooperativity or not, that is the Question !</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Probing ligand binding mode by NMR in Fragment-Based Drug design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Aguirre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Guillière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Lancelin</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Davesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Krimm</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anja Lange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVth International Conference on Magnetic Resonance in Biological Systems (ICMRBS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00958296v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00819174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing ligand binding mode by NMR in Fragment-Based Drug design</w:t>
+                <w:t xml:space="preserve">Etude de complexes protéine-ligand par RMN quantitative dans le contexte du Drug Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Aguirre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Guillière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Davesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Krimm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVth International Conference on Magnetic Resonance in Biological Systems (ICMRBS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journée de Printemps de la Société Chimique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00819174v1</w:t>
+                <w:t xml:space="preserve">hal-00819230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de complexes protéine-ligand par RMN quantitative dans le contexte du Drug Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Aguirre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Guillière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Davesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Krimm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de Printemps de la Société Chimique de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Lyon, France</w:t>
+              <w:t xml:space="preserve">XIIIème Journée Rhône-Alpes de RMN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00819230v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00819233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de complexes protéine-ligand par RMN quantitative dans le contexte du Drug Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clémentine Aguirre</w:t>
+                <w:t xml:space="preserve">NMR identifies SH3 as a new Ubiquitin Binding Domain of the Signal Transducing Adaptor Molecule 2 (STAM2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-B. Ismail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Guillière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dany Davesne</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Krimm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Walker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIIème Journée Rhône-Alpes de RMN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Grenoble, France</w:t>
+              <w:t xml:space="preserve">XXVth International Conference on Magnetic Resonance in Biological Systems (ICMRBS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00819233v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00958283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId103"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3215,51 +3215,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226565v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Hulb&#230;k Fog" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Hubert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanglar" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Martin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Hristovska" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2025.141096" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177131v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stepanka Nedvedova" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Guilli&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Erica Miele" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Cantrelle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dvorak" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0289444" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745903v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Scalabre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cl&#233;ment" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayciriex" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Gaillard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-17664-4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539601v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Conchou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R Gon&#231;alves" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Galisson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Violot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab110" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355493v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lascol" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bourgeois" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hangou&#235;t" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Raffin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2016.05.014" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363618v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Chow" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Troussicot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Doum&#232;che" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biochem.6b00367" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546483v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Hologne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cantrelle" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Riviere" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Trivelli" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2016.10.002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187402v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Limongelli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Walker" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lancelin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja511336z" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956230v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cala" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Krimm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-6931-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00839023v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Aguirre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Ten Brink" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Davesne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0064400" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958333v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Danioux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Jaubert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Desnoues" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Delepierre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0052908" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819142v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Lange" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamad-Baligh Ismail" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Rivi&#232;re" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lacabanne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2012.07.047" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G1W8QZ6B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00512058v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Peixeiro" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Kessler" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Raynal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M109.029850" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00219760v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Tisn&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dardel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2005.02.003" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967921v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana E. Miele" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide de Stefano" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911386v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958236v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958248v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Limongeli" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958321v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Limongeli" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958283v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-B. Ismail" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958296v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819174v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Davesne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819230v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819233v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226565v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Hulb&#230;k Fog" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Hubert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanglar" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Martin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Hristovska" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2025.141096" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177131v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stepanka Nedvedova" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Guilli&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Erica Miele" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Cantrelle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dvorak" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0289444" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745903v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Scalabre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cl&#233;ment" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayciriex" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Gaillard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-17664-4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539601v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Conchou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R Gon&#231;alves" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Galisson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Violot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab110" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363618v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Chow" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Troussicot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Doum&#232;che" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biochem.6b00367" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546483v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Hologne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cantrelle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Riviere" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Trivelli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2016.10.002" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355493v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lascol" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bourgeois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hangou&#235;t" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Raffin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2016.05.014" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187402v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Limongelli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Walker" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lancelin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja511336z" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956230v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cala" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Krimm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-6931-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00839023v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Aguirre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Ten Brink" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Davesne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0064400" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958333v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Danioux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Jaubert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Desnoues" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Delepierre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0052908" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819142v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Lange" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamad-Baligh Ismail" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Rivi&#232;re" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lacabanne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2012.07.047" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G1W8QZ6B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00512058v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Peixeiro" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Kessler" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Raynal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M109.029850" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00219760v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Tisn&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dardel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2005.02.003" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967921v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana E. Miele" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide de Stefano" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911386v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958236v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958248v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Limongeli" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958321v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Limongeli" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958296v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819174v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Davesne" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819230v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819233v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958283v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-B. Ismail" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>