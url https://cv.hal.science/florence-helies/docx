--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -713,290 +713,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03472021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts of national scale digital soil mapping programs in France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse des articles soumis à la revue « Étude et Gestion des Sols » sur la période 2008-2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne C Richer-De-Forges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique. Arrouays</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Baize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Héliès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Saby</w:t>
+                <w:t xml:space="preserve">J.-P Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma Régional</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Étude et Gestion des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 27 (1)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02963971v1</w:t>
+                <w:t xml:space="preserve">hal-03142508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des articles soumis à la revue « Étude et Gestion des Sols » sur la période 2008-2019</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impacts of national scale digital soil mapping programs in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Arrouays</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne C Richer-De-Forges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Héliès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Leatitia Mulder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique. Arrouays</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">J.-P Rossignol</w:t>
+                <w:t xml:space="preserve">Nicolas Saby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Étude et Gestion des Sols</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geoderma Régional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23, pp.e00337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geodrs.2020.e00337⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03142508v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02963971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial: Etude et Gestion des Sols 2019. Un numéro à savourer sans modération</w:t>
               </w:r>
@@ -3047,51 +3047,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude et Gestion des Sols. Publier sur les sols en français.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne C Richer-De-Forges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Héliès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4282,51 +4282,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02823656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination IGCS 2008 : Compte-rendu final des travaux réalisés sur les crédits 2008</w:t>
+                <w:t xml:space="preserve">Coordination IGCS 2008 : Rapport final</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Schnebelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique D. Arrouays</w:t>
@@ -4380,75 +4380,75 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02824762v1</w:t>
+                <w:t xml:space="preserve">hal-02815465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination IGCS 2008 : Rapport final</w:t>
+                <w:t xml:space="preserve">Coordination IGCS 2008 : Compte-rendu final des travaux réalisés sur les crédits 2008</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Schnebelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique D. Arrouays</w:t>
@@ -4502,51 +4502,51 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02815465v1</w:t>
+                <w:t xml:space="preserve">hal-02824762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coordination IGCS 2008 : Compte-rendu préliminaire</w:t>
               </w:r>
@@ -4973,51 +4973,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05013150v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Laroche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P. A. Saby" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudy Jolivet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rati&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04345091v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C Richer-De-Forges" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baize" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Helies" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Rossignol" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Arrouays" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04548899v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Mason" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Chavrit" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence H&#233;li&#232;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844876v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03472021v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02963971v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Leatitia Mulder" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saby" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2020.e00337" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03142508v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique. Arrouays" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P Rossignol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624715v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Rossignol" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Chevallier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03639007v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arrouays" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schwartz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620420v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Schwartz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606656v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641576v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lem&#233;nager" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Arrouays" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Schnebelen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641665v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baffet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Berger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvan Coste" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Courbe" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643072v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bardy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204126v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Almeida Falcon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Boukir" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chenu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595742v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cousin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03655566v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Messant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Toutain" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lehmann" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bertouy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03655535v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738236v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789347v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Desbourdes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740918v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810640v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eug&#233;nie Tientcheu Nguenkam" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745422v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05198605v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741647v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Girot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Millet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795241v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801361v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793223v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793843v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799900v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793210v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Toutain" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805420v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guellier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823656v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Eimberck" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824762v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815465v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820834v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842681v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Antoni" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eglin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Boulonne" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Chapuis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05013150v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Laroche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P. A. Saby" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudy Jolivet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rati&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04345091v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C Richer-De-Forges" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baize" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Helies" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Rossignol" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Arrouays" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04548899v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Mason" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Chavrit" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence H&#233;li&#232;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844876v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03472021v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03142508v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique. Arrouays" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P Rossignol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02963971v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Leatitia Mulder" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saby" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2020.e00337" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624715v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Rossignol" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Chevallier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03639007v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arrouays" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schwartz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620420v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Schwartz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606656v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641576v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lem&#233;nager" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Arrouays" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Schnebelen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641665v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baffet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Berger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvan Coste" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Courbe" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643072v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bardy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204126v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Almeida Falcon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Boukir" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chenu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595742v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cousin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03655566v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Messant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Toutain" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lehmann" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bertouy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03655535v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738236v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789347v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Desbourdes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740918v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810640v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eug&#233;nie Tientcheu Nguenkam" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745422v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05198605v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741647v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Girot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Millet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795241v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801361v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793223v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793843v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799900v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793210v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Toutain" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805420v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guellier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823656v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Eimberck" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815465v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824762v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820834v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842681v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Antoni" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eglin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Boulonne" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Chapuis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>