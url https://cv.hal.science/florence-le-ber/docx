--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,20407 +66,20999 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (64)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (65)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical comparison of Relational Concept Analysis (RCA) and Graph-FCA (GCA)</w:t>
+                <w:t xml:space="preserve">Water Resources in South of Iraq: Current State, Future Evolutions, Challenges, and Potential Solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Fokou</w:t>
+                <w:t xml:space="preserve">Saleem Ethaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peggy Cellier</w:t>
+                <w:t xml:space="preserve">Marwan Fahs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Dolques</w:t>
+                <w:t xml:space="preserve">Hussein Mishbak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Ferré</w:t>
+                <w:t xml:space="preserve">Mohammad N Fares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Le Ber</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jamal S Makki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Approximate Reasoning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 186, pp.109496. </w:t>
+              <w:t xml:space="preserve">Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 13 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijar.2025.109496⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/hydrology13030087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05138994v1</w:t>
+                <w:t xml:space="preserve">hal-05548651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling transient natural convection in heterogeneous porous media with Convolutional Neural Networks</w:t>
+                <w:t xml:space="preserve">Theoretical comparison of Relational Concept Analysis (RCA) and Graph-FCA (GCA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhish Guli Virupaksha</w:t>
+                <w:t xml:space="preserve">Vanessa Fokou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Nagel</w:t>
+                <w:t xml:space="preserve">Peggy Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lehmann</w:t>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Mahdi Rajabi</w:t>
+                <w:t xml:space="preserve">Sébastien Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hussein Hoteit</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 222, pp.125149. </w:t>
+              <w:t xml:space="preserve">International Journal of Approximate Reasoning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 186, pp.109496. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2023.125149⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijar.2025.109496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04391989v1</w:t>
+                <w:t xml:space="preserve">hal-05138994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep learning on spatiotemporal graphs: a systematic review, methodological landscape, and research opportunities</w:t>
+                <w:t xml:space="preserve">Modeling transient natural convection in heterogeneous porous media with Convolutional Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assaad Oussama Zeghina</w:t>
+                <w:t xml:space="preserve">Adhish Guli Virupaksha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelie Leborgne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Le Ber</w:t>
+                <w:t xml:space="preserve">Thomas Nagel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Vacavant</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">François Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Mahdi Rajabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Hoteit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurocomputing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucom.2024.127861⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 222, pp.125149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2023.125149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04587869v1</w:t>
+                <w:t xml:space="preserve">hal-04391989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing the physico-chemistry dynamics of running waters (North-East of France) based on sequence clustering</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Deep learning on spatiotemporal graphs: a systematic review, methodological landscape, and research opportunities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Gançarski</w:t>
+                <w:t xml:space="preserve">Assaad Oussama Zeghina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Herrmann</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Aurelie Leborgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Vacavant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Informatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2022.101921⟩</w:t>
+              <w:t xml:space="preserve">Neurocomputing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 594, pp.127861. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucom.2024.127861⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864823v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04587869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mining the sequential patterns of water quality preceding the biological status of waterbodies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Comparing the physico-chemistry dynamics of running waters (North-East of France) based on sequence clustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Grac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Nicolas Beisel</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gançarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2021.108070⟩</w:t>
+              <w:t xml:space="preserve">Ecological Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.101921. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2022.101921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03325504v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing the efficiency and robustness of deep convolutional neural networks for modeling natural convection in heterogeneous porous media</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Amadou-Oury Bah</w:t>
+                <w:t xml:space="preserve">Mining the sequential patterns of water quality preceding the biological status of waterbodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Frey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Le Ber</w:t>
+                <w:t xml:space="preserve">Agnes Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Tremolieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Nicolas Beisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.122131⟩</w:t>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 130, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2021.108070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04360765v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03325504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RCA-Seq: an Original Approach for Enhancing the Analysis of Sequential Data Based on Hierarchies of Multilevel Closed Partially-Ordered Patterns</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Analyzing the efficiency and robustness of deep convolutional neural networks for modeling natural convection in heterogeneous porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Mahdi Rajabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Reza Hajizadeh Javaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou-Oury Bah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Frey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete Applied Mathematics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 183, pp.122131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.122131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dam.2019.02.037⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02081393v1</w:t>
+                <w:t xml:space="preserve">hal-04360765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régler le processus d'exploration dans l'analyse relationnelle de concepts - Le cas de données hydroécologiques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">RCA-Seq: an Original Approach for Enhancing the Analysis of Sequential Data Based on Hierarchies of Multilevel Closed Partially-Ordered Patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Nica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marianne Huchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Discrete Applied Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 273, pp.232-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dam.2019.02.037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01986937v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02081393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consensus atteint entre des cartes paysannes individuelles pour la gestion concertée de ressources naturelles à Madagascar</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Régler le processus d'exploration dans l'analyse relationnelle de concepts - Le cas de données hydroécologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amirouche Labib Ouzerdine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Huchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Mars-Juin 2018 (235-236)</w:t>
+              <w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, EGC 2019, 19ème Conférence sur l’Extraction et Gestion des Connaissances, RNTI-E-35, pp.57-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04193061v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01986937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Case-based Reasoning for Forecasting the Allocation of Perennial Biomass Crops</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Consensus atteint entre des cartes paysannes individuelles pour la gestion concertée de ressources naturelles à Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Hyacinthe Ramaroson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ERCIM News</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Smart Farming, 113, pp.34-35</w:t>
+              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Mars-Juin 2018 (235-236)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01773571v2</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04193061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Issues and challenges in landscape models for agriculture: from the representation of agroecosystems to the design of management strategies</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Case-based Reasoning for Forecasting the Allocation of Perennial Biomass Crops</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape Ecology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ERCIM News</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Smart Farming, 113, pp.34-35</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02567492v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01773571v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalization effect of quantifiers in a classification based on relational concept analysis</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Issues and challenges in landscape models for agriculture: from the representation of agroecosystems to the design of management strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Poggi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Papaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Knowledge-Based Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Landscape Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33 (10), pp.1679-1690. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10980-018-0699-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.knosys.2018.06.011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01857724v1</w:t>
+                <w:t xml:space="preserve">hal-02567492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raisonner à partir de cas d’allocation dans des parcelles agricoles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Generalization effect of quantifiers in a classification based on relational concept analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Huchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Knowledge-Based Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 160, pp.119-135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.knosys.2018.06.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01676339v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01857724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raisonner à partir de cas d'allocation dans des parcelles agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 31 (6), pp.681-707. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/ria.31.681-707⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of the uncertainty of the intrasubstrate variability on two French index metrics based on macroinvertebrates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Corinne Grac</w:t>
+                <w:t xml:space="preserve">Raisonner à partir de cas d’allocation dans des parcelles agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Fontan</w:t>
+                <w:t xml:space="preserve">Laura Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Labat</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrobiologia</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2017 (6), pp.681-707</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01343051v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance-friendly rule extraction in large water data-sets with AOC posets and relational concept analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Experimental study of the uncertainty of the intrasubstrate variability on two French index metrics based on macroinvertebrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Wiederkehr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Fontan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of General Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/03081079.2015.1072927⟩</w:t>
+              <w:t xml:space="preserve">Hydrobiologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10750-016-2799-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01265521v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01343051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode de factorisation progressive pour accroître l’abstraction d’un modèle de classes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Performance-friendly rule extraction in large water data-sets with AOC posets and relational concept analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Huchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/ISI.20.2.9-39⟩</w:t>
+              <w:t xml:space="preserve">International Journal of General Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, SI, 45 (2), pp.187-210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03081079.2015.1072927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01183446v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01265521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un système décisionnel pour l’analyse de la qualité des eaux de rivières</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A quality-aware spatial data warehouse for querying hydroecological data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavie Cernesson</w:t>
+                <w:t xml:space="preserve">Soumia Lilia Berrahou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Molla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Berti-Équille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 85 (part A), pp.126 - 135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cageo.2015.09.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01168753v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01223918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Ontological and Qualitative Spatial Reasoning : Application to Urban Images Interpretation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Méthode de factorisation progressive pour accroître l’abstraction d’un modèle de classes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Huchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Libourel Rouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Nebut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Computer and Information Science (CCIS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-662-46549-3_12⟩</w:t>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 20 (2), pp.9-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/ISI.20.2.9-39⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05473307v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01183446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of uncertainties on the macrophyte index (IBMR) based on species identification and cover</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Labat</w:t>
+                <w:t xml:space="preserve">Un système décisionnel pour l’analyse de la qualité des eaux de rivières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandro Bimonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Boulil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Bringay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Cernesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 20 (3), pp.143-167</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01090295v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01168753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A quality-aware spatial data warehouse for querying hydroecological data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laure Berti-Équille</w:t>
+                <w:t xml:space="preserve">Experimental study of uncertainties on the macrophyte index (IBMR) based on species identification and cover</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Wiederkehr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Fabrègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Fontan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Labat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cageo.2015.09.012⟩</w:t>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 50, pp.242-250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2014.10.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01223918v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01090295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mining closed partially ordered patterns, a new optimized algorithm</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Combining Ontological and Qualitative Spatial Reasoning : Application to Urban Images Interpretation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François de Bertrand de Beuvron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Marc-Zwecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Zanni-Merk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Knowledge-Based Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Communications in Computer and Information Science (CCIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.182-198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-662-46549-3_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.knosys.2014.12.027⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01144020v1</w:t>
+                <w:t xml:space="preserve">hal-05473307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les paysans du corridor forestier de Fianarantsoa (Madagascar) dessinent-ils leur territoire ? Des cartes individuelles pour confronter les points de vue</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mining closed partially ordered patterns, a new optimized algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Fabrègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Bringay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Knowledge-Based Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 79 (may), pp.68 - 79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.knosys.2014.12.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01057112v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01144020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure Analysis of Hedgerows with Respect to Perennial Landscape Lines in Two Contrasting French Agricultural Landscapes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le projet Fresqueau. Exploiter les données massives concernant les cours d'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Cernesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Agricultural and Environmental Information Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 19 (3), pp.169-174</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01057108v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01581464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discriminant temporal patterns for linking physico-chemistry and biology in hydro-ecosystem assessment</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Multidimensional modeling and analysis of large and complex watercourse data: an OLAP-based solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Boulil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandro Bimonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Grac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Cernesson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 24, pp.210-221. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2014.09.003⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 24, pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2014.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01090331v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01057105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet Fresqueau. Exploiter les données massives concernant les cours d'eau</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Comment les paysans du corridor forestier de Fianarantsoa (Madagascar) dessinent-ils leur territoire ? Des cartes individuelles pour confronter les points de vue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Hyacinthe Ramaroson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andry Randrianarison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 19 (3), pp.169-174</w:t>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.681</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01581464v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01057112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidimensional modeling and analysis of large and complex watercourse data: an OLAP-based solution</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Structure Analysis of Hedgerows with Respect to Perennial Landscape Lines in Two Contrasting French Agricultural Landscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Flavie Cernesson</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Informatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2014.07.001⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Agricultural and Environmental Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (1), pp.19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4018/ijaeis.2014010102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01057105v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01057108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treillis de Galois pour la fusion de connaissances spatiales sur des territoires villageois malgaches</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Discriminant temporal patterns for linking physico-chemistry and biology in hydro-ecosystem assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Fabrègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Bringay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24, pp.210-221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2014.09.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00862250v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01090331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligence artificielle et agronomie</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+                <w:t xml:space="preserve">Treillis de Galois pour la fusion de connaissances spatiales sur des territoires villageois malgaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Hyacinthe Ramaroson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertin Ramamonjisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hervé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 27 (4-5), pp.403-407</w:t>
+              <w:t xml:space="preserve">, 2013, 2013 (4-5), pp.595-617</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02601106v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00862250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perennial biomass crop cultivation and its territorial patterns A case-study of miscanthus in Côte-d'Or (Burgundy, France)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoît</w:t>
+                <w:t xml:space="preserve">Intelligence artificielle et agronomie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Guyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Géographique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 2 (41), pp.133-147</w:t>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 27 (4-5), pp.403-407</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00905206v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02601106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of statistical algorithms for detecting homogeneous river reaches along a longitudinal continuum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Leviandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Alber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geomorphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 138 (1), pp.130-144. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.geomorph.2011.08.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00640698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'insertion territoriale des cultures biomasses pérennes. Le cas du miscanthus par dix agriculteurs de Côte-d'Or</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">L'insertion territoriale des cultures biomasses pérennes. Etude de cas sur le miscanthus en Côte d'Or (bourgogne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Wohlfahrt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espace Géographique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 2, pp.138-153</w:t>
+              <w:t xml:space="preserve">, 2012, 2 (41), pp.138-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02649359v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00733672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic case acquisition from texts for process-oriented case-based reasoning</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L'insertion territoriale des cultures biomasses pérennes. Le cas du miscanthus par dix agriculteurs de Côte-d'Or</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Nauer</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Wohlfahrt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Espace Géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2, pp.138-153</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00812704v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'insertion territoriale des cultures biomasses pérennes. Etude de cas sur le miscanthus en Côte d'Or (bourgogne, France)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Automatic case acquisition from texts for process-oriented case-based reasoning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valmi Dufour-Lussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoît</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Nauer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Géographique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.is.2012.11.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00733672v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00812704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal Changes of Macroinvertebrate Communities in a Stormwater Wetland Collecting Pesticide Runoff From a Vineyard Catchment (Alsace, France)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Perennial biomass crop cultivation and its territorial patterns A case-study of miscanthus in Côte-d'Or (Burgundy, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Wohlfahrt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gwenaël Imfeld</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Environmental Contamination and Toxicology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Espace Géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2 (41), pp.133-147</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00607741v1</w:t>
+                <w:t xml:space="preserve">hal-00905206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un système d'information pour le suivi et l'évaluation de la qualité des cours d'eau -- Application à l'hydro-écorégion de la plaine d'Alsace</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Seasonal Changes of Macroinvertebrate Communities in a Stormwater Wetland Collecting Pesticide Runoff From a Vineyard Catchment (Alsace, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bertaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michèle Trémolières</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Imfeld</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archives of Environmental Contamination and Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 62 (1), pp.29-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00244-011-9687-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00601991v1</w:t>
+                <w:t xml:space="preserve">hal-00607741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capitalisation d'expériences pour la mise en place d'observatoires de pratiques agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Nogry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Brassac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 21, pp.99--118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00576238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mining Complex Hydrobiological Data with Galois Lattices</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Un système d'information pour le suivi et l'évaluation de la qualité des cours d'eau -- Application à l'hydro-écorégion de la plaine d'Alsace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Trémolières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Computing and Information Sciences (IJCIS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 7 (2), pp.63--77</w:t>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 16, pp.9-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00531756v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00601991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutral modelling of agricultural landscapes by tessellation methods—Application for gene flow simulation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mining Complex Hydrobiological Data with Galois Lattices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bertaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Trémolières</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Modelling</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Computing and Information Sciences (IJCIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 7 (2), pp.63--77</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00409081v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00531756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do genetically modified (GM) crops contribute to background levels of GM pollen in an agricultural landscape?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Neutral modelling of agricultural landscapes by tessellation methods—Application for gene flow simulation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Adamczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Colbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 220 (24), pp.3536-3545. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2009.06.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2664.2008.01504.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00294151v1</w:t>
+                <w:t xml:space="preserve">hal-00409081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude longitudinale d'une procédure de modélisation de connaissances en matière de gestion du territoire agricole</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Analyse de l'émergence de connaissances au cours d'un processus collectif. Re-catégorisations, reformulations, stabilisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brassac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Brassac</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenza Mondada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Osty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 2 (2), pp.151-168</w:t>
+              <w:t xml:space="preserve">, 2008, Vol. 2 (2), pp.267-286</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00337132v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00337837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raisonnement à partir de cas et agronomie des territoires - Constructions croisées</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">How do genetically modified (GM) crops contribute to background levels of GM pollen in an agricultural landscape?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne K. Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Adamczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 45 (4), pp.1104-1113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2664.2008.01504.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00337158v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00294151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l'émergence de connaissances au cours d'un processus collectif. Re-catégorisations, reformulations, stabilisations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">Étude longitudinale d'une procédure de modélisation de connaissances en matière de gestion du territoire agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Brassac</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Louis Osty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, Vol. 2 (2), pp.267-286</w:t>
+              <w:t xml:space="preserve">, 2008, 2 (2), pp.151-168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00337837v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00337132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GenExP, un logiciel simulateur de paysages agricoles pour l'étude de la diffusion de transgènes</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Raisonnement à partir de cas et agronomie des territoires - Constructions croisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Osty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 17 (3-4), pp.469-487</w:t>
+              <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2 (2), pp.169-193</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00199114v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00337158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Galois lattice as a hierarchical structure for topological relations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Mathematics and Artificial Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, pp.1-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10472-007-9054-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00162171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception collaborative d'objets géographiques : Application aux jeux de territoire</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">GenExP, un logiciel simulateur de paysages agricoles pour l'étude de la diffusion de transgènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Adamczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Colbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Mainguenaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 16 (2), pp.269-284. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2007, 17 (3-4), pp.469-487</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02653976v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00199114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying crop sequences with CarrotAge, a HMM-based data mining software</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Conception collaborative d'objets géographiques : Application aux jeux de territoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brassac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mainguenaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Modelling</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 16 (2), pp.269-284. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/rig.16.269-284⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2005.08.031⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00017169v1</w:t>
+                <w:t xml:space="preserve">hal-02653976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal and Spatial Data Mining with Second-Order Hidden Markov Models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">Studying crop sequences with CarrotAge, a HMM-based data mining software</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florence Le Ber</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00500-005-0501-0⟩</w:t>
+              <w:t xml:space="preserve">Ecological Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 191 (1), pp.170--185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2005.08.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00000007v2</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00017169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception collaborative d'objets géo-graphiques. Application aux jeux de territoire.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Temporal and Spatial Data Mining with Second-Order Hidden Markov Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Soft Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 10 (5), pp.406 -- 414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00500-005-0501-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00107069v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00000007v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison d'organisations spatiales agricoles - Le système ROSA</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conception collaborative d'objets géo-graphiques. Application aux jeux de territoire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brassac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mainguenaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 16 (2), pp.195-210</w:t>
+              <w:t xml:space="preserve">, 2006, 16 (2), pp.269-284</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00087228v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00107069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une démarche et un outil pour modéliser des organisations spatiales agricoles et raisonner à partir de cas d’exploitations agricoles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparaison d'organisations spatiales agricoles - Le système ROSA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Metzger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P.L. Osty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 15 (3), pp.263-280</w:t>
+              <w:t xml:space="preserve">, 2006, 16 (2), pp.195-210</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02674988v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00087228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une démarche et un outil pour modéliser et comparer l'organisation spatiale d'exploitations agricoles</w:t>
+                <w:t xml:space="preserve">Une démarche et un outil pour modéliser des organisations spatiales agricoles et raisonner à partir de cas d’exploitations agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Louis Osty</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. L. Metzger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.L. Osty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 15 (3), pp.263 -- 280. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2005, 15 (3), pp.263-280</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00009285v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inscription spatiale d'une activité cognitive collective de représentation de l'espace</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Une démarche et un outil pour modéliser et comparer l'organisation spatiale d'exploitations agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Metzger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Osty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 15 (3), pp.263 -- 280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/rig.15.263-280⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00140584v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00009285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and Comparing Farm Maps using Graphs and Case-based Reasoning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Inscription spatiale d'une activité cognitive collective de représentation de l'espace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brassac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Universal Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 9 (9), pp.1073-1095</w:t>
+              <w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 41-42, pp.181-200</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00099579v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00140584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and comparison of lattices of topological relations for spatial representation and reasoning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental and Theoretical Artificial Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 15 (3), pp.331--371</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00099811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The design of an object-based system for representing and classifying spatial structures and relations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modeling and Comparing Farm Maps using Graphs and Case-based Reasoning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Metzger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Universal Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 8 (8), pp.751-773. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2003, 9 (9), pp.1073-1095</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00100759v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation temporelle et spatiale de données agricoles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">The design of an object-based system for representing and classifying spatial structures and relations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoît</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Universal Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 8 (8), pp.751-773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3217/jucs-008-08-0751⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00101033v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00100759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de treillis de relations topologiques pour l'interprétation d'images satellitaires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Segmentation temporelle et spatiale de données agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 11 (2), pp.215-219</w:t>
+              <w:t xml:space="preserve">, 2002, 12 (4), pp.439-460</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00100435v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00101033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche des successions de cultures et de leurs évolutions : analyse par HMM des données Ter-Uti en Lorraine</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Étude de treillis de relations topologiques pour l'interprétation d'images satellitaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Mari</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludmila Mangelinck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agreste Cahiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 31, pp.23--30</w:t>
+              <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 11 (2), pp.215-219</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00107540v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00100435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentation de relations et classification de structures spatiales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Recherche des successions de cultures et de leurs évolutions : analyse par HMM des données Ter-Uti en Lorraine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 13 (2), pp.441-467</w:t>
+              <w:t xml:space="preserve">Agreste Cahiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 31, pp.23--30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00098913v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00107540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An agent-based model for domain knowledge representation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Représentation de relations et classification de structures spatiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Chouvet</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludmila Mangelinck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data and Knowledge Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 29, pp.147-161</w:t>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 13 (2), pp.441-467</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00276161v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00098913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the spatial organization of land use in a farming territory. Example of a village in the Plateau Lorrain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">An agent-based model for domain knowledge representation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoît</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Chouvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 18 (2), pp.103-115</w:t>
+              <w:t xml:space="preserve">Data and Knowledge Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 29, pp.147-161</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00885873v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00276161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Formal Representation of Landscape Spatial Patterns to Analyze Satellite Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludmila Mangelinck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AI Applications - Natural Resources, Agriculture, and Environmental Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 12 (1-3), pp.51-59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00276145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Modelling the spatial organization of land use in a farming territory. Example of a village in the Plateau Lorrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agronomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 18 (2), pp.103-115</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00885873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A Prototype Model-Based Expert System for Agricultural Landscape Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AI Applications - Natural Resources, Agriculture, and Environmental Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 9 (2), pp.91-101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00276127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (119)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (121)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport des LLMs dans l'extraction de connaissances à partir de textes non structurés pour peupler une base de cas sur la restauration d'hydrosystèmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fethi Ghazouani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franco Giustozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Extraction et Gestion des Connaissances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2026, Anglet, France. pp.441-448</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05494087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction de motifs spatio-temporels fréquents dans les données Corine Land Cover</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Amélioration de Multi-SPMiner par des mécanismes attentionnels pour une extraction robuste de motifs fréquents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assaad Oussama Zeghina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Leborgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Vacavant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Avignon, France</w:t>
+              <w:t xml:space="preserve">26ème conférence francophone sur l'Extraction et la Gestion des Connaissances. EGC 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, Anglet, France. pp.13-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05141149v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relational Concept Analysis and Graph-FCA in Practice: Analyzing Multi-relational Data</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">LLM-Driven Case-Base Populating for Structuring and Integrating Restoration Experiences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fethi Ghazouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franco Giustozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CONCEPTS 2025 - Second International Joint Conferenceon on Conceptual Knowledge Structures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Case-Based Reasoning, ICCBR 2025, June 30- July 3rd 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Biarritz, France. pp.67-80</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05298483v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05058570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LLM-Driven Case-Base Populating for Structuring and Integrating Restoration Experiences</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Extraction de motifs spatio-temporels fréquents dans les données Corine Land Cover</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assaad Oussama Zeghina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Leborgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Vacavant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Case-Based Reasoning, ICCBR 2025, June 30- July 3rd 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Biarritz, France. pp.67-80</w:t>
+              <w:t xml:space="preserve">conférence Spatial Analysis and GEOmatics (SAGEO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05058570v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building and Assessing a Named Entity Recognition Resource for Ancient Pharmacopeias</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Relational Concept Analysis and Graph-FCA in Practice: Analyzing Multi-relational Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Fokou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Véronique Pitchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECAI 2024 - 27th European conference on artificial intelligence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/faia240760⟩</w:t>
+              <w:t xml:space="preserve">CONCEPTS 2025 - Second International Joint Conferenceon on Conceptual Knowledge Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Cluj-Napoca, Romania. pp.35-50, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-03364-2_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04747401v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05298483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Old Arabic Remedies with Formal and Relational Concept Analysis</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Deep QMiner: Towards a Generalized Deep Q-Learning Approach for Graph Pattern Mining</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assaad Zeghina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Leborgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Vacavant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Concepts 2024, Cadiz, Spain, septembre 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Workshop on Graph-Based Representations in Pattern Recognition (GbRPR 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Caen, France. pp.134-144, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-94139-9_13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04622852v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing Relational Concept Analysis and Graph-FCA on their Common Ground</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Fokou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concepts 2024 - International Joint Conference on Conceptual Knowledge Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Cadiz, Spain. pp.1-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04622856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconnaissance des entités nommées pour l'analyse des pharmacopées médiévales</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
+                <w:t xml:space="preserve">Building and Assessing a Named Entity Recognition Resource for Ancient Pharmacopeias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim El Haff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wissam Antoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Pitchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGC 2023 - Extraction et Gestion des Connaissances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ECAI 2024 - 27th European conference on artificial intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Santiago de Compostela, Spain. pp.2354-2361, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/faia240760⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03934557v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04747401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des ingrédients de remèdes issus de pharmacopées arabes médiévales dans une base de données graphe</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId207" w:history="1">
+                <w:t xml:space="preserve">Exploring Old Arabic Remedies with Formal and Relational Concept Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Fokou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim El Haff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34es Journées francophones d'Ingénierie des Connaissances (IC 2023) @ Plate-Forme Intelligence Artificielle (PFIA 2023), Strasbourg, 03-07 juillet 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Concepts 2024, Cadiz, Spain, septembre 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Cadiz, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04163978v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04622852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-SPMiner: A Deep Learning Framework for Multi-Graph Frequent Pattern Mining with Application to spatiotemporal Graphs</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Reconnaissance des entités nommées pour l'analyse des pharmacopées médiévales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Haff Karim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wissam Antoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antoine Vacavant</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Pitchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International Conference on Knowledge Based and Intelligent Information and Engineering Sytems (KES 2023), 6-8 September 2023, Athens, Greece</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EGC 2023 - Extraction et Gestion des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04589913v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03934557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relational Concept Analysis in Practice: Capitalizing on Data Modeling using Design Patterns</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Modélisation des ingrédients de remèdes issus de pharmacopées arabes médiévales dans une base de données graphe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim El Haff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Martin</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Pitchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICFCA 2023 - 17th International Conference on Formal Concept Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">34es Journées francophones d'Ingénierie des Connaissances (IC 2023) @ Plate-Forme Intelligence Artificielle (PFIA 2023), Strasbourg, 03-07 juillet 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Strasbourg, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04148236v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04163978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de motifs fréquents dans des graphes spatio-temporels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Multi-SPMiner: A Deep Learning Framework for Multi-Graph Frequent Pattern Mining with Application to spatiotemporal Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assaad Oussama Zeghina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Leborgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Vacavant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extraction et Gestion des Connaissances, Blois, 24-28 janvier 2022, campus de l'IUT de Blois, Université de Tours</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">27th International Conference on Knowledge Based and Intelligent Information and Engineering Sytems (KES 2023), 6-8 September 2023, Athens, Greece</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Athènes, Greece. pp.1094-1103, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2023.10.097⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04110805v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04589913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Random generation of a locally consistent spatio-temporal graph</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Relational Concept Analysis in Practice: Capitalizing on Data Modeling using Design Patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Huchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Conference on Conceptual Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-86982-3_12⟩</w:t>
+              <w:t xml:space="preserve">ICFCA 2023 - 17th International Conference on Formal Concept Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Kassel, Germany. pp.166-182, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-35949-1_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03398267v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04148236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling natural convection in porous media using convolutional neural networks</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Recherche de motifs fréquents dans des graphes spatio-temporels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Leborgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ezriel Steinberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Lafontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Vacavant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Upper-Rhine Artificial Intelligence Symposium UR-AI 2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Extraction et Gestion des Connaissances, Blois, 24-28 janvier 2022, campus de l'IUT de Blois, Université de Tours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Blois, France. pp.471-472</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03698359v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04110805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Brain Functional Connectivity by Frequent Pattern Mining in Graphs. Application to the Characterization of Murine Models</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Analyzing the composition of remedies in ancient pharmacopeias with FCA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fechter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lachiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stella Marc-Zwecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISBI-Virtual</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, En ligne, France</w:t>
+              <w:t xml:space="preserve">RealDataFCA’2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03238122v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03325496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la connectivité fonctionnelle cérébrale de modèles murins par extraction de motifs fréquents dans des graphes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Classification de séries temporelles hétérogènes pour le suivi de l'état des cours d'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gançarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laura Harsan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Extraction et Gestion de Connaissance, EGC'2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03238128v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03227089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing water monitoring data with RCA-based approaches</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Random generation of a locally consistent spatio-temporal graph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Leborgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Kirandjiska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop RealDataFCA’2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">26th International Conference on Conceptual Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, En ligne, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-86982-3_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03325497v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03398267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génération aléatoire d'un graphe spatio-temporel localement cohérent</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Analysis of Brain Functional Connectivity by Frequent Pattern Mining in Graphs. Application to the Characterization of Murine Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Leborgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Degiorgis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Harsan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Marc-Zwecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNIA 2021 : Conférence Nationale en Intelligence Artificielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Bordeaux (en ligne), France. pp 76-83</w:t>
+              <w:t xml:space="preserve">ISBI-Virtual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03321317v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03238122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification de séries temporelles hétérogènes pour le suivi de l'état des cours d'eau</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modeling natural convection in porous media using convolutional neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Reza Hajizadeh Javaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Oury Bah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Mahdi Rajabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Frey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extraction et Gestion de Connaissance, EGC'2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Upper-Rhine Artificial Intelligence Symposium UR-AI 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Kaiserslautern, Germany. pp.150-157, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48537/gdsj-nz68⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03227089v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03698359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing the composition of remedies in ancient pharmacopeias with FCA</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Analyse de la connectivité fonctionnelle cérébrale de modèles murins par extraction de motifs fréquents dans des graphes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Leborgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Degiorgis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Massart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Harsan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RealDataFCA’2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">EGC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03325496v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03238128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation des graphes pour la représentation spatio-temporelle lors d’un examen d’IRM fonctionnelle cérébrale</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Analyzing water monitoring data with RCA-based approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stella Marc-Zwecker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Santé et IA 2020 (dans le cadre PFIA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Angers, France</w:t>
+              <w:t xml:space="preserve">Workshop RealDataFCA’2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05513938v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03325497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RCAExplore, a FCA based Tool to Explore Relational Data</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Génération aléatoire d'un graphe spatio-temporel localement cohérent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Leborgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Kirandjiska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop "Applications and Tools of Formal Concept Analysis" (ICFCA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Frankfurt, Germany</w:t>
+              <w:t xml:space="preserve">CNIA 2021 : Conférence Nationale en Intelligence Artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Bordeaux (en ligne), France. pp 76-83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02446536v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un graphe spatio-temporel pour modéliser l'évolution de parcelles agricoles</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Utilisation des graphes pour la représentation spatio-temporelle lors d’un examen d’IRM fonctionnelle cérébrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Leborgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Niezgoda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Meillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stella Marc-Zwecker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Journée Santé et IA 2020 (dans le cadre PFIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02375094v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05513938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Input Data Formalisation in Relational Concept Analysis for a Data Model with a Ternary Relation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">RCAExplore, a FCA based Tool to Explore Relational Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Huchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICFCA 2019 - 15th International Conference on Formal Concept Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Workshop "Applications and Tools of Formal Concept Analysis" (ICFCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Frankfurt, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02092148v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02446536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Heterogeneous Sequential Data on River Networks with Relational Concept Analysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Un graphe spatio-temporel pour modéliser l'évolution de parcelles agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Leborgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Marc-Zwecker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Conference on Conceptual Structures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SAGEO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Clermont-Ferrand, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01818718v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02375094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude exploratoire des représentations de coulées d’eau boueuse en Alsace : Analyse d’enquêtes psychosociales et de dessins à main levée via un logiciel dédié</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Effects of Input Data Formalisation in Relational Concept Analysis for a Data Model with a Ternary Relation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Keip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gutierrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Huchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Sarter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICFCA 2019 - 15th International Conference on Formal Concept Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Frankfurt, Germany. pp.191-207, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-21462-3_13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01877126v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02092148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction de motifs temporels caractéristiques des hydro-écorégions à partir de données de surveillance des rivières françaises</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Exploring Heterogeneous Sequential Data on River Networks with Relational Concept Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Nica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ongrès de l'AFL -Association Française de Limnologie, Strasbourg, France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">23rd International Conference on Conceptual Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Edimbourg, United Kingdom. pp.152-166, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-91379-7_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103135v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01818718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation du raisonnement à partir de cas pour modéliser l'introduction d'une nouvelle culture</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Etude exploratoire des représentations de coulées d’eau boueuse en Alsace : Analyse d’enquêtes psychosociales et de dessins à main levée via un logiciel dédié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Heitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Marc-Zwecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romaric Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque PAYOTE 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Paris, France. 31 p</w:t>
+              <w:t xml:space="preserve">SAGEO 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735760v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01877126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Reasoning Model Based on Perennial Crop Allocation Cases and Rules</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Extraction de motifs temporels caractéristiques des hydro-écorégions à partir de données de surveillance des rivières françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Int. Conference on Case Based Reasoning, ICCBR 2017</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ongrès de l'AFL -Association Française de Limnologie, Strasbourg, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01560194v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchies of Weighted Closed Partially-Ordered Patterns for Enhancing Sequential Data Analysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A new data mining approach to understand the river ecological status: first large application of closed partially ordered patterns on French aquatic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Cernesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Int. Conference on Formal Concept Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">10° Symposium for European Freshwater, Olomouc, République Thèque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Olomouc, Czech Republic</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01521562v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03108094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retours sur la restauration écologique d’une ancienne gravière et de zones humides en plaine alluviale rhénane (site du Woerr, Lauterbourg) et leurs suivis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Utilisation du raisonnement à partir de cas pour modéliser l'introduction d'une nouvelle culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Wohlfahrt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque franco-allemand. Retour d'expérience en restauration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ENGEES, May 2017, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Colloque PAYOTE 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Paris, France. 31 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03104469v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new data mining approach to understand the river ecological status: first large application of closed partially ordered patterns on French aquatic data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Reasoning Model Based on Perennial Crop Allocation Cases and Rules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10° Symposium for European Freshwater, Olomouc, République Thèque</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Int. Conference on Case Based Reasoning, ICCBR 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Trondheim, Norway. pp.61-75, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-61030-6_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03108094v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01560194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracting Hierarchies of Closed Partially-Ordered Patterns Using Relational Concept Analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Hierarchies of Weighted Closed Partially-Ordered Patterns for Enhancing Sequential Data Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Nica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCS 2016 - 22nd International Conference on Conceptual Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-40985-6_2⟩</w:t>
+              <w:t xml:space="preserve"> Int. Conference on Formal Concept Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Rennes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-59271-8_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01380407v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01521562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Temporal Data Using Relational Concept Analysis: An Application to Hydroecology</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Retours sur la restauration écologique d’une ancienne gravière et de zones humides en plaine alluviale rhénane (site du Woerr, Lauterbourg) et leurs suivis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Combroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rozan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albin Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLA: Concept Lattices and their Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, National Research University Higher School of Economics, Moscow, Russia, Jul 2016, Moscow, Russia. pp.299-311</w:t>
+              <w:t xml:space="preserve">Colloque franco-allemand. Retour d'expérience en restauration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENGEES, May 2017, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01380404v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03104469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structures de haies dans un paysage agricole : une étude par chemin de Hilbert adaptatif et chaînes de Markov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lavigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGC 2016 -- 16èemes Journées Francophones "Extraction et Gestion des Connaissances"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2016, Reims, France. pp.279--290</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01266344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’analyse relationnelle de concepts pour la fouille de données temporelles – Application à l’étude de données hydroécologiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Exploring Temporal Data Using Relational Concept Analysis: An Application to Hydroecology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Nica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Huchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGC: Extraction et Gestion des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Reims, France. pp.267-278</w:t>
+              <w:t xml:space="preserve">CLA: Concept Lattices and their Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, National Research University Higher School of Economics, Moscow, Russia, Jul 2016, Moscow, Russia. pp.299-311</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01265294v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01380404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un système de RÀPC pour prévoir l'allocation de parcelles agricoles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Extracting Hierarchies of Closed Partially-Ordered Patterns Using Relational Concept Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Nica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Huchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ère conférence sur les Application Pratiques de l'Intelligence Artificielle (APIA)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICCS 2016 - 22nd International Conference on Conceptual Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Annecy, France. pp.17-30, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-40985-6_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01201882v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01380407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des chemins de Hilbert adaptatif et des graphes de voisinage pour la caractérisation d'un parcellaire agricole</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L’analyse relationnelle de concepts pour la fouille de données temporelles – Application à l’étude de données hydroécologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Nica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Huchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Lavigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Extraction et Gestion de Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de Recherche en Informatique et Systèmes Aléatoires (IRISA). FRA., Jan 2014, Rennes, France. 615 p</w:t>
+              <w:t xml:space="preserve">EGC: Extraction et Gestion des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Reims, France. pp.267-278</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00916964v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01265294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Belief revision in the propositional closure of a qualitative algebra</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Un système de RÀPC pour prévoir l'allocation de parcelles agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Lieber</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Principles of Knowledge Representation and Reasoning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Vienne, Austria. pp.4</w:t>
+              <w:t xml:space="preserve">1ère conférence sur les Application Pratiques de l'Intelligence Artificielle (APIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche en Informatique et en Automatique (INRIA). FRA., Jul 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01094264v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01201882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RCA as a data transforming method: a comparison with propositionalisation</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Comparaison des chemins de Hilbert adaptatif et des graphes de voisinage pour la caractérisation d'un parcellaire agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Guyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICFCA: International Conference on Formal Concept Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conférence Extraction et Gestion de Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de Recherche en Informatique et Systèmes Aléatoires (IRISA). FRA., Jan 2014, Rennes, France. 615 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01058967v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00916964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Révision des croyances dans la clôture propositionnelle d'une algèbre qualitative</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+                <w:t xml:space="preserve">Belief revision in the propositional closure of a qualitative algebra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valmi Dufour-Lussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Lieber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JIAF-2014 -- Huiti{\`e}mes Journ{\'e}es de l'Intelligence Artificielle Fondamentale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Angers, France. pp.10</w:t>
+              <w:t xml:space="preserve">14th International Conference on Principles of Knowledge Representation and Reasoning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Vienne, Austria. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01093977v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01094264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HydroQual: Visual analysis of river water quality</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">RCA as a data transforming method: a comparison with propositionalisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kartick Chandra Mondal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Huchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VAST: Visual Analytics Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/VAST.2014.7042488⟩</w:t>
+              <w:t xml:space="preserve">ICFCA: International Conference on Formal Concept Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Cluj-Napoca, Romania. pp.112-127, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-07248-7_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01275383v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01058967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feedbacks on data collection, data modeling and data integration of large datasets: application to Rhin-Meuse and Rhone-Mediterranean districts (France)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Révision des croyances dans la clôture propositionnelle d'une algèbre qualitative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valmi Dufour-Lussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEFS 2013 - 8th Symposium for European Freshwater Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Münster, Germany</w:t>
+              <w:t xml:space="preserve">JIAF-2014 -- Huiti{\`e}mes Journ{\'e}es de l'Intelligence Artificielle Fondamentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Angers, France. pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00916431v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01093977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implémentation d'un raisonnement spatial qualitatif sur les relations RCC8 au moyen de OWL et de SWRL</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">HydroQual: Visual analysis of river water quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Accorsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sallaberry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Bringay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC - 24èmes Journées francophones d'Ingénierie des Connaissances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">VAST: Visual Analytics Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Paris, France. pp.123-132, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VAST.2014.7042488⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00914302v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01275383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raisonner à partir de cas (ou pas) pour l’allocation de cultures pérennes dans un territoire agricole</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Révisor : un ensemble de moteurs d'adaptation de cas par révision des croyances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cojan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valmi Dufour-Lussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème atelier Français de Raisonnement à Partir de Cas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Lille, France</w:t>
+              <w:t xml:space="preserve">JIAF - Septièmes Journées de l'Intelligence Artificielle Fondamentale - 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01358257v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse Relationnelle de Concepts pour l'exploration de données relationnelles</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Feedbacks on data collection, data modeling and data integration of large datasets: application to Rhin-Meuse and Rhone-Mediterranean districts (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumia Lilia Berrahou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Molla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Cernesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGC: Extraction et Gestion des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, Toulouse, France. pp.121-132</w:t>
+              <w:t xml:space="preserve">SEFS 2013 - 8th Symposium for European Freshwater Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Münster, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-00816297v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00916431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi index assessment of streams and associated uncertainties: application to macrophytes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse Relationnelle de Concepts pour l'exploration de données relationnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Huchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Nebut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Symposium for European Freshwater Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Münster, Germany</w:t>
+              <w:t xml:space="preserve">EGC: Extraction et Gestion des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Toulouse, France. pp.121-132</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00880297v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-00816297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OrderSpan: Mining Closed Partially Ordered Patterns</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Raisonner à partir de cas (ou pas) pour l’allocation de cultures pérennes dans un territoire agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDA: Intelligent Data Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">21ème atelier Français de Raisonnement à Partir de Cas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Lille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00880290v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01358257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AOC-posets: a scalable alternative to Concept Lattices for Relational Concept Analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Implémentation d'un raisonnement spatial qualitatif sur les relations RCC8 au moyen de OWL et de SWRL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Marc-Zwecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François de Bertrand de Beuvron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Zanni-Merk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marianne Huchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLA: Concept Lattices and their Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, La Rochelle, France. pp.129-140</w:t>
+              <w:t xml:space="preserve">IC - 24èmes Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00916850v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualitative Spatial Reasoning in RCC8 with OWL and SWRL</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Multi index assessment of streams and associated uncertainties: application to macrophytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Wiederkehr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Fabrègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Fontan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KEOD 2013 - International Conference on Knowledge Engineering and Ontology Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Vilamoura, Portugal</w:t>
+              <w:t xml:space="preserve">8th Symposium for European Freshwater Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Münster, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00914509v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00880297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Case Adaptation with Qualitative Algebras</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">OrderSpan: Mining Closed Partially Ordered Patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Fabrègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Bringay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laura Martin</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Joint Conferences on Artificial Intelligence</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IDA: Intelligent Data Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, London, United Kingdom. pp.186-197, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-41398-8_17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00871703v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00880290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Révisor : un ensemble de moteurs d'adaptation de cas par révision des croyances</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">AOC-posets: a scalable alternative to Concept Lattices for Relational Concept Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dolques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Huchard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JIAF - Septièmes Journées de l'Intelligence Artificielle Fondamentale - 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">CLA: Concept Lattices and their Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, La Rochelle, France. pp.129-140</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856487v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00916850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation de cas spatiaux et temporels</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Qualitative Spatial Reasoning in RCC8 with OWL and SWRL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Marc-Zwecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François de Bertrand de Beuvron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Zanni-Merk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laura Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20ème atelier Français de Raisonnement à Partir de Cas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laura Martin and Zied Yakoubi, Jun 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">KEOD 2013 - International Conference on Knowledge Engineering and Ontology Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Vilamoura, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00712982v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des structures des haies et des linéaires pérennes dans deux paysages agricoles contrastés</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Case Adaptation with Qualitative Algebras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valmi Dufour-Lussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO - International Conference on Spatial Analysis and GEOmatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Liège, Belgique. pp.16</w:t>
+              <w:t xml:space="preserve">International Joint Conferences on Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Pékin, China. pp.3002-3006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00742681v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00871703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction de motifs spatio-temporels à différentes échelles avec gestion de relations spatiales qualitatives</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Semi-automatic annotation process for procedural texts: An application on cooking recipes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valmi Dufour-Lussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Meilender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Nauer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inforsid</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Montpellier, France. pp.123-138</w:t>
+              <w:t xml:space="preserve">Cooking with Computers workshop - ECAI 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-00735616v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00735262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organisation spatiale, dessinée par les paysans, du corridor forestier de Fianarantsoa</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Adapting Spatial and Temporal Cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valmi Dufour-Lussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème édition Forum de la recherche: " Innovations scientifiques et technologiques - Valorisation de la recherche "</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference for Case-Based Reasoning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Amélie Cordier, Marie Lefevre, Sep 2012, Lyon, France. pp.77-91, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-32986-9_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764152v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00735231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling farmers' choice of miscanthus allocation in farmland : a case-based reasoning model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Extension du formalisme des flux opérationnels par une algèbre temporelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valmi Dufour-Lussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoît</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. biannial meeting of the International Environmental Modelling and Software Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Environmental Modeling and Software Society (iEMSs). Manno, CHE., Jul 2012, Liepzig, Germany. 3151 p</w:t>
+              <w:t xml:space="preserve">Sixièmes Journées de l'Intelligence Artificielle Fondamentale (JIAF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sébastien Konieczny, May 2012, Toulouse, France. pp.133-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748431v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00712978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure analysis of hedgerows and other perennial landscape lines in two French agricultural landscapes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modelling farmers' choice of miscanthus allocation in farmland: a case-based reasoning model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sébastien da Silva</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Wohlfahrt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Bocquého</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGILE 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Avignon, France. pp.6</w:t>
+              <w:t xml:space="preserve">2012 International Congress on Environmental Modelling and Software, Managing Resources of a Limited Planet, Sixth Biennial Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Leipzig, Germany. pp.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00685777v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00724085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stream multi-index assessment and associated uncertainties : application to macroinvertebrate and macrophytes</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Organisation spatiale, dessinée par les paysans, du corridor forestier de Fianarantsoa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Hyacinthe Ramaroson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertin Ramamonjisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Internationales de Limnologie et d'Océanographie - JILO 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">4ème édition Forum de la recherche: " Innovations scientifiques et technologiques - Valorisation de la recherche "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Antananarivo, Madagascar</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764287v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Including spatial relations and scales within sequential pattern extraction</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modeling farmers' choice of miscanthus allocation in farmland : a case-based reasoning model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Wohlfahrt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Bocquého</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DS: Discovery Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6. biannial meeting of the International Environmental Modelling and Software Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Environmental Modeling and Software Society (iEMSs). Manno, CHE., Jul 2012, Liepzig, Germany. 3151 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-00735617v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling farmers' choice of miscanthus allocation in farmland: a case-based reasoning model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Structure analysis of hedgerows and other perennial landscape lines in two French agricultural landscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoît</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 International Congress on Environmental Modelling and Software, Managing Resources of a Limited Planet, Sixth Biennial Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Leipzig, Germany. pp.8</w:t>
+              <w:t xml:space="preserve">AGILE 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Avignon, France. pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00724085v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00685777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extension du formalisme des flux opérationnels par une algèbre temporelle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Extraction de motifs spatio-temporels à différentes échelles avec gestion de relations spatiales qualitatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Fabrègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Bringay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Lieber</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixièmes Journées de l'Intelligence Artificielle Fondamentale (JIAF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sébastien Konieczny, May 2012, Toulouse, France. pp.133-142</w:t>
+              <w:t xml:space="preserve">Inforsid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Montpellier, France. pp.123-138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00712978v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-00735616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adapting Spatial and Temporal Cases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+                <w:t xml:space="preserve">Adaptation de cas spatiaux et temporels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valmi Dufour-Lussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Lieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference for Case-Based Reasoning</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">20ème atelier Français de Raisonnement à Partir de Cas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laura Martin and Zied Yakoubi, Jun 2012, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00735231v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00712982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-automatic annotation process for procedural texts: An application on cooking recipes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Analyse des structures des haies et des linéaires pérennes dans deux paysages agricoles contrastés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Nauer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cooking with Computers workshop - ECAI 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Montpellier, France</w:t>
+              <w:t xml:space="preserve">SAGEO - International Conference on Spatial Analysis and GEOmatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Liège, Belgique. pp.16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00735262v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00742681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels formalismes temporels pour représenter des connaissances extraites de textes de recettes de cuisine ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Stream multi-index assessment and associated uncertainties : application to macroinvertebrate and macrophytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Wiederkehr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Fontan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Représentation et raisonnement sur le temps et l'espace</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Chambéry, France</w:t>
+              <w:t xml:space="preserve">Journées Internationales de Limnologie et d'Océanographie - JILO 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00634735v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la structure des haies dans les vergers pour la définition de paysages mieux adaptés contre les bioagresseurs</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Including spatial relations and scales within sequential pattern extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Fabrègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Bringay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO 2011 - International Conference on Spatial Analysis and GEOmatics Conférence internationale de Géomatique et d'Analyse Spatiale Au sein de la 25e Conférence Internationale de Cartographie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DS: Discovery Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Lyon, France. pp.209-223, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-33492-4_18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00615301v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-00735617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A lattice-based query system for assessing the quality of hydro-ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Nica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Grac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CLA 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Nancy, France. pp.265-277</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00640048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutral modelling of agricultural landscapes by tessellation methods: the GenExP-LandSiTes software - Application to the simulation of gene flow</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Quels formalismes temporels pour représenter des connaissances extraites de textes de recettes de cuisine ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valmi Dufour-Lussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LANDMOD 2010 : International conference on Integrative Landscape Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2010, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Représentation et raisonnement sur le temps et l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756528v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00634735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’agrégation spatiale appliquée à la sectorisation des réseaux hydrographiques : Pertinence géographique et perspectives opérationnelles</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Analyse de la structure des haies dans les vergers pour la définition de paysages mieux adaptés contre les bioagresseurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Leviandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique et Technique de l'Astee / Engess</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Astee, Engess, Mar 2010, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">SAGEO 2011 - International Conference on Spatial Analysis and GEOmatics Conférence internationale de Géomatique et d'Analyse Spatiale Au sein de la 25e Conférence Internationale de Cartographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Paris, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01343557v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00615301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cas socio-spatiaux pour le diagnostic prospectif de territoires</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Un système d'information pour le suivi et l'évaluation de la qualité des cours d'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Trémolières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Atelier Raisonnement à Partir de Cas - RàPC 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Strasbourg, France. pp.83-90</w:t>
+              <w:t xml:space="preserve">Actes du 3ème atelier " Systèmes d'Information et de Décision pour l'Environnement" - SIDE 2010 - Congrès Inforsid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Marseille, France. pp.12--21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00497574v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00498545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutral modelling of agricultural landscapes by tessellation methods: the GenExP-LandSiTes software - Application to the simulation of gene flow</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L’agrégation spatiale appliquée à la sectorisation des réseaux hydrographiques : Pertinence géographique et perspectives opérationnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Alber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Leviandier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Integrative Landscape Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2010, Montpellier, France. pp.1-9</w:t>
+              <w:t xml:space="preserve">Journée Scientifique et Technique de l'Astee / Engess</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Astee, Engess, Mar 2010, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00468772v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01343557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentation temporelle qualitative de recettes de cuisine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Neutral modelling of agricultural landscapes by tessellation methods: the GenExP-LandSiTes software - Application to the simulation of gene flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Adamczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Colbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTE 2010 - atelier associé à la conférence RFIA 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2010, France. pp.25-28</w:t>
+              <w:t xml:space="preserve">LANDMOD 2010 : International conference on Integrative Landscape Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00459322v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un système d'information pour le suivi et l'évaluation de la qualité des cours d'eau</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Cas socio-spatiaux pour le diagnostic prospectif de territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michèle Trémolières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du 3ème atelier " Systèmes d'Information et de Décision pour l'Environnement" - SIDE 2010 - Congrès Inforsid</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Marseille, France. pp.12--21</w:t>
+              <w:t xml:space="preserve">18ème Atelier Raisonnement à Partir de Cas - RàPC 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Strasbourg, France. pp.83-90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00498545v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00497574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une démarche fondée sur les treillis de Galois pour l'aide à la qualification de l'état des milieux aquatiques</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Neutral modelling of agricultural landscapes by tessellation methods: the GenExP-LandSiTes software - Application to the simulation of gene flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Adamczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Colbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIDE 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Toulouse, France. pp.95-104</w:t>
+              <w:t xml:space="preserve">International Conference on Integrative Landscape Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Montpellier, France. pp.1-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00390697v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00468772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative impacts of closest fields and background pollen on GM adventitious presence rates in non-GM harvests</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Représentation temporelle qualitative de recettes de cuisine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetically Modified Crops Coexistence Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Melbourne, Australia. pp.1-7</w:t>
+              <w:t xml:space="preserve">RTE 2010 - atelier associé à la conférence RFIA 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, France. pp.25-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00438113v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00459322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation d'une algèbre temporelle pour la représentation et l'adaptation de recettes de cuisine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Combiner treillis de Galois et analyse factorielle multiple pour l'analyse de traits biologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bertaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pulu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Trémolières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème Séminaire Raisonnement à partir de Cas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Paris, France. pp.141-149</w:t>
+              <w:t xml:space="preserve">XVIème Recontres de la Société Francophone de Classification - SFC 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Grenoble, France. pp.117-120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00409087v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00418920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response of biological indices to pressures in the running waters of the Alsace floodplain (eastern France). Towards a proposal of a new tool for assessing ecological status of waterbodies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Une démarche fondée sur les treillis de Galois pour l'aide à la qualification de l'état des milieux aquatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Grac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Pristavu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michèle Trémolières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th symposium for European Freshwater Sciences - SEFS 6</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Sinaia, Romania</w:t>
+              <w:t xml:space="preserve">SIDE 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Toulouse, France. pp.95-104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00438472v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00390697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correspondances de Galois pour la manipulation de contextes flous multi-valués</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Utilisation d'une algèbre temporelle pour la représentation et l'adaptation de recettes de cuisine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Agnès Braud</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extraction et Gestion de Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2009, Strasbourg, France. pp.193-198</w:t>
+              <w:t xml:space="preserve">17ème Séminaire Raisonnement à partir de Cas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Paris, France. pp.141-149</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00350679v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00409087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying ecological traits: a concrete FCA-based approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Response of biological indices to pressures in the running waters of the Alsace floodplain (eastern France). Towards a proposal of a new tool for assessing ecological status of waterbodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photis Nobelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Trémolières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Formal Concept Analysis - ICFCA 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Darmstadt, Germany. pp.224-236</w:t>
+              <w:t xml:space="preserve">6th symposium for European Freshwater Sciences - SEFS 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Sinaia, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00369290v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00438472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combiner treillis de Galois et analyse factorielle multiple pour l'analyse de traits biologiques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Relative impacts of closest fields and background pollen on GM adventitious presence rates in non-GM harvests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne K. Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Adamczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIème Recontres de la Société Francophone de Classification - SFC 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Grenoble, France. pp.117-120</w:t>
+              <w:t xml:space="preserve">Genetically Modified Crops Coexistence Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Melbourne, Australia. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00418920v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00438113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GenExP, a software for simulating random field-patterns</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Correspondances de Galois pour la manipulation de contextes flous multi-valués</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bertaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Mari</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spatial Landscape Modelling Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Extraction et Gestion de Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Strasbourg, France. pp.193-198</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00295678v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00350679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modéliser l'entre deux dans l'organisation spatiale des exploitations agricoles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Identifying ecological traits: a concrete FCA-based approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bertaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Brassac</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Trémolières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jean-Pierre Deffontaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Versailles, France</w:t>
+              <w:t xml:space="preserve">7th International Conference on Formal Concept Analysis - ICFCA 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Darmstadt, Germany. pp.224-236</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00252068v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00369290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation d'épisodes de conception d'observatoires à partir de corpus narratifs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modéliser l'entre deux dans l'organisation spatiale des exploitations agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Brassac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes des 18es Journées Francophones d'Ingénierie des Connaissances - IC 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Grenoble, France. pp.327-328</w:t>
+              <w:t xml:space="preserve">Journées Jean-Pierre Deffontaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00161712v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00252068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi et analyse d'un processus collaboratif de modélisation de connaissances spatiales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">GenExP, a software for simulating random field-patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Brassac</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Adamczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Québéco-Française de Développement de la Géomatique (CQFD-Géo 2007)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Clermont-Ferrand, France. pp.1-8</w:t>
+              <w:t xml:space="preserve">Spatial Landscape Modelling Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00156976v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00295678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mining Complex Hydrobiological Data with Galois Lattices</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modélisation d'épisodes de conception d'observatoires à partir de corpus narratifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Nogry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brassac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Advances in Conceptual Knowledge Engineering (ACKE'07)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Regensburg, Germany. pp.519--523</w:t>
+              <w:t xml:space="preserve">Actes des 18es Journées Francophones d'Ingénierie des Connaissances - IC 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Grenoble, France. pp.327-328</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00177936v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00161712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GENEXP, un logiciel simulateur de paysages agricoles pour l'étude de la diffusion de transgènes</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Suivi et analyse d'un processus collaboratif de modélisation de connaissances spatiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brassac</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International de Géomatique et d'Analyse Spatiale, Recherches et Développements - SAGEO-2006</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conférence Québéco-Française de Développement de la Géomatique (CQFD-Géo 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Clermont-Ferrand, France. pp.1-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754636v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00156976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mettre à jour des épisodes pour contribuer à la conception d'observatoires de pratiques</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mining Complex Hydrobiological Data with Galois Lattices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bertaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4èmes Journées d'Étude en Psychologie Ergonomique - EPIQUE 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Nantes, France</w:t>
+              <w:t xml:space="preserve">International Workshop on Advances in Conceptual Knowledge Engineering (ACKE'07)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Regensburg, Germany. pp.519--523</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00179659v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00177936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation d'épisodes de conception d'observatoires à partir de corpus narratifs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">GENEXP, un logiciel simulateur de paysages agricoles pour l'étude de la diffusion de transgènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Adamczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Colbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du 15ème atelier de raisonnement à partir de cas - RàPC2007</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colloque International de Géomatique et d'Analyse Spatiale, Recherches et Développements - SAGEO-2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Strasbourg, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/GEO.17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00161700v1</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response of biological indices to pressures in the running waters of the Alsace floodplain (Eastern France). Towards a proposal of a new tool to assess ecological status of waterbodies</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mettre à jour des épisodes pour contribuer à la conception d'observatoires de pratiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Nogry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brassac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michèle Trémolières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium for European Freshwater Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Palermo, Italy</w:t>
+              <w:t xml:space="preserve">4èmes Journées d'Étude en Psychologie Ergonomique - EPIQUE 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00172469v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00179659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mining a database on Alsatian rivers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modélisation d'épisodes de conception d'observatoires à partir de corpus narratifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Nogry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brassac</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Hydroinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, France. pp.2263-2270</w:t>
+              <w:t xml:space="preserve">Actes du 15ème atelier de raisonnement à partir de cas - RàPC2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Grenoble, France. pp.103-110</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00107053v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00161700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GenExP, un logiciel pour simuler des paysages agricoles en vue de l'étude de la diffusion de transgènes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Response of biological indices to pressures in the running waters of the Alsace floodplain (Eastern France). Towards a proposal of a new tool to assess ecological status of waterbodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photis Nobelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Trémolières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International de Géomatique et d'analyse spatiale (SAGEO'2006)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Symposium for European Freshwater Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Palermo, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755977v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00172469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GENEXP, un logiciel pour simuler des paysages agricoles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mining a database on Alsatian rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Grac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Trémolières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International de Géomatique et d'Analyse Spatiale, Recherches et Développements - SAGEO-2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Strasbourg/France, France. pp.1 -- 12</w:t>
+              <w:t xml:space="preserve">7th International Conference on Hydroinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, France. pp.2263-2270</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00103382v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00107053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations, structures et objets : quelques variations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">GenExP, un logiciel pour simuler des paysages agricoles en vue de l'étude de la diffusion de transgènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2005, pp.177—190</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Adamczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque International de Géomatique et d'analyse spatiale (SAGEO'2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00009282v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation, comparaison et interprétation d'organisations spatiales agricoles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">GENEXP, un logiciel pour simuler des paysages agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Adamczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Benoît</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du colloque "Société de l'information"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Lyon, France. pp.194--198</w:t>
+              <w:t xml:space="preserve">Colloque International de Géomatique et d'Analyse Spatiale, Recherches et Développements - SAGEO-2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Strasbourg/France, France. pp.1 -- 12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00012192v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00103382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction collaborative d'objets géo-graphiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Relations, structures et objets : quelques variations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">2005, pp.1-13</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, pp.177—190</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00011239v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00009282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CarrotAge, a software for mining land-use data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modélisation, comparaison et interprétation d'organisations spatiales agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Osty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourth International Workshop on Environmental Applications of Machine Learning - EAML'2004</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Bled, Slovenia, 2 p</w:t>
+              <w:t xml:space="preserve">Actes du colloque "Société de l'information"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Lyon, France. pp.194--198</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00099884v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00012192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éléments pour la modélisation et la représentation de structures spatiales agricoles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Construction collaborative d'objets géo-graphiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Vannes, France, pp.197-210</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brassac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mainguenaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Préau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, pp.1-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00099788v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00011239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three Galois lattices of topological relations: design, comparison and use</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">CarrotAge, a software for mining land-use data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de l'informatique Messine - JIM'2003</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2003, Metz, France, pp.55--66</w:t>
+              <w:t xml:space="preserve">Fourth International Workshop on Environmental Applications of Machine Learning - EAML'2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Bled, Slovenia, 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00099532v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CarrotAge, un logiciel pour la fouille de données agricoles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modeling and representing structures for analyzing spatial organization in agronomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Metzger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Céline Schott</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque STIC et Environnement SE'2003</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INSA Rouen, Jun 2003, Rouen, France, 4 p</w:t>
+              <w:t xml:space="preserve">11th International Conference on Conceptual Structures - ICCS 2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2003, Dresden, Germany, pp.215--228</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00107651v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and representing structures for analyzing spatial organization in agronomy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Temporal and Spatial Data Mining with Second-Order Hidden Markov Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Conceptual Structures - ICCS 2003</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2003, Dresden, Germany, pp.215--228</w:t>
+              <w:t xml:space="preserve">Fourth International Conference on Knowledge Discovery and Discrete Mathematics - Journées de l'informatique Messine - JIM'2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUT de Metz, LITA, Sep 2003, Metz, France, pp.247--254</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00099585v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal and Spatial Data Mining with Second-Order Hidden Markov Models</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Éléments pour la modélisation et la représentation de structures spatiales agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Metzger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourth International Conference on Knowledge Discovery and Discrete Mathematics - Journées de l'informatique Messine - JIM'2003</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IUT de Metz, LITA, Sep 2003, Metz, France, pp.247--254</w:t>
+              <w:t xml:space="preserve">Langages et Modèles à Objets - LMO'2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Vannes, France, pp.197-210</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00099573v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation temporelle et spatiale de données agricoles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Three Galois lattices of topological relations: design, comparison and use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoît</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes des 6èmes Journées Cassini 2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR SIGMA, Sep 2002, Presqu'Île de Crozon, France, pp.251-272</w:t>
+              <w:t xml:space="preserve">Journées de l'informatique Messine - JIM'2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Metz, France, pp.55--66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00107596v1</w:t>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and comparison of lattices of topological relations based on Galois lattice theory</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">CarrotAge, un logiciel pour la fouille de données agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eight International Conference on Principles of Knowledge Representation and Reasoning - KR'2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2002, Toulouse, France, pp.37--46</w:t>
+              <w:t xml:space="preserve">Colloque STIC et Environnement SE'2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSA Rouen, Jun 2003, Rouen, France, 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00100740v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00107651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Object-based Representation and Classification of Spatial Structures and Relations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Using DL for a Case-Based Explanation System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Metzger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Tools with Artificial Intelligence - ICTAI'2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2002, Washington DC, Etats-Unis d'Amerique, 8 p</w:t>
+              <w:t xml:space="preserve">International Workshop on Description Logics - DL'2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Toulouse, France, pp.203-210</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00107568v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00107549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling and comparing maps with graphs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Utilisation des logiques de descriptions pour la représentation des structures spatiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Metzger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECAI Workshop on Spatial and Temporal Reasoning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2002, Lyon, France, 4 p</w:t>
+              <w:t xml:space="preserve">Journées CASSINI 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2002, Presqu'île de Crozon, France, 5 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00107555v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00101013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Galois lattice for qualitative spatial reasoning and representation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Analyse de l'interaction experts -- informaticiens lors de la modélisation de connaissances spatiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brassac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Metzger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECAI Workshop on Advances in Formal Concept Analysis for Knowledge Discovery in Databases - FCAKDD'2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2002, Lyon, France, 12 p</w:t>
+              <w:t xml:space="preserve">13èmes Journées francophones sur l'ingénierie des Connaissances - IC'2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Rouen, France, 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00107582v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00107552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation des logiques de descriptions pour la représentation des structures spatiales</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Segmentation temporelle et spatiale de données agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées CASSINI 2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2002, Presqu'île de Crozon, France, 5 p</w:t>
+              <w:t xml:space="preserve">Actes des 6èmes Journées Cassini 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR SIGMA, Sep 2002, Presqu'Île de Crozon, France, pp.251-272</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00101013v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00107596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using DL for a Case-Based Explanation System</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Design and comparison of lattices of topological relations based on Galois lattice theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Description Logics - DL'2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, Toulouse, France, pp.203-210</w:t>
+              <w:t xml:space="preserve">Eight International Conference on Principles of Knowledge Representation and Reasoning - KR'2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2002, Toulouse, France, pp.37--46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00107549v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00100740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l'interaction experts -- informaticiens lors de la modélisation de connaissances spatiales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Object-based Representation and Classification of Spatial Structures and Relations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Metzger</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13èmes Journées francophones sur l'ingénierie des Connaissances - IC'2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, Rouen, France, 10 p</w:t>
+              <w:t xml:space="preserve">International Conference on Tools with Artificial Intelligence - ICTAI'2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2002, Washington DC, Etats-Unis d'Amerique, 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00107552v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00107568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chorèmes et graphes pour modéliser les interactions entre organisation spatiale et fonctionnement des exploitations agricoles</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modelling and comparing maps with graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Metzger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées CASSINI 2001</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, Montpellier, France. 15 p</w:t>
+              <w:t xml:space="preserve">ECAI Workshop on Spatial and Temporal Reasoning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2002, Lyon, France, 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00100487v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00107555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Representation of spatial relations and structures in object-based knowledge representation systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A Galois lattice for qualitative spatial reasoning and representation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECAI Workshop on Current Issues in Spatio-Temporal Reasoning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">ECAI Workshop on Advances in Formal Concept Analysis for Knowledge Discovery in Databases - FCAKDD'2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2002, Lyon, France, 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00099030v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00107582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une proposition pour la représentation de structures dans un système de représentation de connaissances par objets</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Chorèmes et graphes pour modéliser les interactions entre organisation spatiale et fonctionnement des exploitations agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Katalin Bognar</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Metzger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ingénierie des Connaissances - Ic-2000</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, N. Aussenac-Gilles, 2000, Toulouse, France, pp.145-152</w:t>
+              <w:t xml:space="preserve">Journées CASSINI 2001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Montpellier, France. 15 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00099363v1</w:t>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00100487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouille de données agricoles par Modèles de Markov cachés</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Representation of spatial relations and structures in object-based knowledge representation systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoît</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées francophones d'Ingénierie des Connaissances - IC'2000</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, Toulouse, France, pp.197--205</w:t>
+              <w:t xml:space="preserve">ECAI Workshop on Current Issues in Spatio-Temporal Reasoning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00099024v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un système de reconnaissance d'organisations spatiales agricoles sur images satellitaires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Une proposition pour la représentation de structures dans un système de représentation de connaissances par objets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katalin Bognar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reconnaissance des Formes et Intelligence Artificielle - RFIA'2000</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFRIF-AFIA, 2000, Paris, France, pp.119-128</w:t>
+              <w:t xml:space="preserve">Ingénierie des Connaissances - Ic-2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, N. Aussenac-Gilles, 2000, Toulouse, France, pp.145-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00099325v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Objets graphiques et cognition située et distribuée. Un exemple en acquisition de connaissances</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Fouille de données agricoles par Modèles de Markov cachés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Brassac</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Représentations graphiques dans les systèmes complexes naturels et artificiels. Journées de Rochebrune</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2000, none, 14 p</w:t>
+              <w:t xml:space="preserve">Journées francophones d'Ingénierie des Connaissances - IC'2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Toulouse, France, pp.197--205</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00099177v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification de successions culturales par modèles de Markov</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Un système de reconnaissance d'organisations spatiales agricoles sur images satellitaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoît</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludmila Mangelinck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Septième journées de la Société Francophone de Classification - SFC'99</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Loria, 1999, Nancy, France, pp.177 -- 184</w:t>
+              <w:t xml:space="preserve">Reconnaissance des Formes et Intelligence Artificielle - RFIA'2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFRIF-AFIA, 2000, Paris, France, pp.119-128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00098767v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A reactive approach for solving constraint satisfaction problems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Objets graphiques et cognition située et distribuée. Un exemple en acquisition de connaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Chevrier</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brassac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agent Theories,Architectures, and Languages - ATAl'98</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, Paris, France</w:t>
+              <w:t xml:space="preserve">Représentations graphiques dans les systèmes complexes naturels et artificiels. Journées de Rochebrune</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2000, none, 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00098468v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multi-Agent System for the Simulation of Land Use Organization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Classification de successions culturales par modèles de Markov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Dury</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd IFAC/CIGR Workshop on Artificial Intelligence in Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, Makuhari, Chiba, Japan. 6 p</w:t>
+              <w:t xml:space="preserve">Septième journées de la Société Francophone de Classification - SFC'99</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Loria, 1999, Nancy, France, pp.177 -- 184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00098434v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00098767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A reactive approach for solving constraint satisfaction problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Dury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Chevrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agent Theories,Architectures, and Languages - ATAl'98</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00098468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Un modèle multi-agents pour la simulation en agronomie : usages et comparaisons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Dury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Chevrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones sur l'intelligence artificielle distribuée et les systèmes multi-agents - JFIADSMA 98</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, Pont-à-Mousson (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00098469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Multi-Agent System for the Simulation of Land Use Organization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Chevrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Dury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd IFAC/CIGR Workshop on Artificial Intelligence in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Makuhari, Chiba, Japan. 6 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00098434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">TETRA – From Methodology to Operational Tools for Water-Based AI Projects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zenner Maximilian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hellmund Tobias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moßgraber Jürgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hansen Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haro Salvador Peña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2026, Vienna, Austria. pp.EGU26-20836</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05552598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-SPMiner : un framework d'apprentissage profond pour l'extraction de motifs fréquents dans des multi-graphes avec application aux graphes spatio-temporels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assaad Zeghina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Leborgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Vacavant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24ème conférence francophone sur l'Extraction et la Gestion des Connaissances. EGC 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Dijon, France. EGC 2024. Revue des Nouvelles Technologies de l'Information, RNTI-E-40, pp.427-428</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Landscape as designed by farming systems: a challenge for landscape agronomists in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Herrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Rizzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Camilla Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Farming Systems Design 2007, International symposium on Methodologies for Integrated Analysis of Farm Production Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Catania, Italy. , 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00607575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20476,4080 +21068,4201 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formal Concept Analysis 15th International Conference, ICFCA 2019, Frankfurt, Germany, June 25–28, 2019, Proceedings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Cristea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bariş Sertkaya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-21462-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02446538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Special issue on agro-environmental decision support systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bimonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Miralles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elsevier, pp.327-396, 2015, Ecological Informatics vol.30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02602022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intelligence artificielle et agronomie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Guyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Revue d'Intelligence Artificielle, 27, pp.273, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00916980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développements logiciels en géomatique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId399" w:history="1">
+                <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Hermes Lavoisier, pp.297, 2012</w:t>
+              <w:t xml:space="preserve">ISTE - WILEY, pp.331, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00724084v1</w:t>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00724080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId399" w:history="1">
+                <w:t xml:space="preserve">Développements logiciels en géomatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ISTE - WILEY, pp.331, 2012</w:t>
+              <w:t xml:space="preserve">Hermes Lavoisier, pp.297, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00724080v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00724084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Informations géographiques -- Connaissances et enjeux environnementaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Actes du 5ème atelier &amp;quot;Représentation et raisonnement sur le Temps et l'Espace&amp;quot; RTE 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maroua Bouzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Hermès - Lavoisier, pp.141-271, 2010</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Ligozat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Papini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maroua Bouzid et Florence Le Ber et Gérard Ligozat et odile Papini. pp.45, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00516979v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00618328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">18ème Atelier &amp;quot;Raisonnement à Partir de Cas&amp;quot; RàPC 2010</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Informations géographiques -- Connaissances et enjeux environnementaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Florence Le Ber et Jean Renaud. pp.100, 2010</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Libourel Rouge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermès - Lavoisier, pp.141-271, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00618324v1</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00516979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actes du 5ème atelier &amp;quot;Représentation et raisonnement sur le Temps et l'Espace&amp;quot; RTE 2010</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">18ème Atelier &amp;quot;Raisonnement à Partir de Cas&amp;quot; RàPC 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Maroua Bouzid et Florence Le Ber et Gérard Ligozat et odile Papini. pp.45, 2010</w:t>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Le Ber et Jean Renaud. pp.100, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00618328v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00618324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes du 4ème atelier Représentation et raisonnement sur le temps et l'espace (RTE 2008), SAGEO'08, Montpellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maroua Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Ligozat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Papini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGMA, pp.68, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00607560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes du colloque international &amp;quot;Spatial Analysis and GEOmatics&amp;quot;, SAGEO'08 - 25-27 juin 2008</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Libourel Rouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGMA, pp.actes sur CD, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00330279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes du 3ème atelier Représentation et raisonnement sur le temps et l'espace (RTE 2007)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maroua Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Ligozat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Papini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AFIA, pp.72, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00161703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raisonnements sur l'espace et le temps : des modèles aux applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Ligozat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Papini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lavoisier, pp.419, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00126022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentation et raisonnement sur le temps et l'espace -- Actes de l'atelier AFIA, Nice, 30 mai 2005</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Ligozat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AFIA, pp.52, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00014313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (28)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dealing with large volumes of complex relational data using RCA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Huchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Keip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rokia Missaoui; Léonard Kwuida; Talel Abdessalem. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Complex Data Analytics with Formal Concept Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.105-134, 2022, 978-3-030-93277-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-93278-7_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03744342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adjusting the Exploration Flow in Relational Concept Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amirouche Ouzerdine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Huchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rakia Jaziri; Arnaud Martin; Marie-Christine Rousset; Lydia Boudjeloud-Assala; Fabrice Guillet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Knowledge Discovery and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1004 (9), Springer, pp.175-198, 2022, Studies in Computational Intelligence, 978-3-030-90286-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-90287-2_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-04089524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualitative reasoning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Condotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Ligozat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Travé-Massuyès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A Guided Tour of Artificial Intelligence Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Springer, pp.151-183, 2020, 978-3-030-06164-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-06164-7_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04352036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raisonnement algébrique pour des données incertaines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Structure Analysis of Hedgerows With Respect to Perennial Landscape Lines in Two Contrasting French Agricultural Landscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’imperfection des données géographiques 1: Bases théoriques / Geographic Data Imperfection 1: From Theory to Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/9781119507284.ch7⟩</w:t>
+              <w:t xml:space="preserve">Geospatial Intelligence : Concepts, Methodologies, Tools, and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, chapter 55, IGI Global, 1882 p., 2019, Critical Explorations (IRMA), 9781522580546. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4018/978-1-5225-8054-6.ch055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426281v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02790518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algebraic Reasoning for Uncertain Data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Raisonnement algébrique pour des données incertaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Mireille Batton-Hubert; Eric Desjardin; François Pinet. </w:t>
+              <w:t xml:space="preserve">M. Batton-Hubert, É. Desjardin, F. Pinet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geographic Data Imperfection 1</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId423" w:history="1">
+              <w:t xml:space="preserve">L’imperfection des données géographiques 1: Bases théoriques / Geographic Data Imperfection 1: From Theory to Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE; Wiley, 2019, 9781784056247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119507284.ch7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04352037v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure Analysis of Hedgerows With Respect to Perennial Landscape Lines in Two Contrasting French Agricultural Landscapes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Algebraic Reasoning for Uncertain Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mireille Batton-Hubert; Eric Desjardin; François Pinet. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geospatial Intelligence : Concepts, Methodologies, Tools, and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4018/978-1-5225-8054-6.ch055⟩</w:t>
+              <w:t xml:space="preserve">Geographic Data Imperfection 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wiley, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119507284.ch7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02790518v1</w:t>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04352037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relational Concept Analysis for Relational Data Exploration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Huchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Nebut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabrice Guillet; Bruno Pinaud; Gilles Venturini; Djamel Abdelkader Zighed. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Knowledge Discovery and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5, Springer International Publishing, pp.57-77, 2016, Studies in Computational Intelligence, vol. 615, 978-3-319-23751-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-23751-0_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05391280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relational Concept Analysis for Relational Data Exploration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Huchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Nebut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Knowledge Discovery and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5 (Part II), pp.57-77, 2016, 978-3-319-23751-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-23751-0_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01382348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raisonnement qualitatif sur les systèmes dynamiques, le temps et l'espace, chapter I.4</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">Pierre Marquis, Odile Papini, Henri Prade. </w:t>
+                <w:t xml:space="preserve">Combining Ontological and Qualitative Spatial Reasoning : Application to Urban Images Interpretation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François de Bertrand de Beuvron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Marc-Zwecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Zanni-Merk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ana Fred; Jan L.G. Dietz; Kecheng Liu; Joaquim Filipe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Panorama de l'intelligence artificielle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Knowledge Discovery, Knowledge Engineering and Knowledge Management - 5th International Joint Conference, IC3K 2013, Vilamoura, Portugal, September 19-22, 2013. Revised Selected Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 454, Springer, pp.182-198, 2015, Communications in Computer and Information Science (CCIS), 978-3-662-46549-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-662-46549-3_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05404438v1</w:t>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05391262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raisonnement qualitatif, temps et espace (chapitre 4 du volume 1 : Représentation des connaissances et formalisation des raisonnements)</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">Pierre Marquis, Odile Papini et Henri Prade. </w:t>
+                <w:t xml:space="preserve">Raisonnement qualitatif sur les systèmes dynamiques, le temps et l'espace, chapter I.4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-F. Condotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ligozat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Travé-Massuyès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Marquis, Odile Papini, Henri Prade. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Panorama de l'Intelligence Artificeille - Ses bases méthodologiques ses développements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 4, Cépaduès, 2013</w:t>
+              <w:t xml:space="preserve">Panorama de l'intelligence artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cépaduès, pp.123-153, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03300354v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05404438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modéliser &amp;quot; l'entre deux &amp;quot; dans l'organisation spatiale des exploitations agricoles -- Mise en évidence de quelques problématiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Raisonnement qualitatif, temps et espace (chapitre 4 du volume 1 : Représentation des connaissances et formalisation des raisonnements)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Condotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">S. Lardon. </w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Ligozat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Travé-Massuyès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Marquis, Odile Papini et Henri Prade. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géoagronomie, paysage et projets de territoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, QUAE, pp.63-72, 2012, Indisciplines, 978-2-7592-1856-1</w:t>
+              <w:t xml:space="preserve">Panorama de l'Intelligence Artificeille - Ses bases méthodologiques ses développements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 4, Cépaduès, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00742683v1</w:t>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03300354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modéliser &amp;quot; l'entre deux &amp;quot; dans l'organisation spatiale des exploitations agricoles -- Mise en évidence de quelques problématiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">B. Bucher et F. Le Ber. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brassac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Lardon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISTE - WILEY, pp.1-21, 2012, GIS Series</w:t>
+              <w:t xml:space="preserve">Géoagronomie, paysage et projets de territoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, QUAE, pp.63-72, 2012, Indisciplines, 978-2-7592-1856-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00724078v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00742683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId399" w:history="1">
+                <w:t xml:space="preserve">Analysis of the specificities of Software Development in Geomatics Research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Bucher et F. Le Ber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développements logiciels en géomatique -- innovations et mutualisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hermes Lavoisier, pp.17-34, 2012, IGAT</w:t>
+              <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE - WILEY, pp.285-292, 2012, GIS Series</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00718748v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00724081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the specificities of Software Development in Geomatics Research</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">GenExp-LandSiTes: a 2D Agricultural Generating Piece of Software</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">B. Bucher et F. Le Ber. </w:t>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Benedicte Bucher and Florence Le Ber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, ISTE - WILEY, pp.285-292, 2012, GIS Series</w:t>
+              <w:t xml:space="preserve">, ISTE WILEY, pp.189 -- 214, 2012, GIS, 978-1-84821-364-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00724081v1</w:t>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00718259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Défis et propositions pour la mutualisation de développements logiciels en géomatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Gaffuri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Libourel Rouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Bucher et F. Le Ber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Développements logiciels en géomatique -- innovations et mutualisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermes Lavoisier, pp.271-290, 2012, IGAT</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00718768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GenExp-LandSiTes: a 2D Agricultural Generating Piece of Software</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Benedicte Bucher and Florence Le Ber. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. Bucher et F. Le Ber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISTE WILEY, pp.189 -- 214, 2012, GIS, 978-1-84821-364-7</w:t>
+              <w:t xml:space="preserve">Développements logiciels en géomatique -- innovations et mutualisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermes Lavoisier, pp.17-34, 2012, IGAT</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00718259v1</w:t>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00718748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des spécificités des développements logiciels en géomatique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Bucher et F. Le Ber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développements logiciels en géomatique -- innovations et mutualisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hermes Lavoisier, pp.264-269, 2012, IGAT</w:t>
+              <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE - WILEY, pp.1-21, 2012, GIS Series</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00718762v1</w:t>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00724078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges and Proposals for Software Development Pooling in Geomatics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId399" w:history="1">
+                <w:t xml:space="preserve">Analyse des spécificités des développements logiciels en géomatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thérèse Libourel Rouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Bucher et F. Le Ber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISTE - WILEY, pp.293-316, 2012, GIS Series</w:t>
+              <w:t xml:space="preserve">Développements logiciels en géomatique -- innovations et mutualisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermes Lavoisier, pp.264-269, 2012, IGAT</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00724082v1</w:t>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00718762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GenExp-LandSiTes : un logiciel générateur de paysages agricoles 2D</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Challenges and Proposals for Software Development Pooling in Geomatics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gaffuri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Bénédicte Bucher et Florence Le Ber. </w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Libourel Rouge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. Bucher et F. Le Ber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développements logiciels en géomatique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, HERMES Lavoisier, pp.181 -- 202, 2012, Information Géographique et Aménagement du Territoire, 978-2-7462-2437-2</w:t>
+              <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE - WILEY, pp.293-316, 2012, GIS Series</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00718266v1</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00724082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Markov Models to Mine Temporal and Spatial Data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId442" w:history="1">
+                <w:t xml:space="preserve">GenExp-LandSiTes : un logiciel générateur de paysages agricoles 2D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Mari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">Kimito Funatsu and Kiyoshi Hasegawa. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bénédicte Bucher et Florence Le Ber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Fundamental Technologies in Data Mining</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Intech, pp.561--584, 2011, 978-953-307-547-1</w:t>
+              <w:t xml:space="preserve">Développements logiciels en géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HERMES Lavoisier, pp.181 -- 202, 2012, Information Géographique et Aménagement du Territoire, 978-2-7462-2437-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00566801v1</w:t>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00718266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treillis pour le raisonnement spatial</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Using Markov Models to Mine Temporal and Spatial Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">F. Le Ber, G. Ligozat et O. Papini. </w:t>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El-Ghali Lazrak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Eng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kimito Funatsu and Kiyoshi Hasegawa. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raisonnements sur l'espace et le temps : des modèles aux applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hermès - Lavoisier, pp.225-248, 2007, Traité IGAT</w:t>
+              <w:t xml:space="preserve">New Fundamental Technologies in Data Mining</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Intech, pp.561--584, 2011, 978-953-307-547-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00151040v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00566801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconnaissance de paysages agricoles à l'aide de treillis de relations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Treillis pour le raisonnement spatial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Le Ber, G. Ligozat et O. Papini. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raisonnements sur l'espace et le temps : des modèles aux applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Hermès - Lavoisier, pp.291-304, 2007, Traité IGAT</w:t>
+              <w:t xml:space="preserve">, Hermès - Lavoisier, pp.225-248, 2007, Traité IGAT</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00151045v1</w:t>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00151040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les systèmes à base de connaissances</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Reconnaissance de paysages agricoles à l'aide de treillis de relations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">J. Akoka and I. Comyn-Wattiau. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">F. Le Ber, G. Ligozat et O. Papini. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Encyclopédie de l'informatique et des systèmes d'information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vuibert, pp.1197--1208, 2006, 978-2-7117-4846-4</w:t>
+              <w:t xml:space="preserve">Raisonnements sur l'espace et le temps : des modèles aux applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermès - Lavoisier, pp.291-304, 2007, Traité IGAT</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00201566v1</w:t>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00151045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why and how design monitoring processes of farmer practices in European landscape?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Passouant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Thenail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dupraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Langeveld, H. ; Röling, N. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Changing European farming systems for a better future. New visions for rural areas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wageningen Academic Publisher, Wageningen (NLD), pp.461-462, 2006, 90-86860-02-8 978-90-8686-002-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00443092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodes de représentation des règles d'organisation du territoire agricole</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les systèmes à base de connaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">C. Laurent et P. Thinon. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Akoka and I. Comyn-Wattiau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultures et territoires</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.191 -- 206, 2005, Traité IGAT</w:t>
+              <w:t xml:space="preserve">Encyclopédie de l'informatique et des systèmes d'information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vuibert, pp.1197--1208, 2006, 978-2-7117-4846-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00014309v1</w:t>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00201566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes de représentation des règles d'organisation de territoires agricoles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Capitaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agricultures et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermes, 2005, 2-7462-1052-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02827830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des paysages agricoles : définition d'indicateurs pour la reconnaissance de structures spatiales sur images satellitaires</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Méthodes de représentation des règles d'organisation du territoire agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">P. Monestiez and S. Lardon and B. Seguin. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Laurent et P. Thinon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organisation spatiale des activités agricoles et processus environnementaux</w:t>
+              <w:t xml:space="preserve">Agricultures et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId462" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.279--302, 2004, Science Update</w:t>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermès Lavoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.191 -- 206, 2005, Traité IGAT</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00099942v1</w:t>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00014309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Analyse des paysages agricoles : définition d'indicateurs pour la reconnaissance de structures spatiales sur images satellitaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bachacou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludmila Mangelinck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P. Monestiez and S. Lardon and B. Seguin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organisation spatiale des activités agricoles et processus environnementaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">INRA Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.279--302, 2004, Science Update</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">De la confiserie sur le Causse, ou comment concilier chorèmes et graphes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Brassac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Préau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Metzger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">C. Blanc-Pamard and J.-P. Deffontaines and S. Lardon and C. Raichon and S. Zasser-Bedoya. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agro-tribulations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRA éditions, pp.117-129, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00100268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -24559,946 +25272,946 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un logiciel pour l'aide à l'analyse de cartes d'acteurs réalisées à main levée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Ciron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stella Marc-Zwecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Heitz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01609158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration de données temporelles avec des treillis relationnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Nica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Huchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01198589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une expérience de constitution d’un système d’information multi-sources pour l’étude de la qualité de l’eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bringay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Cernesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Fabrègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01102727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation d'un parcellaire agricole : comparaison des sacs de noeuds obtenus par un chemin de Hilbert adaptatif et un graphe de voisinage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Guyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Guyet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sébastien da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, pp.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01100583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche de motifs partiellement ordonnés clos discriminants pour caractériser l'état des milieux aquatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Fabrègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bringay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01102784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OrderGeneMiner : Logiciel pour l'extraction et la visualisation de motifs partiellement ordonnés à partir de puces à ADN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Fabrègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bringay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Henri Lecellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-00802709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relational Data Exploration by Relational Concept Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Huchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Nebut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012, pp.39-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-00726998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction au dossier &amp;quot;De la bergerie au centre de calcul : élaboration collective de connaissances spatiales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00607563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mining Complex Hydrobiological Data with Galois Lattices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bertaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01199540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -25508,788 +26221,788 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extension nationale de la plateforme de fouille de Fresqueau : rapport final.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Grac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dolques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Braud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] ENGEES. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03103120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belief revision in the propositional closure of a qualitative algebra (extended version)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valmi Dufour-Lussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Lieber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Technical Report] INRIA Nancy. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00954512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de la dispersion de transgènes à l'échelle de paysages agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Angevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Adamczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Colbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02811988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Comparison of Lattices of Topological Relations for Spatial Representation and Reasoning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludmila Mangelinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-4321, INRIA. 2001, pp.57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00072266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes de la journée sur l'adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Lieber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Interne] A00-R-331 || le_ber00e, 2000, 50 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00099310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Treillis de relations topologiques et reconnaissance de structures spatiales sur images satellitaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludmila Mangelinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Interne] A00-R-419 || le_ber00g, 2000, 74 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00099074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and comparison of lattices of topological relations: Application to satellite image understanding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludmila Mangelinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Intern report] A00-R-214 || le_ber00c, 2000, 39 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00099307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simuler l'organisation d'un territoire agricole : différentes approches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Dury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Chevrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Interne] 98-R-252 || le_ber98c, LORIA. 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00098471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -26299,389 +27012,389 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formal Concept Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksey Buzmakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Hanika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICFCA 2021, Strasbourg, France, June 29 – July 2, 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Strasbourg, France. 12733, Springer, 2021, Lecture Notes in Artificial Intelligence, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-77867-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03325499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de paysages agricoles pour la simulation et l'analyse de processus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Angevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues H. Boussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modélisation de paysages agricoles pour la simulation et l’analyse de processus Colloque PAYOTE 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Paris, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03768077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de paysages agricoles pour la simulation et l'analyse de processus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Angevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Boussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Guyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Joannon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">38 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02800606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -26691,164 +27404,164 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supplementary Proceedings of ICFCA 2019 -- Conference and Workshops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Cristea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rokia Missaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Kwuida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baris Sertkaya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CEUR Workshop Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2378, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05473332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId497"/>
+      <w:footerReference w:type="default" r:id="rId516"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -26995,51 +27708,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138994v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Fokou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Cellier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dolques" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ferr&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Ber" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijar.2025.109496" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391989v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adhish Guli Virupaksha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nagel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lehmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mahdi Rajabi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Hoteit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.125149" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587869v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assaad Oussama Zeghina" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Leborgne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vacavant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2024.127861" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864823v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Grac" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Braud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gan&#231;arski" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Herrmann" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2022.101921" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325504v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Braud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Tremolieres" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Beisel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2021.108070" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360765v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Reza Hajizadeh Javaran" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou-Oury Bah" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Frey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.122131" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081393v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Nica" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2019.02.037" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01986937v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirouche Labib Ouzerdine" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Huchard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193061v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Herv&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hyacinthe Ramaroson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-01773571v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lieber" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02567492v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Poggi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Papaix" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lavigne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Angevin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-018-0699-8" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857724v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2018.06.011" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676339v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Martin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mille" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beno&#238;t" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624655v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ria.31.681-707" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343051v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Wiederkehr" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fontan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Labat" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-016-2799-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265521v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03081079.2015.1072927" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01183446v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Libourel Rouge" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Nebut" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ISI.20.2.9-39" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168753v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Bimonte" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Boulil" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bringay" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Cernesson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05473307v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Bertrand de Beuvron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Marc-Zwecker" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Zanni-Merk" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-46549-3_12" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090295v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Fabr&#232;gue" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2014.10.021" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GDMR8TVB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223918v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumia Lilia Berrahou" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lalande" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Serrano" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Molla" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-&#201;quille" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2015.09.012" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144020v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelonne Teisseire" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2014.12.027" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3LX76Q16-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057112v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Randrianarison" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057108v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien da Silva" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/ijaeis.2014010102" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090331v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2014.09.003" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581464v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057105v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2014.07.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862250v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertin Ramamonjisoa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601106v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guyet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Ber" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905206v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Wohlfahrt" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640698v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leviandier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Alber" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2011.08.031" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649359v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00812704v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valmi Dufour-Lussier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nauer" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.is.2012.11.014" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733672v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607741v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Martin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bertaux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Maillard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Imfeld" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-011-9687-6" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1L25M5HD-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601991v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tr&#233;moli&#232;res" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00576238v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Nogry" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brassac" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531756v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409081v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Adamczyk" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colbach" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2009.06.019" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294151v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne K. Klein" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mari" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2664.2008.01504.x" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337132v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337158v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Osty" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337837v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Mondada" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199114v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162171v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Napoli" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10472-007-9054-5" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2CWXZ7G8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653976v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Caron" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mainguenaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.16.269-284" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017169v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schott" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2005.08.031" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-320B90WL-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000007v2" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00500-005-0501-0" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107069v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087228v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Metzger" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674988v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Metzger" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.L. Osty" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009285v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.15.263-280" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-BKX1Q4CN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00140584v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099579v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099811v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100759v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/jucs-008-08-0751" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00101033v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100435v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Mangelinck" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107540v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098913v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276161v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chouvet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00885873v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276145v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276127v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494087v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Ghazouani" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Giustozzi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141149v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05298483v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-03364-2_3" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058570v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747401v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim El Haff" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Antoun" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pitchon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/faia240760" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622852v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622856v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934557v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Haff Karim" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163978v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Pitchon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589913v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2023.10.097" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148236v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35949-1_12" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110805v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezriel Steinberg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Lafontaine" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398267v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Kirandjiska" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86982-3_12" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698359v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Oury Bah" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48537/gdsj-nz68" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238122v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Degiorgis" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Harsan" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238128v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Massart" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325497v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321317v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leborgne" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227089v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325496v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fechter" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lachiche" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05513938v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Niezgoda" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meillier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446536v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375094v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Meyer" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Giraud" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02092148v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Keip" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gutierrez" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Sarter" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21462-3_13" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818718v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91379-7_12" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01877126v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Heitz" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Mathis" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103135v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735760v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560194v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-61030-6_5" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521562v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-59271-8_9" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104469v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Combroux" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rozan" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Meyer" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Fernandez" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108094v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380407v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40985-6_2" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380404v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266344v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265294v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201882v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00916964v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094264v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Hermann" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058967v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kartick Chandra Mondal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07248-7_9" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093977v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01275383v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Accorsi" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sallaberry" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VAST.2014.7042488" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916431v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00914302v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358257v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00816297v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880297v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880290v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-41398-8_17" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-9B9JGTKL-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916850v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00914509v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00871703v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00856487v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cojan" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00712982v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742681v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00735616v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764152v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748431v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bocqu&#233;ho" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685777v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764287v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00735617v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33492-4_18" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724085v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00712978v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00735231v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32986-9_8" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00735262v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Meilender" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00634735v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615301v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640048v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756528v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01343557v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alber" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497574v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468772v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459322v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498545v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390697v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Pristavu" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dor" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438113v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409087v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438472v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Photis Nobelis" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lafont" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350679v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369290v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418920v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pulu Li" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00295678v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00252068v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161712v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156976v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177936v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754636v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/GEO.17" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179659v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161700v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172469v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107053v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755977v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00103382v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009282v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012192v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Capitaine" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011239v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Pr&#233;au" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099884v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099788v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099532v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107651v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099585v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099573v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107596v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100740v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107568v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107555v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107582v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00101013v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107549v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107552v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100487v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099030v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099363v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katalin Bognar" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099024v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099325v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099177v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098767v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098468v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dury" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chevrier" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098434v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098469v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607575v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Herrmann" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rizzo" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Camilla Moonen" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446538v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Cristea" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bari&#351; Sertkaya" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21462-3" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602022v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pinet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bimonte" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Miralles" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00916980v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724084v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bucher" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724080v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516979v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00618324v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Renaud" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00618328v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Bouzid" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ligozat" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Papini" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607560v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330279v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161703v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126022v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014313v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744342v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-93278-7_5" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04089524v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirouche Ouzerdine" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90287-2_9" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352036v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Condotta" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Trav&#233;-Massuy&#232;s" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-06164-7_5" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426281v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119507284.ch7" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352037v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790518v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-5225-8054-6.ch055" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391280v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23751-0_4" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01382348v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404438v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F. Condotta" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ligozat" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Trav&#233;-Massuy&#232;s" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03300354v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742683v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724078v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718748v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724081v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718768v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gaffuri" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00718259v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Mari" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718762v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724082v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00718266v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00566801v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Ghali Lazrak" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Eng" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151040v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151045v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00201566v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443092v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Passouant" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Thenail" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hubert-Moy" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupraz" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014309v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal.archives-ouvertes.fr/hal-00014309" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827830v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099942v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bachacou" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal.inria.fr/inria-00099942" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100268v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609158v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Ciron" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198589v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01102727v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100583v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01102784v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00802709v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Lecellier" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00726998v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607563v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199540v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103120v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00954512v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811988v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072266v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099310v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099074v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099307v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098471v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325499v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksey Buzmakov" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hanika" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-77867-5" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03768077v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues H. Boussard" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fabre" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800606v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Boussard" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05473332v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rokia Missaoui" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Kwuida" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baris Sertkaya" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05548651v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleem Ethaib" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Fahs" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Mishbak" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad N Fares" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal S Makki" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/hydrology13030087" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138994v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Fokou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Cellier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dolques" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ferr&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Ber" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijar.2025.109496" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391989v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adhish Guli Virupaksha" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nagel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lehmann" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mahdi Rajabi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Hoteit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.125149" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587869v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assaad Oussama Zeghina" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Leborgne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vacavant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2024.127861" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864823v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Grac" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Braud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gan&#231;arski" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Herrmann" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2022.101921" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325504v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Braud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Tremolieres" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Beisel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2021.108070" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360765v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Reza Hajizadeh Javaran" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou-Oury Bah" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Frey" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.122131" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081393v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Nica" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2019.02.037" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01986937v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirouche Labib Ouzerdine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Huchard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193061v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Herv&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hyacinthe Ramaroson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-01773571v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lieber" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02567492v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Poggi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Papaix" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lavigne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Angevin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-018-0699-8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857724v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2018.06.011" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624655v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Martin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mille" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ria.31.681-707" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676339v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beno&#238;t" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343051v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Wiederkehr" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fontan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Labat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-016-2799-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265521v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03081079.2015.1072927" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223918v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumia Lilia Berrahou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lalande" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Serrano" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Molla" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-&#201;quille" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2015.09.012" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01183446v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Libourel Rouge" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Nebut" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ISI.20.2.9-39" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168753v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Bimonte" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Boulil" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bringay" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Cernesson" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090295v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Fabr&#232;gue" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2014.10.021" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GDMR8TVB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05473307v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Bertrand de Beuvron" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Marc-Zwecker" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Zanni-Merk" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-46549-3_12" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144020v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelonne Teisseire" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2014.12.027" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3LX76Q16-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581464v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057105v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2014.07.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057112v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Randrianarison" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057108v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien da Silva" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/ijaeis.2014010102" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090331v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2014.09.003" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862250v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertin Ramamonjisoa" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601106v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guyet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Ber" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640698v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leviandier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Alber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2011.08.031" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733672v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Wohlfahrt" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649359v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00812704v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valmi Dufour-Lussier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nauer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.is.2012.11.014" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905206v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607741v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Martin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bertaux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Maillard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Imfeld" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-011-9687-6" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1L25M5HD-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00576238v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Nogry" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brassac" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601991v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tr&#233;moli&#232;res" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531756v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409081v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Adamczyk" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colbach" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2009.06.019" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337837v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Mondada" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Osty" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294151v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne K. Klein" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mari" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2664.2008.01504.x" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337132v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337158v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162171v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Napoli" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10472-007-9054-5" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2CWXZ7G8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199114v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653976v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Caron" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mainguenaud" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.16.269-284" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017169v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schott" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2005.08.031" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-320B90WL-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000007v2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00500-005-0501-0" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107069v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087228v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Metzger" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674988v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Metzger" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.L. Osty" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009285v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.15.263-280" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-BKX1Q4CN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00140584v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099811v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099579v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100759v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/jucs-008-08-0751" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00101033v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100435v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Mangelinck" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107540v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098913v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276161v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chouvet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276145v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00885873v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276127v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494087v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Ghazouani" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Giustozzi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553117v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leborgne" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058570v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553116v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05298483v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-03364-2_3" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553114v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assaad Zeghina" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-94139-9_13" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622856v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747401v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim El Haff" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Antoun" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pitchon" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/faia240760" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622852v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934557v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Haff Karim" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163978v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Pitchon" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589913v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2023.10.097" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148236v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35949-1_12" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110805v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezriel Steinberg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Lafontaine" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325496v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fechter" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lachiche" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227089v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398267v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Kirandjiska" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86982-3_12" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238122v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Degiorgis" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Harsan" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698359v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Oury Bah" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48537/gdsj-nz68" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238128v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Massart" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325497v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321317v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05513938v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Niezgoda" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meillier" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446536v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375094v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Meyer" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Giraud" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02092148v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Keip" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gutierrez" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Sarter" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21462-3_13" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818718v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91379-7_12" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01877126v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Heitz" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Mathis" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103135v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108094v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735760v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560194v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-61030-6_5" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521562v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-59271-8_9" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104469v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Combroux" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rozan" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Meyer" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Fernandez" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266344v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380404v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380407v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40985-6_2" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265294v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201882v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00916964v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094264v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Hermann" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058967v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kartick Chandra Mondal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07248-7_9" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093977v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01275383v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Accorsi" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sallaberry" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VAST.2014.7042488" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00856487v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cojan" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916431v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00816297v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358257v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00914302v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880297v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880290v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-41398-8_17" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-9B9JGTKL-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916850v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00914509v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00871703v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00735262v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Meilender" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00735231v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32986-9_8" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00712978v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724085v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bocqu&#233;ho" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764152v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748431v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685777v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00735616v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00712982v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742681v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764287v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00735617v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33492-4_18" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640048v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00634735v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615301v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498545v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01343557v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alber" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756528v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497574v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468772v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459322v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418920v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pulu Li" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390697v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Pristavu" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dor" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409087v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438472v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Photis Nobelis" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lafont" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438113v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350679v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369290v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00252068v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00295678v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161712v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156976v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177936v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754636v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/GEO.17" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179659v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161700v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172469v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107053v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755977v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00103382v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009282v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012192v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Capitaine" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011239v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Pr&#233;au" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099884v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099585v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099573v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099788v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099532v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107651v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107549v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00101013v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107552v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107596v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100740v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107568v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107555v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107582v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100487v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099030v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099363v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katalin Bognar" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099024v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099325v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099177v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098767v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098468v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dury" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chevrier" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098469v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098434v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05552598v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zenner Maximilian" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hellmund Tobias" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#223;graber J&#252;rgen" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hansen Issa" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haro Salvador Pe&#241;a" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553111v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607575v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Herrmann" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rizzo" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Camilla Moonen" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446538v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Cristea" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bari&#351; Sertkaya" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21462-3" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602022v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pinet" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bimonte" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Miralles" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00916980v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724080v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bucher" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724084v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00618328v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Bouzid" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ligozat" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Papini" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516979v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00618324v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Renaud" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607560v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330279v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161703v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126022v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014313v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744342v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-93278-7_5" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04089524v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirouche Ouzerdine" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90287-2_9" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352036v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Condotta" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Trav&#233;-Massuy&#232;s" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-06164-7_5" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790518v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-5225-8054-6.ch055" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426281v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119507284.ch7" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352037v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391280v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23751-0_4" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01382348v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391262v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404438v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F. Condotta" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ligozat" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Trav&#233;-Massuy&#232;s" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03300354v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742683v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724081v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00718259v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Mari" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718768v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gaffuri" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718748v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724078v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718762v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724082v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00718266v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00566801v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Ghali Lazrak" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Eng" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151040v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151045v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443092v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Passouant" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Thenail" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hubert-Moy" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupraz" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00201566v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827830v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014309v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal.archives-ouvertes.fr/hal-00014309" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099942v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bachacou" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal.inria.fr/inria-00099942" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100268v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609158v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Ciron" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198589v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01102727v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100583v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01102784v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00802709v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Lecellier" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00726998v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607563v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199540v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103120v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00954512v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811988v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072266v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099310v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099074v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099307v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098471v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325499v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksey Buzmakov" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hanika" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-77867-5" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03768077v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues H. Boussard" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fabre" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800606v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Boussard" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05473332v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rokia Missaoui" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Kwuida" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baris Sertkaya" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>