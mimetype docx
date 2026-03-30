--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -838,467 +838,467 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04178183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review: Quality of animal-source foods</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gene expression profiling of trout muscle during flesh quality recovery following spawning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Etienne E Bouillot</w:t>
+                <w:t xml:space="preserve">Yéléhi Diane Ahongo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Le Cam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Montfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2021.100376⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (1), pp.9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-021-08228-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03445602v1</w:t>
+                <w:t xml:space="preserve">hal-03519475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene expression profiling of trout muscle during flesh quality recovery following spawning</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+                <w:t xml:space="preserve">Review: Quality and authentication of organic animal products in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Prache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-021-08228-3⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (1), pp.100405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2021.100405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03519475v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03452661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review: Quality and authentication of organic animal products in Europe</w:t>
+                <w:t xml:space="preserve">Review: Quality of animal-source foods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Prache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Adamiec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Baéza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joël Gautron</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Etienne E Bouillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 16 (1), pp.100405. </w:t>
+              <w:t xml:space="preserve">, 2022, 16 (Suppl. 1), pp.100376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2021.100405⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2021.100376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03452661v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03445602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flesh quality recovery in female rainbow trout (Oncorhynchus mykiss) after spawning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yéléhi Diane Ahongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2547,433 +2547,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le phénotypage de la qualité des produits animaux : enjeux et innovations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conception d'un système innovant de production de truites en eau recirculée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Duval</w:t>
+                <w:t xml:space="preserve">Alexis Fostier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régine Talon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+                <w:t xml:space="preserve">M. Jamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRA Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 27 (3), pp.223-234. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2014.27.3.3069⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 27 (2), pp.135-146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2014.27.2.3061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193936v1</w:t>
+                <w:t xml:space="preserve">hal-01205090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d'un système innovant de production de truites en eau recirculée</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Labbé</w:t>
+                <w:t xml:space="preserve">Early fish myoseptal cells: insights from the trout and relationships with amniote axial tenocytes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Bricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ralliere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Rescan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2014.27.2.3061⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (3), 8 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0091876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01205090v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01205084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early fish myoseptal cells: insights from the trout and relationships with amniote axial tenocytes.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le phénotypage de la qualité des produits animaux : enjeux et innovations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Ralliere</w:t>
+                <w:t xml:space="preserve">Elisabeth Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Lebret</w:t>
+                <w:t xml:space="preserve">Régine Talon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (3), 8 p. </w:t>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 27 (3), pp.223-234. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0091876⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2014.27.3.3069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01205084v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics and metabolism of different adipose tissues in fish</w:t>
               </w:r>
@@ -3579,665 +3579,665 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02668616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rearing oxygen level and slaughter stress effects on rainbow trout flesh quality</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+                <w:t xml:space="preserve">Changes induced by dietary energy intake and divergent selection for muscle fat content in rainbow trout &amp;lt;em&amp;gt;(Oncorhynchus mykiss)&amp;lt;/em&amp;gt;, assessed by transcriptome and proteome analysis of the liver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ines Kolditz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Paboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Aupérin</w:t>
+                <w:t xml:space="preserve">Maïena Borthaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Aubin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Diane D. Esquerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali San Cristobal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2008.07.017⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 9:506, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-9-506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02668597v1</w:t>
+                <w:t xml:space="preserve">hal-02668969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes induced by dietary energy intake and divergent selection for muscle fat content in rainbow trout &amp;lt;em&amp;gt;(Oncorhynchus mykiss)&amp;lt;/em&amp;gt;, assessed by transcriptome and proteome analysis of the liver</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biological basis of fish quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-9-506⟩</w:t>
+              <w:t xml:space="preserve">Sciences des aliments = Food science : an international journal of food science and technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 28 (4-5), pp.365-377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/sda.28.365-377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02668969v1</w:t>
+                <w:t xml:space="preserve">hal-02658473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological basis of fish quality</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pre-slaughter conditions, animal stress and welfare: current status and possible future research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Aupérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences des aliments = Food science : an international journal of food science and technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/sda.28.365-377⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2 (10), pp.1501-1517. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731108002723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-                <w:t xml:space="preserve">hal-02658473v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02668529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-slaughter conditions, animal stress and welfare: current status and possible future research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claudia Terlouw</w:t>
+                <w:t xml:space="preserve">Liver and muscle metabolic changes induced by dietary energy content and genetic selection in rainbow trout &amp;lt;em&amp;gt;(Oncorhynchus mykiss)&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ines Kolditz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Arnould</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cécile Berri</w:t>
+                <w:t xml:space="preserve">Mayena Borthaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
+                <w:t xml:space="preserve">N. Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Corraze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Panserat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1751731108002723⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Physiology - Regulatory, Integrative and Comparative Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 294 (4), pp.R1154-R1164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/ajpregu.00766.2007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02668529v1</w:t>
+                <w:t xml:space="preserve">hal-02665435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liver and muscle metabolic changes induced by dietary energy content and genetic selection in rainbow trout &amp;lt;em&amp;gt;(Oncorhynchus mykiss)&amp;lt;/em&amp;gt;</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">N. Richard</w:t>
+                <w:t xml:space="preserve">Rearing oxygen level and slaughter stress effects on rainbow trout flesh quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Aupérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geneviève Corraze</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Joël Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physiology - Regulatory, Integrative and Comparative Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 284, pp.81-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2008.07.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpregu.00766.2007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02665435v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02668597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal denaturation and aggregation properties of Atlantic salmon myofibrils and myosin from white and red muscles</w:t>
               </w:r>
@@ -4365,90 +4365,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact des conditions de pré-abattage sur le stress et le bien-être des animaux d'élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Aupérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 20 (1), pp.93-100. </w:t>
@@ -4503,51 +4503,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moderate hypoxia or hyperoxia affect fillet yield and the proportion of red muscle in rainbow trout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4904,51 +4904,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Médale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Corraze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 38 (1), pp.37-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5603,510 +5603,510 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic parameter estimation of growth and quality traits in the Oso Farming population of Madagascar tiger shrimp Penaeus monodon</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anastasia Bestin</w:t>
+                <w:t xml:space="preserve">Caractérisation histologique de la croissance musculaire des poissons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Branthonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Gabillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AQUA 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Copenhagen, Denmark</w:t>
+              <w:t xml:space="preserve">37. Congrès AFH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française d'Histologie, Jun 2024, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04724394v1</w:t>
+                <w:t xml:space="preserve">hal-04721324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation histologique de la croissance musculaire des poissons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimation des paramètres génétiques de la croissance et de la qualité dans la population d'Oso Farming de la crevette tigrée de Madagascar Penaeus monodon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Morvezen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Guillerm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Bestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37. Congrès AFH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française d'Histologie, Jun 2024, Saint Malo, France</w:t>
+              <w:t xml:space="preserve">8. Journées de la Recherche Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04721324v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04724100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation des paramètres génétiques de la croissance et de la qualité dans la population d'Oso Farming de la crevette tigrée de Madagascar Penaeus monodon</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+                <w:t xml:space="preserve">Impact de la durée de mise au froid des œillés de truite arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lallias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Harté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Pouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tina Terrenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journées de la Recherche Piscicole</w:t>
+              <w:t xml:space="preserve">8èmes Journées de la Recherche Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04724100v1</w:t>
+                <w:t xml:space="preserve">hal-04722110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la durée de mise au froid des œillés de truite arc-en-ciel</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tina Terrenne</w:t>
+                <w:t xml:space="preserve">Genetic parameter estimation of growth and quality traits in the Oso Farming population of Madagascar tiger shrimp Penaeus monodon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Morvezen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Guillerm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Bestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8èmes Journées de la Recherche Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">AQUA 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04722110v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04724394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la durée de mise au froid des œillés de truite arc-en-ciel (Projet FEAMP EpiCOOL)</w:t>
               </w:r>
@@ -6118,51 +6118,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Marandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Pouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Harte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6211,152 +6211,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04256478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restauration post-ponte des qualités chez la truite arc-en-ciel (Oncorhynchus mykiss) : synthèse des résultats du projet Feamp QualiPostOv</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effet d’un prébiotique en supplémentation d’un aliment végétal ou commercial sur les qualités des produits chez la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doriane Combot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Brit</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées de la Recherche Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée PEIMA (Pisciculture Expérimentale INRAE des Monts d'Arrée)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE-PEIMA, Nov 2022, Sizun, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04296533v1</w:t>
+                <w:t xml:space="preserve">hal-04726176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quality of animal-source foods: lessons from a collective scientific expertise</w:t>
               </w:r>
@@ -6461,152 +6461,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03960288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet d’un prébiotique en supplémentation d’un aliment végétal ou commercial sur les qualités des produits chez la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Restauration post-ponte des qualités chez la truite arc-en-ciel (Oncorhynchus mykiss) : synthèse des résultats du projet Feamp QualiPostOv</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Goardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yéléhi Diane Ahongo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doriane Combot</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Laurent Labbé</w:t>
+                <w:t xml:space="preserve">Guillaume Brit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée PEIMA (Pisciculture Expérimentale INRAE des Monts d'Arrée)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE-PEIMA, Nov 2022, Sizun, France</w:t>
+              <w:t xml:space="preserve">7. Journées de la Recherche Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04726176v1</w:t>
+                <w:t xml:space="preserve">hal-04296533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FEAMP Qualipostov : Optimisation des qualités de grande truite arc-en-ciel (Oncorhynchus mykiss) après ovulation</w:t>
               </w:r>
@@ -6631,64 +6631,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yéléhi Diane Ahongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Brit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée PEIMA (Pisciculture Expérimentale INRA des Monts d'Arrée)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE-PEIMA, Nov 2022, Sizun, France</w:t>
@@ -6756,64 +6756,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yéléhi Diane Ahongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Brit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée PEIMA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Sizun, France</w:t>
@@ -6842,51 +6842,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flesh quality recovery in female rainbow trout (Oncorhynchus mykiss) after egg production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yéléhi Diane Ahongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6967,51 +6967,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restauration de la qualité de la chair chez la truite arc-en-ciel femelle (Oncorhynchus mykiss) après la production d’œufs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yéléhi Diane Ahongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7092,51 +7092,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restauration de la qualité de la chair chez la truite arc-en-ciel femelle (Oncorhynchus mykiss) après la production d'oeufs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yéléhi Diane Ahongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7256,51 +7256,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Gabillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Jagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7711,527 +7711,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02139701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la truite fumée à la PEIMA : les caractéristiques initiales du poisson impactent-elles la qualité du produit transformé</w:t>
+                <w:t xml:space="preserve">Les lignées isogéniques : un modèle d'étude des déterminants de la qualité chez la truite arc-en-ciel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Guyvarc'H</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Adeline Jouquan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lebret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée PEIMA (Pisciculture Expérimentale INRA des Monts d'Arrée)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UE Pisciculture Expérimentale INRA des Monts d'Arrée (0937)., Jan 2015, Sizun, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02798625v1</w:t>
+                <w:t xml:space="preserve">hal-01194069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lignées isogéniques : un modèle d'étude des déterminants de la qualité chez la truite arc-en-ciel</w:t>
+                <w:t xml:space="preserve">De la truite fumée à la PEIMA : les caractéristiques initiales du poisson impactent-elles la qualité du produit transformé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guyvarc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lebret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée PEIMA (Pisciculture Expérimentale INRA des Monts d'Arrée)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UE Pisciculture Expérimentale INRA des Monts d'Arrée (0937)., Jan 2015, Sizun, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01194069v1</w:t>
+                <w:t xml:space="preserve">hal-02798625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité des produits de truites de grande taille élevées en circuit recirculé ou ouvert : conséquences d'un stress à l'abattage</w:t>
+                <w:t xml:space="preserve">Les lignées isogéniques : un modèle d'étude de la qualité chez la truite arc-en-ciel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Claudiane Valotaire</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Jouquan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Journées de la Recherche Filière Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Jul 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">15. Journées Sciences du Muscle et Technologies des Viandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Nov 2014, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743793v1</w:t>
+                <w:t xml:space="preserve">hal-01193990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lignées isogéniques : un modèle d'étude de la qualité chez la truite arc-en-ciel</w:t>
+                <w:t xml:space="preserve">Qualité des produits de truites de grande taille élevées en circuit recirculé ou ouvert : conséquences d'un stress à l'abattage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Véronique Lebret</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gaumé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Journées Sciences du Muscle et Technologies des Viandes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Nov 2014, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">4. Journées de la Recherche Filière Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Jul 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193990v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic parameters of rainbow trout flesh texture</w:t>
               </w:r>
@@ -8461,277 +8461,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génomique et viande : quelles avancées, quelles applications ?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Origine des matières premières de l'aliment : conséquences sur la qualité des chairs de truite et de bar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Liaubet</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Médale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Journées Sciences du Muscle et Technologies des Viandes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2012, Caen, France. pp.127-134</w:t>
+              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA., Nov 2012, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01001256v1</w:t>
+                <w:t xml:space="preserve">hal-01190249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origine des matières premières de l'aliment : conséquences sur la qualité des chairs de truite et de bar</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Génomique et viande : quelles avancées, quelles applications ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laurent Labbé</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Liaubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Journées Sciences du Muscle et Technologies des Viandes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA., Nov 2012, Caen, France</w:t>
+              <w:t xml:space="preserve">, Nov 2012, Caen, France. pp.127-134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190249v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractéristiques musculaires de truites triées sur la texture de leur chair</w:t>
               </w:r>
@@ -8743,64 +8743,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Paboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Le Cam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8842,90 +8842,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un pilote de production de truite en eau recirculée adapté au système de production intensif français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaumé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8989,64 +8989,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Paboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Le Cam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9332,976 +9332,976 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01001157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sélection génétique sur la réponse au stress et stress à l'abattage: conséquences sur le protéome musculaire et lien avec la qualité de la chair chez la truite arc-en-ciel</w:t>
+                <w:t xml:space="preserve">HERIGE : Résultats préliminaires en texture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Journées Sciences du Muscle et Technologies des Viandes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Journée PEIMA (Pisciculture Expérimentale INRA des Monts d'Arrée)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Sizun, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02755659v1</w:t>
+                <w:t xml:space="preserve">hal-02818431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HERIGE : Résultats préliminaires en texture</w:t>
+                <w:t xml:space="preserve">Sélection génétique sur la réponse au stress et stress à l'abattage: conséquences sur le protéome musculaire et lien avec la qualité de la chair chez la truite arc-en-ciel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Paboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.G. Pottinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée PEIMA (Pisciculture Expérimentale INRA des Monts d'Arrée)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Sizun, France</w:t>
+              <w:t xml:space="preserve">13. Journées Sciences du Muscle et Technologies des Viandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02818431v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Processing quality of selected fish: quasi-absence of correlated responses to selection for growth in the brown trout [i]Salmo trutta[/i] and in the sea bass [i]Dicentrarchus labrax[/i]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Vandeputte</w:t>
+                <w:t xml:space="preserve">Conséquences d'une sélection génétique sur la réponse au stress et du stress à l'abattage sur la qualité de la chair de la truite arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Pottinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Europe 09</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Trondheim, Norway</w:t>
+              <w:t xml:space="preserve">2. Journées de la Recherche Filière Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193574v1</w:t>
+                <w:t xml:space="preserve">hal-02752367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conséquences d'une sélection génétique sur la réponse au stress et du stress à l'abattage sur la qualité de la chair de la truite arc-en-ciel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La texture de la chair des poissons d'élevage : bases biologiques et facteurs de variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées de la Recherche Filière Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée de recherche de la Confédération des Industries de Traitement des Produits des Pêches Maritimes (CITPPM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02752367v1</w:t>
+                <w:t xml:space="preserve">hal-02813910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La texture de la chair des poissons d'élevage : bases biologiques et facteurs de variation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pas de modification de qualité technologique chez les poissons sélectionnés pour la croissance : exemples de la truite fario et du bar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vandeputte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Chavanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Haffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de recherche de la Confédération des Industries de Traitement des Produits des Pêches Maritimes (CITPPM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, France. n.p</w:t>
+              <w:t xml:space="preserve">2. Journées de la Recherche Filière Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02813910v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pas de modification de qualité technologique chez les poissons sélectionnés pour la croissance : exemples de la truite fario et du bar</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Haffray</w:t>
+                <w:t xml:space="preserve">Is nutrient utilization affected by the genotype of fish ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Médale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ines Kolditz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Skiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Corraze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées de la Recherche Filière Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">Indo-French seminar "Recent advances in Aquaculture"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Bhubaneswar, India. 21 diapos</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193498v1</w:t>
+                <w:t xml:space="preserve">hal-01193792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is nutrient utilization affected by the genotype of fish ?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Edwige Quillet</w:t>
+                <w:t xml:space="preserve">Processing quality of selected fish: quasi-absence of correlated responses to selection for growth in the brown trout [i]Salmo trutta[/i] and in the sea bass [i]Dicentrarchus labrax[/i]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vandeputte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Chavanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Haffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indo-French seminar "Recent advances in Aquaculture"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Bhubaneswar, India. 21 diapos</w:t>
+              <w:t xml:space="preserve">Aquaculture Europe 09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193792v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminisme biologique de la qualité des poissons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flesh quality in rainbow trout with high or low fillet yield</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayhan Uyanik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armel Davenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Journées Sciences du Muscle et Technologies des Viandes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Tours, France</w:t>
+              <w:t xml:space="preserve">Cost Action 925. Possible new technologies to estimate the muscle fiber number for use in animal production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Viborg, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02752892v1</w:t>
+                <w:t xml:space="preserve">hal-02758272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flesh quality in rainbow trout with high or low fillet yield</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Déterminisme biologique de la qualité des poissons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cost Action 925. Possible new technologies to estimate the muscle fiber number for use in animal production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Viborg, Denmark</w:t>
+              <w:t xml:space="preserve">12. Journées Sciences du Muscle et Technologies des Viandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02758272v1</w:t>
+                <w:t xml:space="preserve">hal-02752892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rendements de découpe et qualité de la chair chez trois espèces de salmonidés : la truite arc-en-ciel, la truite fario et le saumon atlantique</w:t>
               </w:r>
@@ -10421,51 +10421,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.G. Pottinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10542,51 +10542,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.G. Pottinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AQUAFIRST. Final meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2008, Padova, Italy. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10605,1101 +10605,1101 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02821050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection for muscle lipid content in rainbow trout: consequences on fillet quality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Changes in liver metabolic pathways induced by dietary energy and selection for muscle fat content in rainbow trout</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ines Kolditz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Josette Borthaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Labbé</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Médale</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Symposium on Genetics in Aquaculture</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2. International Symposium on Energy and Protein Metabolism and Nutrition. ISEP 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Vichy, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193488v1</w:t>
+                <w:t xml:space="preserve">hal-02757021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in liver metabolic pathways induced by dietary energy and selection for muscle fat content in rainbow trout</w:t>
+                <w:t xml:space="preserve">Transcriptome and proteome analysis of changes induced in rainbow trout (Oncorhynchus mykiss) liver by suppression of dietary fish oil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ines Kolditz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Edwige Quillet</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mayena Borthaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Médale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. International Symposium on Energy and Protein Metabolism and Nutrition. ISEP 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Vichy, France</w:t>
+              <w:t xml:space="preserve">Aquaculture Europe 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757021v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome and proteome analysis of changes induced in rainbow trout (Oncorhynchus mykiss) liver by suppression of dietary fish oil</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Optimisation du système aquacole par expérimentation multifactorielle : effet des facteurs environnementaux sur les performances chez le bar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noel Gardeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Corraze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Bayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Europe 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, Istanbul, Turkey</w:t>
+              <w:t xml:space="preserve">1. Journées de la recherche filière piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755191v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche de marqueurs protéiques associés à un défaut de fermeté de la chair de truite suite à un stress à l'abattage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Paboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées de la recherche filière piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptome and proteome analysis of changes induced in trout liver by suppression of dietary fish oil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ines Kolditz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayena Borthaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Médale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental biology 2007. Annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2007, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation du système aquacole par expérimentation multifactorielle : effet des facteurs environnementaux sur les performances chez le bar</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rendements au filetage et qualité de la chair chez trois espèces de salmonidés : le saumon atlantique, la truite arc-en-ciel et la truite fario</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Le Bayon</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayhan Uyanik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armel Davenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées de la recherche filière piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2007, Paris, France</w:t>
+              <w:t xml:space="preserve">, Jul 2007, Paris, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756097v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rendements au filetage et qualité de la chair chez trois espèces de salmonidés : le saumon atlantique, la truite arc-en-ciel et la truite fario</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sélection pour la teneur en lipides musculaires et triploïdie : impact sur la qualité de la chair de truite arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Armel Davenel</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Médale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées de la recherche filière piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2007, Paris, France. pp.1</w:t>
+              <w:t xml:space="preserve">, Jul 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758383v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sélection pour la teneur en lipides musculaires et triploïdie : impact sur la qualité de la chair de truite arc-en-ciel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Déterminisme morphologique du rendement en filets chez la truite arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayhan Uyanik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Haffray</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées de la recherche filière piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756218v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02750996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminisme morphologique du rendement en filets chez la truite arc-en-ciel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selection for muscle lipid content in rainbow trout: consequences on fillet quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Médale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées de la recherche filière piscicole</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9. International Symposium on Genetics in Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Montpellier, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2007.07.121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02750996v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration des rendements au filetage et au parage en pisciculture</w:t>
               </w:r>
@@ -11823,51 +11823,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact du niveau d'oxygénation de l'eau sur la croissance, la morphologie et la qualité des carcasses chez la truite arc-en-ciel Oncorhynchus mykiss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11925,159 +11925,172 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic pathways involved in nutritional and genetic determinism of fat storage allocation in body compartments of rainbow trout : gene candidates and liver proteome analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ines Kolditz</w:t>
+                <w:t xml:space="preserve">Proteomic and morphological characterization of isolated rainbow trout adipocytes originating from various fat tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Weil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Sabin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Paboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Françoise Médale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. International Symposium Fish Nutrition and Feeding</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2006, Biarritz, France</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française d'Electrophorèse et d'Analyse Protéomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Saint Malo, France. 49 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02754889v1</w:t>
+                <w:t xml:space="preserve">hal-02753790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche des gènes impliqués dans le déterminisme génétique et nutritionnel de l'adiposité chez la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
+                <w:t xml:space="preserve">Recherche de gènes impliqués dans le déterminisme génétique et nutritionnel de l'adiposité chez la truite (Oncorhynchus mykiss)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ines Kolditz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
@@ -12095,218 +12108,205 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Médale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RIF 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Paris, France</w:t>
+              <w:t xml:space="preserve">3. Rencontres de l'Ichtyologie en France - RIF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Paris, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02751489v1</w:t>
+                <w:t xml:space="preserve">hal-02811972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic and morphological characterization of isolated rainbow trout adipocytes originating from various fat tissues</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gilles Paboeuf</w:t>
+                <w:t xml:space="preserve">Recherche des gènes impliqués dans le déterminisme génétique et nutritionnel de l'adiposité chez la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ines Kolditz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Quillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Médale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française d'Electrophorèse et d'Analyse Protéomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, Saint Malo, France. 49 p</w:t>
+              <w:t xml:space="preserve">RIF 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753790v1</w:t>
+                <w:t xml:space="preserve">hal-02751489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de gènes impliqués dans le déterminisme génétique et nutritionnel de l'adiposité chez la truite (Oncorhynchus mykiss)</w:t>
+                <w:t xml:space="preserve">Metabolic pathways involved in nutritional and genetic determinism of fat storage allocation in body compartments of rainbow trout : gene candidates and liver proteome analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ines Kolditz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
@@ -12324,73 +12324,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Médale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Rencontres de l'Ichtyologie en France - RIF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Paris, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">12. International Symposium Fish Nutrition and Feeding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02811972v1</w:t>
+                <w:t xml:space="preserve">hal-02754889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la teneur en lipides musculaires et de la triploïdie sur la texture de la chair de truite arc-en-ciel : intérêt de lignées divergentes selectionnées</w:t>
               </w:r>
@@ -12402,51 +12402,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12527,51 +12527,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayhan Uyanik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12764,51 +12764,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude comparée des protéomes musculaires bovins et porcins pendant la période fœtale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis L. Lefaucheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12954,51 +12954,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact du niveau d'oxygène pendant la croissance sur la structure du muscle et la texture de la chair de truite (Oncorhynchus mykiss) ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Paboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13174,51 +13174,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact techniques de triploïdisation sur les facteurs de qualité chez la truite arc-en-ciel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13450,1057 +13450,1057 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des étapes pré-abattage sur les caractéristiques des filets chez la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effet du taux de rationnement des femelles avant la ponte sur la qualité post-ponte des produits chez la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Brit</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Coupé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Journées de la Recherche Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04298122v1</w:t>
+                <w:t xml:space="preserve">hal-04298207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet du taux de rationnement des femelles avant la ponte sur la qualité post-ponte des produits chez la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Morgane Chesnais</w:t>
+                <w:t xml:space="preserve">Effet d'un prébiotique en supplémentation d'un aliment végétal ou commercial sur les qualités des produits chez la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doriane Combot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Coupé</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Journées de la Recherche Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04298207v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04298169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact du niveau d'adiposité des femelles sur la qualité post-ponte des produits chez la truite arc-en-ciel (Oncorhynchus mykiss) modèle des lignées grasses et maigres</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact de la durée de stockage au froid des oeufs embryonnés de truite arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Harte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tina Terrenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Florian Geslin</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées de la Recherche Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">7. journée d'animation scientifique autour de l'épigénétique (épiPHASE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Rennes, France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04298067v1</w:t>
+                <w:t xml:space="preserve">hal-03779238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la durée de stockage au froid des oeufs embryonnés de truite arc-en-ciel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Harte</w:t>
+                <w:t xml:space="preserve">Impact du niveau d'adiposité des femelles sur la qualité post-ponte des produits chez la truite arc-en-ciel (Oncorhynchus mykiss) modèle des lignées grasses et maigres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Goardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Marchand</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Labbé</w:t>
+                <w:t xml:space="preserve">Florian Geslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. journée d'animation scientifique autour de l'épigénétique (épiPHASE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Rennes, France. 2022</w:t>
+              <w:t xml:space="preserve">7. Journées de la Recherche Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03779238v1</w:t>
+                <w:t xml:space="preserve">hal-04298067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet d'un prébiotique en supplémentation d'un aliment végétal ou commercial sur les qualités des produits chez la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
+                <w:t xml:space="preserve">Evolution des qualités après la ponte chez la truite arc-en-ciel (Oncorhynchus mykiss) en élevage biologique et conventionnel, comparaison avec des truites triploïdes sur deux années successives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doriane Combot</w:t>
+                <w:t xml:space="preserve">Guillaume Brit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Goardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Journées de la Recherche Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04298169v1</w:t>
+                <w:t xml:space="preserve">hal-04298385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution des qualités après la ponte chez la truite arc-en-ciel (Oncorhynchus mykiss) en élevage biologique et conventionnel, comparaison avec des truites triploïdes sur deux années successives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Brit</w:t>
+                <w:t xml:space="preserve">Effet de la date de ponte et de la durée du jeune au moment de la ponte sur la qualité post-ponte des produits chez la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Coupé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Journées de la Recherche Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04298385v1</w:t>
+                <w:t xml:space="preserve">hal-04298327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la date de ponte et de la durée du jeune au moment de la ponte sur la qualité post-ponte des produits chez la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
+                <w:t xml:space="preserve">Caractérisation des pontes des lignées expérimentales automnales et printanières de la Pisciculture Expérimentale INRAE des Monts d'Arrée (PEIMA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Geslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Goardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Coupé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Journées de la Recherche Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04298327v1</w:t>
+                <w:t xml:space="preserve">hal-04298270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des pontes des lignées expérimentales automnales et printanières de la Pisciculture Expérimentale INRAE des Monts d'Arrée (PEIMA)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact des étapes pré-abattage sur les caractéristiques des filets chez la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Goardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Coupé</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Journées de la Recherche Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04298270v1</w:t>
+                <w:t xml:space="preserve">hal-04298122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution de la qualité de truites arc-en-ciel (Oncorhynchus mykiss) apres la ponte : effet de l’élevage biologique versus conventionnel et comparaison avec des truites triploïdes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Brit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14581,51 +14581,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NINAQUA : nouveaux ingrédients pour de nouveaux aliments aquacoles – effets sur la qualité des truites au stade portion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Brit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14706,64 +14706,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de la qualité de la chair de grande truite arc-en-ciel (Oncorhynchus mykiss) après ovulation - projet QualiPostOv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Brit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yéléhi Diane Ahongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14825,726 +14825,726 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02184249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie de développement de biomarqueurs de texture de la chair de truite arc-en-ciel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Déterminisme génétique de la texture de la chair de truite arc-en-ciel : intérêt de l'utilisation de lignées isogéniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Jouquan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Journées Sciences du Muscle et Technologies des Viandes</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Viandes et Produits Carnés, 191 p., 2016, JSMTV 2016</w:t>
+              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02742990v1</w:t>
+                <w:t xml:space="preserve">hal-02741290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie de développement de biomarqueurs de texture de la chair chez la truite arc-en-ciel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Equipe Croissance et Qualité de la Chair des Poissons de l'Unité INRA-LPGP de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Gabillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ralliere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Journées de la Recherche Filière Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2016, Paris, France. , Journées de la Recherche Filière Piscicole, pp.61, 2016, JRFP 2016</w:t>
+              <w:t xml:space="preserve">, Jul 2016, Paris, France. , Journées de la Recherche Filière Piscicole, pp.62, 2016, JRFP 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740688v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminisme génétique de la texture de la chair de truite arc-en-ciel : intérêt de l'utilisation de lignées isogéniques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Lebret</w:t>
+                <w:t xml:space="preserve">Seven generations of divergent selection for muscle lipid content in rainbow trout: main impacts on lipid distribution and metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Panserat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Plagnes- Juan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence L. Larroquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Surget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits incitatifs financés entre 2011 et 2014</w:t>
+              <w:t xml:space="preserve">Aquaculture Europe 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Edinburgh, United Kingdom. , 1146 p., 2016, AE2016 "Food for Thought"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741290v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seven generations of divergent selection for muscle lipid content in rainbow trout: main impacts on lipid distribution and metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Panserat</w:t>
+                <w:t xml:space="preserve">Qualité de la chair des lignées de truite arc-en-ciel après sept générations de sélection sur la teneur en lipides musculaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Goardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Quillet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Europe 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Edinburgh, United Kingdom. , 1146 p., 2016, AE2016 "Food for Thought"</w:t>
+              <w:t xml:space="preserve">5. Journées de la Recherche Filière Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Paris, France. , Journées de la Recherche Filière Piscicole, pp.31, 2016, JRFP 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740952v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equipe Croissance et Qualité de la Chair des Poissons de l'Unité INRA-LPGP de Rennes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stratégie de développement de biomarqueurs de texture de la chair chez la truite arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lebret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Journées de la Recherche Filière Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2016, Paris, France. , Journées de la Recherche Filière Piscicole, pp.62, 2016, JRFP 2016</w:t>
+              <w:t xml:space="preserve">, Jul 2016, Paris, France. , Journées de la Recherche Filière Piscicole, pp.61, 2016, JRFP 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02742924v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité de la chair des lignées de truite arc-en-ciel après sept générations de sélection sur la teneur en lipides musculaires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stratégie de développement de biomarqueurs de texture de la chair de truite arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lebret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées de la Recherche Filière Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Paris, France. , Journées de la Recherche Filière Piscicole, pp.31, 2016, JRFP 2016</w:t>
+              <w:t xml:space="preserve">16. Journées Sciences du Muscle et Technologies des Viandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ADIV</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Viandes et Produits Carnés, 191 p., 2016, JSMTV 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741781v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variabilité génétique de la qualité chez la truite arc-en-ciel : intérêt de l'étude de lignées isogéniques</w:t>
               </w:r>
@@ -15569,51 +15569,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15707,51 +15707,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Gabillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15806,90 +15806,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de l'élevage en circuit recirculé sur le comportement et la qualité de la chair chez la truite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violaine Colson</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaumé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journées de la Recherche Filière Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Paris, France. , 2012, 3èmes Journées de la Recherche Filière Piscicole</w:t>
@@ -15944,51 +15944,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayhan Uyanik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16037,260 +16037,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02590376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sélection sur la teneur en lipides musculaires et la triploïdie affectent la texture du muscle de truite arc-en-ciel.</w:t>
+                <w:t xml:space="preserve">Rainbow trout white muscle proteome: changes due to slaughter stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Paboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Morzel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des Sciences du Muscle et Technologies des Viandes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, Clermont-Ferrand, France. pp.Inconnu, 2006</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française d'Electrophorèse et d'Analyse Protéomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Saint Malo, France. 2006, Marqueurs biologiques : stratégies de recherche et challenges technologiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02824907v1</w:t>
+                <w:t xml:space="preserve">hal-02753718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rainbow trout white muscle proteome: changes due to slaughter stress</w:t>
+                <w:t xml:space="preserve">La sélection sur la teneur en lipides musculaires et la triploïdie affectent la texture du muscle de truite arc-en-ciel.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Médale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française d'Electrophorèse et d'Analyse Protéomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, Saint Malo, France. 2006, Marqueurs biologiques : stratégies de recherche et challenges technologiques</w:t>
+              <w:t xml:space="preserve">Journées des Sciences du Muscle et Technologies des Viandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Clermont-Ferrand, France. pp.Inconnu, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753718v1</w:t>
+                <w:t xml:space="preserve">hal-02824907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de lignées divergentes de truite arc-en-ciel sur la teneur en lipides intramusculaires : morphologie, structure du muscle et texture de la chair au stade portion.</w:t>
               </w:r>
@@ -16302,51 +16302,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16588,51 +16588,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les exigences de qualité et de durabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16899,51 +16899,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Gabillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Rescan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La truite arc-en-ciel. De la biologie à l'élevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -17125,51 +17125,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vie secrète des animaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17177,51 +17177,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Sambroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Goupil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -17432,51 +17432,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Cardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Brit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17547,90 +17547,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport final du projet EpiCOOL -n° PFEA470018FA1000015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lallias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Marandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Pouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17721,51 +17721,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Rescan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE - LPGP. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
@@ -18070,64 +18070,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Cardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Corraze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noel Gardeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] Action Incitative IFREMER-INRA 2004, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -18468,51 +18468,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="75CB8B25"/>
+    <w:nsid w:val="C2D4D216"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18699,51 +18699,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-lefevre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5573-8411" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135273846" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05224763v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Branthonne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gabillard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lefevre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25830/afh.rfh.2025.37.1.49" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721970v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lef&#232;vre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kerneis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labb&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2024.102343" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04741493v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prache" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.2.8264" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305424v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roques" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba-Cassy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise M&#233;dale" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dupont-Nivet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-46809-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178183v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Adamiec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;tienne Bouillot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2023.36.1.7480" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445602v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne E Bouillot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100376" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03519475v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;l&#233;hi Diane Ahongo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Cam" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montfort" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-08228-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452661v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100405" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03199614v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.736290" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109876v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Terlouw" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Picard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Deiss" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10010084" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306127v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods8100436" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608716v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vautier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351897v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom G. Pottinger" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2016.07.039" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194126v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Liaubet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2015.28.2.3024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211033v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourguet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2015.28.2.3023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211006v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bauchart" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2015.28.2.3022" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225260v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2015.28.2.3019" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194133v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cardinal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2015.06.029" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193936v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Duval" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Talon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Brochard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2014.27.3.3069" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205090v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Fostier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jamin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2014.27.2.3061" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205084v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Bricard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ralliere" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lebret" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Rescan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0091876" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205056v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Weil" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11160-012-9288-0" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4ZZ38BTK-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210384v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/af.2012-0058" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205020v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayhan Uyanik" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Davenel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4573.2010.00214.x" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193546v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ines Kolditz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Plagnes- Juan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Quillet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114509992340" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668616v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sabin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Paboeuf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbd.2009.05.002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4FJ2B3XP-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668597v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Aup&#233;rin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2008.07.017" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S8SV67MW-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668969v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;ena Borthaire" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane D. Esquerre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali San Cristobal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-506" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658473v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/sda.28.365-377" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4F9FE7FC88EB1B6C24AED220095081C4CFAE949A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668529v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108002723" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665435v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayena Borthaire" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Richard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Corraze" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Panserat" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.00766.2007" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662295v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fauconneau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John W. Thompson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom A. Gill" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf063045d" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-1WQTL6G1-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667356v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2007.20.1.3441" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661526v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Louis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2007-312-018" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655423v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0528759" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-DHR7XVQD-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672247v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.1837" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G9LGS0MB-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677570v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672350v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2109.2003.00938.x" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/74FD83AC4699A7948B009CA66B558E08E4F27970/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671979v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ouali" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph J. Culioli" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.1057" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WTWMS354-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673383v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gil" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/sda.21.271-283" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697882v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Veiseth" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Taylor" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690509v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724394v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Morvezen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Guillerm" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Bestin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721324v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724100v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722110v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lallias" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hart&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Marchand" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pouil" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Terrenne" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256478v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Marandel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Harte" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Marchand" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04296533v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brit" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03960288v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Bouillot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726176v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Combot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726217v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04298568v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284506v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184246v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187455v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607717v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Jagot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742966v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455943v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02139701v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798625v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guyvarc'H" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194069v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Jouquan" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743793v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaum&#233;" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Colson" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiane Valotaire" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193990v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745494v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Le Boucher" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Allamellou" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210350v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bourguet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001256v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190249v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000746v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Paboeuf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745735v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000611v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191201v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001157v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandeputte" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H. Chavanne" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Haffray" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755659v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.G. Pottinger" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818431v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193574v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chavanne" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752367v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Pottinger" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813910v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193498v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193792v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752892v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758272v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757185v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755667v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821050v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193488v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cardinal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2007.07.121" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JFBCS1V2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757021v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josette Borthaire" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755191v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750946v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guitton" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755559v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756097v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Noel Gardeur" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Bayon" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758383v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756218v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750996v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823010v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755668v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754889v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751489v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753790v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811972v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753799v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751156v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davenel" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750624v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guitton" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759328v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Lefaucheur" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759567v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460816v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761911v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gayet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Andr&#233;" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Yven" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762735v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jalabert" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779378v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonnet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Douirin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Guilbert" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laroche" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298122v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chesnais" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298207v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Coup&#233;" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298067v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Geslin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779238v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Marchand" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298169v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04298385v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04298327v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298270v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184260v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ruche" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184265v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Caudal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184249v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742990v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/381185.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740688v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741290v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740952v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence L. Larroquet" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Surget" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742924v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741781v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193841v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-de-la-recherche.org/index1024.php" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749598v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cousin" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745137v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590376v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824907v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753718v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826061v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03174821v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Donnars" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1678/9782759232789/qualite-des-aliments-d-origine-animale" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205010v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/index.html" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205000v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Alami-Durante" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Deschamps" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205029v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838071v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Joandel-Monier" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141858v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Girard" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Sambroni" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Goupil" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141216v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bertin" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Borel" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729810v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05228422v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724453v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Brunet" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934505v2" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02986866v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821573v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Buchet" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823952v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02840895v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-lefevre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5573-8411" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135273846" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05224763v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Branthonne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gabillard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lefevre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25830/afh.rfh.2025.37.1.49" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721970v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lef&#232;vre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kerneis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labb&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2024.102343" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04741493v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prache" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.2.8264" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305424v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roques" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba-Cassy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise M&#233;dale" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dupont-Nivet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-46809-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178183v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Adamiec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;tienne Bouillot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2023.36.1.7480" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03519475v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;l&#233;hi Diane Ahongo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Cam" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montfort" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-08228-3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452661v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100405" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445602v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne E Bouillot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100376" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03199614v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.736290" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109876v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Terlouw" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Picard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Deiss" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10010084" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306127v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods8100436" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608716v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vautier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351897v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom G. Pottinger" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2016.07.039" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194126v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Liaubet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2015.28.2.3024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211033v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourguet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2015.28.2.3023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211006v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bauchart" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2015.28.2.3022" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225260v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2015.28.2.3019" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194133v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cardinal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2015.06.029" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205090v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Fostier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jamin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2014.27.2.3061" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205084v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Bricard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ralliere" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lebret" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Rescan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0091876" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193936v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Duval" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Talon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Brochard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2014.27.3.3069" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205056v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Weil" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11160-012-9288-0" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4ZZ38BTK-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210384v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/af.2012-0058" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205020v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayhan Uyanik" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Davenel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4573.2010.00214.x" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193546v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ines Kolditz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Plagnes- Juan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Quillet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114509992340" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668616v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sabin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Paboeuf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbd.2009.05.002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4FJ2B3XP-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668969v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;ena Borthaire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane D. Esquerre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali San Cristobal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-506" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658473v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/sda.28.365-377" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4F9FE7FC88EB1B6C24AED220095081C4CFAE949A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668529v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Aup&#233;rin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108002723" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665435v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayena Borthaire" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Richard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Corraze" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Panserat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.00766.2007" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668597v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2008.07.017" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S8SV67MW-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662295v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fauconneau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John W. Thompson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom A. Gill" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf063045d" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-1WQTL6G1-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667356v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2007.20.1.3441" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661526v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Louis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2007-312-018" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655423v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0528759" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-DHR7XVQD-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672247v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.1837" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G9LGS0MB-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677570v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672350v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2109.2003.00938.x" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/74FD83AC4699A7948B009CA66B558E08E4F27970/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671979v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ouali" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph J. Culioli" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.1057" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WTWMS354-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673383v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gil" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/sda.21.271-283" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697882v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Veiseth" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Taylor" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690509v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721324v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724100v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Morvezen" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Guillerm" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Bestin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722110v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lallias" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hart&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Marchand" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pouil" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Terrenne" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724394v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256478v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Marandel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Harte" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Marchand" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726176v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Combot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03960288v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Bouillot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04296533v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brit" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726217v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04298568v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284506v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184246v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187455v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607717v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Jagot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742966v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455943v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02139701v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194069v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Jouquan" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798625v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guyvarc'H" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193990v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743793v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaum&#233;" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Colson" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiane Valotaire" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745494v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Le Boucher" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Allamellou" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210350v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bourguet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190249v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001256v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000746v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Paboeuf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745735v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000611v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191201v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001157v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandeputte" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H. Chavanne" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Haffray" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818431v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755659v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.G. Pottinger" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752367v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Pottinger" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813910v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193498v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chavanne" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193792v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193574v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758272v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752892v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757185v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755667v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821050v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757021v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josette Borthaire" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755191v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756097v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Noel Gardeur" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Bayon" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750946v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guitton" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755559v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758383v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756218v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750996v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193488v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cardinal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2007.07.121" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JFBCS1V2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823010v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755668v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753790v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811972v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751489v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754889v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753799v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751156v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davenel" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750624v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guitton" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759328v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Lefaucheur" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759567v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460816v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761911v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gayet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Andr&#233;" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Yven" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762735v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jalabert" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779378v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonnet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Douirin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Guilbert" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laroche" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298207v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chesnais" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Coup&#233;" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298169v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779238v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Marchand" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298067v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Geslin" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04298385v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04298327v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298270v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298122v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184260v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ruche" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184265v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Caudal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184249v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741290v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742924v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740952v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence L. Larroquet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Surget" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741781v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740688v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742990v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/381185.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193841v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-de-la-recherche.org/index1024.php" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749598v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cousin" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745137v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590376v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753718v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824907v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826061v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03174821v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Donnars" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1678/9782759232789/qualite-des-aliments-d-origine-animale" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205010v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/index.html" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205000v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Alami-Durante" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Deschamps" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205029v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838071v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Joandel-Monier" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141858v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Girard" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Sambroni" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Goupil" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141216v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bertin" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Borel" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729810v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05228422v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724453v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Brunet" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934505v2" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02986866v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821573v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Buchet" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823952v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02840895v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>