--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -187,404 +187,404 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasonic signals support a large-scale communication landscape in wild mice</w:t>
+                <w:t xml:space="preserve">Emotions mediate nonlinear phenomena production in the vocalizations of two ape species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Floriane Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Léo Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Cladière</w:t>
+                <w:t xml:space="preserve">Cedric Girard-Buttoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Blanchard</w:t>
+                <w:t xml:space="preserve">Sumir Keenan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lindelani Makuya</w:t>
+                <w:t xml:space="preserve">Tatiana Bortolato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 35 (19), pp.4837-4844.e4. </w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 380 (1923), </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2025.08.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2024.0013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05419587v1</w:t>
+                <w:t xml:space="preserve">hal-05024735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotions mediate nonlinear phenomena production in the vocalizations of two ape species</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrasonic signals support a large-scale communication landscape in wild mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriane Fournier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Léo Perrier</w:t>
+                <w:t xml:space="preserve">Lény Lego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Girard-Buttoz</w:t>
+                <w:t xml:space="preserve">Tristan Cladière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sumir Keenan</w:t>
+                <w:t xml:space="preserve">Martin Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatiana Bortolato</w:t>
+                <w:t xml:space="preserve">Lindelani Makuya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 380 (1923), </w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35 (19), pp.4837-4844.e4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rstb.2024.0013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2025.08.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05024735v1</w:t>
+                <w:t xml:space="preserve">hal-05419587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotions mediate nonlinear phenomena production in the vocalizations of two ape species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Girard-Buttoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sumir Keenan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Bortolato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 380 (1923), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rstb.2024.0013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05389527v1</w:t>
@@ -742,51 +742,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vocal accommodation in bonobos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sumir Keenan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeroen M.G. Stevens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -859,51 +859,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sleep fragmentation disrupts vocal interactions in rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cascarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1153,51 +1153,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sumir Keenan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier St-Gelais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1523,481 +1523,481 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04363640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A pilot study of calling patterns and vocal turn-taking in wild bonobos Pan paniscus</w:t>
+                <w:t xml:space="preserve">The evolution of primate vocal communication: a social route</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Cornec</w:t>
+                <w:t xml:space="preserve">Alban Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muzungu Ngofuna</w:t>
+                <w:t xml:space="preserve">Camille Coye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alban Lemasson</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nancy Rebout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Levréro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethology Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/03949370.2022.2044387⟩</w:t>
+              <w:t xml:space="preserve">Revue de Primatologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Dossier spécial - Communication vocale chez les primates non-humains : diversité et complexité, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/primatologie.14835⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03658024v1</w:t>
+                <w:t xml:space="preserve">hal-04714713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social pressure drives "conversational rules" in great apes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Pougnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Pougnault</w:t>
+                <w:t xml:space="preserve">Florence Levrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Levrero</w:t>
+                <w:t xml:space="preserve">Mael Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mael Leroux</w:t>
+                <w:t xml:space="preserve">Julien Paulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Bombani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 97 (2), pp.749-765. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/brv.12821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03512764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The evolution of primate vocal communication: a social route</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">A pilot study of calling patterns and vocal turn-taking in wild bonobos Pan paniscus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Cornec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muzungu Ngofuna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Camille Coye</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Monghiemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nancy Rebout</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Victor Narat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Primatologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Dossier spécial - Communication vocale chez les primates non-humains : diversité et complexité, 13, </w:t>
+              <w:t xml:space="preserve">Ethology Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (3), pp.360-377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/primatologie.14835⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/03949370.2022.2044387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04714713v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03658024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal calling patterns of a captive group of chimpanzees (Pan troglodytes)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Pougnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Mulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levrero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Primatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 42 (6), pp.809-832. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2025,425 +2025,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03512717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breaking conversational rules matters to captive gorillas: A playback experiment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loïc Pougnault</w:t>
+                <w:t xml:space="preserve">Foraging postures are a potential communicative signal in female bonobos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Demuru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Dediu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alban Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.6947. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-63923-7⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.15431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-72451-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02553553v1</w:t>
+                <w:t xml:space="preserve">hal-03063820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baby cry recognition is independent of motherhood but improved by experience and exposure</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Plat</w:t>
+                <w:t xml:space="preserve">Breaking conversational rules matters to captive gorillas: A playback experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Pougnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Mulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2019.2499⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.6947. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-63923-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04858538v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02553553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foraging postures are a potential communicative signal in female bonobos</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Pellegrino</w:t>
+                <w:t xml:space="preserve">Baby cry recognition is independent of motherhood but improved by experience and exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Plat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Levréro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dan Dediu</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hugues Patural</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.15431. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 287 (1921), pp.20192499. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-72451-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2019.2499⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03063820v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04858538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The reliability of individual vocal signature varies across the bonobo's graded repertoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sumir Keenan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2527,325 +2527,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03492014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disease avoidance, and breeding group age and size condition the dispersal patterns of western lowland gorilla females</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Social bonding drives vocal exchanges in Bonobos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Levréro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Baudouin</w:t>
+                <w:t xml:space="preserve">Sonia Touitou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Gatti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Levréro</w:t>
+                <w:t xml:space="preserve">Julia Fredet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Genton</w:t>
+                <w:t xml:space="preserve">Baptiste Nairaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romane H Cristescu</w:t>
+                <w:t xml:space="preserve">Jean-Pascal Guéry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 100 (9), pp.e02786. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.711. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ecy.2786⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-36024-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02178868v1</w:t>
+                <w:t xml:space="preserve">hal-01992441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social bonding drives vocal exchanges in Bonobos</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Disease avoidance, and breeding group age and size condition the dispersal patterns of western lowland gorilla females</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Nairaud</w:t>
+                <w:t xml:space="preserve">Céline Genton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pascal Guéry</w:t>
+                <w:t xml:space="preserve">Romane H Cristescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (1), pp.711. </w:t>
+              <w:t xml:space="preserve">Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 100 (9), pp.e02786. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-36024-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ecy.2786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01992441v1</w:t>
+                <w:t xml:space="preserve">hal-02178868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social basis of vocal interactions in western lowland gorillas (Gorilla g. gorilla).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2957,51 +2957,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 14 (7), </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3029,338 +3029,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01845422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The acoustic space of pain: cries as indicators of distress recovering dynamics in pre-verbal infants</w:t>
+                <w:t xml:space="preserve">Adult human perception of distress in the cries of bonobo, chimpanzee, and human infants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Koutseff</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Kelly Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hugues Patural</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sumir Keenan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioacoustics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09524622.2017.1344931⟩</w:t>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 120 (4), pp.919-930. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/biolinnean/blw016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01663191v1</w:t>
+                <w:t xml:space="preserve">hal-01464470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adult human perception of distress in the cries of bonobo, chimpanzee, and human infants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The acoustic space of pain: cries as indicators of distress recovering dynamics in pre-verbal infants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Koutseff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kelly Taylor</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Reby</w:t>
+                <w:t xml:space="preserve">Olivier Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Erik Gustafsson</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Patural</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 120 (4), pp.919-930. </w:t>
+              <w:t xml:space="preserve">Bioacoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.1 - 13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/biolinnean/blw016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09524622.2017.1344931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464470v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01663191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les bonobos se rappellent-ils la voix de leurs anciens partenaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sumir Keenan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3437,77 +3437,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using demographic characteristics of populations to detect spatial fragmentation following suspected ebola outbreaks in great apes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Genton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Cristescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3571,51 +3571,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enduring voice recognition in bonobos.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sumir Keenan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3705,51 +3705,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex stereotypes influence adults' perception of babies' cries.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3822,77 +3822,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Ebola impacts social dynamics in gorillas: a multistate modelling approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Genton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Cristescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3956,90 +3956,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rupture in long-term vocal recognition of past social partners in bonobos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sumir Keenan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeroen Stevens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Guéry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaus Zuberbühler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4321,333 +4321,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response to begging calls by Zebra Finch parents : &amp;quot;first come, first served&amp;quot; rule may overcome a parental preference between chicks.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigations on anopheline mosquitoes close to the nest sites of chimpanzees subject to malaria infection in Ugandan Highlands.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Krief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Krief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supinya Thanapongpichat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Snounou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crvi.2011.11.007⟩</w:t>
+              <w:t xml:space="preserve">Malaria Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 11, pp.116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1475-2875-11-116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00722076v1</w:t>
+                <w:t xml:space="preserve">hal-00722048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigations on anopheline mosquitoes close to the nest sites of chimpanzees subject to malaria infection in Ugandan Highlands.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Response to begging calls by Zebra Finch parents : &amp;quot;first come, first served&amp;quot; rule may overcome a parental preference between chicks.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supinya Thanapongpichat</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mathevon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Malaria Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 335 (2), pp.135-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crvi.2011.11.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1475-2875-11-116⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00722048v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00722076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovery potential of a Western Lowland Gorilla Population following a Major Ebola Outbreak : Results from a Ten Year Study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Genton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Cristescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4737,51 +4737,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4880,51 +4880,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 332 (6), pp.579-589. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5022,51 +5022,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magdalena Bermejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 4 (12), pp.e8375. </w:t>
@@ -5130,51 +5130,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5272,51 +5272,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5401,51 +5401,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex-biased dispersal in western lowland gorillas (Gorilla gorilla gorilla).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie I. Douadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5547,51 +5547,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaws disease in a wild gorilla population and its impact on the reproductive status of males</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Gautier-Hion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5676,51 +5676,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Living in non-breeding groups : an alternative social strategy for maturing gorillas.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5848,51 +5848,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Cristescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Dewas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5943,51 +5943,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population and group structure of western lowland gorillas (Gorilla gorilla gorilla) at Lokoue, Republic of Congo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6117,51 +6117,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The acoustic space of pain: How human baby cries code for distress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Patural</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6238,90 +6238,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Importance du respect des &amp;quot;règles de conversation&amp;quot; chez les gorilles des plaines de l'Ouest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Pougnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Mulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32ème Colloque de la Société Francophone De Primatologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Francophone de Primatologie; Parc de Branféré, Oct 2019, Le Guerno, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6372,64 +6372,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Touitou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Fredet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pascal Guéry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6471,103 +6471,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs influençant la dispersion des femmes Gorilles des plaines de l'ouest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Genton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Cristescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29ème Colloque de la Société Francophone de Primatologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Francophone de Primatologie, Oct 2016, Paimpont, France</w:t>
@@ -6596,103 +6596,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors influencing female dispersal patterns in Western lowland gorillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Genton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Cristescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Ecological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Marseille, France</w:t>
@@ -6721,51 +6721,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bases sociales des interactions vocales chez les gorilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6829,51 +6829,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication vocale sous influence des liens sociaux chez les bonobos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres annuelles du GDR d'Ethologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR CNRS 2822 Ethologie et UMR INRA PRC, Oct 2014, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6911,90 +6911,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication vocale sous influence des liens sociaux chez les bonobos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Touitou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Fredet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pascal Guéry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e colloque de la Société Francophone de Primatologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vallée des Singes; Futuroscope de Poitou-Charentes, Nov 2014, Romagne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7127,51 +7127,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic variability of uniparentally inherited genomes in the western lowland gorilla (Gorilla gorilla gorilla)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie I. Douadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7239,51 +7239,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les modalités de dispersion des mâles chez le gorille de plaine : causes ou conséquences de la structure en harem ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7364,51 +7364,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure d'une population de gorilles de plaine de l'ouest (G. g. gorilla) : présence de groupes non-reproducteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7485,51 +7485,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rencontres inter-unités et dynamique sociale chez le gorille de plaine (Gorilla g.gorilla)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7864,77 +7864,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conversation among primate species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Pougnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Origins of Language Revisited - Differentiation from Music and the Emergence of Neurodiversity and Autism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8143,51 +8143,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="75B2032B"/>
+    <w:nsid w:val="AF586663"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8374,51 +8374,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-levrero" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6904-1375" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/094635358" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419587v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Perrier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ny Lego" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cladi&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Blanchard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindelani Makuya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2025.08.028" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05024735v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Fournier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Girard-Buttoz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumir Keenan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Bortolato" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2024.0013" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389527v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892911v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Demuru" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilenia Montello" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pellegrino" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levr&#233;ro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.23723" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841758v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen M.G. Stevens" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Zuberb&#252;hler" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2024.10.028" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798109v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cascarino" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mounichetty" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2024.2303691" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861069v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cornec" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Pisanski" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Don Entani" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Monghiemo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evolhumbehav.2023.08.004" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273083v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arnaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier St-Gelais" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010325" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04272232v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Th&#233;venet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Papet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coureaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boyer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2023.0201" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363640v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Lockhart-Bouron" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Anikin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silo&#233; Corvin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44271-023-00022-z" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658024v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Cornec" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muzungu Ngofuna" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lemasson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Narat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03949370.2022.2044387" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512764v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pougnault" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levrero" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Leroux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Paulet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Bombani" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.12821" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714713v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coye" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Rebout" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.14835" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512717v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mulot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10764-021-00262-y" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02553553v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-63923-7" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858538v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouchet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Plat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reby" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Patural" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2019.2499" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063820v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dediu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72451-3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492014v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nicol&#232;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2020.08.024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02178868v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Baudouin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gatti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Genton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane H Cristescu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2786" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01992441v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Touitou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Fredet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Nairaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-36024-9" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01757234v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pereira" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/com0000105" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845422v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Attia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Gustafsson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2018.0065" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663191v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Koutseff" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2017.1344931" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464470v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Taylor" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blw016" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02240541v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Mg Stevens" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.2790" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880313v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Cristescu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bigot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23275" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304628v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep22046" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304627v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-016-0123-6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01579437v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.12268" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02241077v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Stevens" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.2249" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306666v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Carrete-Vega" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Herbert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Lawabi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Courtiol" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms8609" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240304v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.22108" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GX1F4ZWZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722076v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2011.11.007" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KVLC45ZV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722048v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Krief" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Krief" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supinya Thanapongpichat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Snounou" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2875-11-116" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722059v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0037106" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240302v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2713" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413980v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Durand" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vignal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2009.02.006" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TWLN6GSW-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448692v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Gouar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vallet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia David" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Bermejo" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0008375" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312864v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Petit" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly M&#233;nard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-007-9361-8" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B2ZCD5RT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312735v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Caillaud" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Menard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Raymond" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.20754" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5P7HPS5V-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476088v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie I. Douadi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Duhamel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2007.03286.x" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FVXZT74V-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476207v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gautier-Hion" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.20560" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9PX0K4XV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476048v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.20223" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V50SLL3F-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00184857v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Dewas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2006.06.017" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320839v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.20045" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0B635KB3-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230819v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Peyron" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Faillenot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0029" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02326867v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576988v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clerc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03098590v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02461616v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332825v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01336073v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01335658v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01354793v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hausberger" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian J. F. K. Craig" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320840v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01365111v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01365124v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01358204v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01355772v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Coulon" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Houdelier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rousseau" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Henry" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01361735v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798086v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04798096v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-levrero" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6904-1375" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/094635358" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05024735v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Fournier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Perrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Girard-Buttoz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumir Keenan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Bortolato" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2024.0013" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419587v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ny Lego" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cladi&#232;re" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Blanchard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindelani Makuya" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2025.08.028" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389527v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892911v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Demuru" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilenia Montello" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pellegrino" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levr&#233;ro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.23723" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841758v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen M.G. Stevens" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Zuberb&#252;hler" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2024.10.028" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798109v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cascarino" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mounichetty" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2024.2303691" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861069v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cornec" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Pisanski" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Don Entani" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Monghiemo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evolhumbehav.2023.08.004" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273083v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arnaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier St-Gelais" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010325" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04272232v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Th&#233;venet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Papet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coureaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boyer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2023.0201" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363640v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Lockhart-Bouron" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Anikin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silo&#233; Corvin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44271-023-00022-z" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714713v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lemasson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coye" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Rebout" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.14835" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512764v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pougnault" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levrero" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Leroux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Paulet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Bombani" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.12821" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658024v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Cornec" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muzungu Ngofuna" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Narat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03949370.2022.2044387" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512717v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mulot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10764-021-00262-y" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063820v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dediu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72451-3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02553553v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-63923-7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858538v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouchet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Plat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reby" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Patural" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2019.2499" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492014v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nicol&#232;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2020.08.024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01992441v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Touitou" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Fredet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Nairaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-36024-9" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02178868v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Baudouin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gatti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Genton" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane H Cristescu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2786" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01757234v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pereira" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/com0000105" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845422v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Attia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Gustafsson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2018.0065" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464470v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Taylor" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blw016" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663191v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Koutseff" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2017.1344931" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02240541v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Mg Stevens" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.2790" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880313v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Cristescu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bigot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23275" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304628v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep22046" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304627v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-016-0123-6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01579437v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.12268" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02241077v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Stevens" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.2249" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306666v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Carrete-Vega" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Herbert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Lawabi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Courtiol" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms8609" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240304v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.22108" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GX1F4ZWZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722048v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Krief" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Krief" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supinya Thanapongpichat" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Snounou" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2875-11-116" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722076v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2011.11.007" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KVLC45ZV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722059v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0037106" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240302v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2713" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413980v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Durand" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vignal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2009.02.006" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TWLN6GSW-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448692v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Gouar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vallet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia David" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Bermejo" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0008375" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312864v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Petit" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly M&#233;nard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-007-9361-8" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B2ZCD5RT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312735v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Caillaud" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Menard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Raymond" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.20754" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5P7HPS5V-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476088v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie I. Douadi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Duhamel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2007.03286.x" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FVXZT74V-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476207v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gautier-Hion" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.20560" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9PX0K4XV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476048v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.20223" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V50SLL3F-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00184857v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Dewas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2006.06.017" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320839v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.20045" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0B635KB3-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230819v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Peyron" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Faillenot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0029" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02326867v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576988v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clerc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03098590v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02461616v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332825v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01336073v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01335658v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01354793v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hausberger" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian J. F. K. Craig" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320840v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01365111v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01365124v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01358204v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01355772v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Coulon" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Houdelier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rousseau" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Henry" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01361735v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798086v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04798096v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>