--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -310,51 +310,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04697826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -413,247 +413,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05087098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’usine du Bocard de Vialas (Lozère) et son jumeau numérique, entre valorisation, étude de bâti et mécanique des fluides</w:t>
+                <w:t xml:space="preserve">Production, emploi et recyclage des métaux ferreux. Penser les analogues expérimentaux à partir du site médiéval du Castel-Miner, Ariège</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Méaudre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Disser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Dunas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Merluzzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">jiap2025 : Journées informatique et archéologie de Paris 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude du PCR Recycler, réemployer, transformer : Expérimenter l’économie circulaire ancienne, Melle, 25 juin 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Florian Téreygeol, Jun 2025, Melle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05467888v1</w:t>
+                <w:t xml:space="preserve">hal-05471742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production, emploi et recyclage des métaux ferreux. Penser les analogues expérimentaux à partir du site médiéval du Castel-Miner, Ariège</w:t>
+                <w:t xml:space="preserve">L’usine du Bocard de Vialas (Lozère) et son jumeau numérique, entre valorisation, étude de bâti et mécanique des fluides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Méaudre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Maqueda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Disser</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude du PCR Recycler, réemployer, transformer : Expérimenter l’économie circulaire ancienne, Melle, 25 juin 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Florian Téreygeol, Jun 2025, Melle, France</w:t>
+              <w:t xml:space="preserve">jiap2025 : Journées informatique et archéologie de Paris 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05471742v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05467888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation haut niveau des flux d’énergie dans un système minier ancien : proposer un nouvel outil à la communauté archéologique</w:t>
               </w:r>
@@ -728,565 +728,595 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05071444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production, emploi et recyclage des métaux ferreux. Penser les analogues expérimentaux à partir du site médiéval du Castel-Miner, Ariège</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thibaud Dunas</w:t>
+                <w:t xml:space="preserve">Bilan sur l’usage couplé du pXRF comme outil en archéologie expérimentale prédictive au regard des données de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul Merluzzo</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Le Quellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Laratte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Cances</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRAMAT – Réunion bilan de l’axe Techniques et savoir-faire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">XXVe colloque du GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05471751v1</w:t>
+                <w:t xml:space="preserve">hal-05463936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au-delà des vestiges, quantifier l’immatériel : analyse des flux d’énergie dans la production métallurgique médiévale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Production, emploi et recyclage des métaux ferreux. Penser les analogues expérimentaux à partir du site médiéval du Castel-Miner, Ariège</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Disser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Méaudre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Dunas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Merluzzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Matérialité - Transfert- Traçabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Guyancourt (78), France</w:t>
+              <w:t xml:space="preserve">IRAMAT – Réunion bilan de l’axe Techniques et savoir-faire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05071450v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05471751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Can We Quantify the Mastery of the Gesture? Mechanical and Energetic Analysis of Coins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stříbrná Jihlava - International Conference on the History of Old Mining and Metallurgy from Prehistory to the Modern Era</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Jihlava, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05313499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydraulic hammer: new methods for the study of an archaeological object</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Au-delà des vestiges, quantifier l’immatériel : analyse des flux d’énergie dans la production métallurgique médiévale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeometallurgy in Europe 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Falun, Sweden</w:t>
+              <w:t xml:space="preserve">Séminaire Matérialité - Transfert- Traçabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Guyancourt (78), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04639518v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05071450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expérimentation autour du talc : un matériau discret de la métallurgie médiévale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie expérimentale des matériaux associés aux production métallique. (Re)mettre la science en culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Melle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04639527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification expérimentale de la force lors d'une frappe monétaire au marteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude : Ca frappe pour moi ! Recherches récentes sur la frabrication monétaire aux époques anciennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Melle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04639532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dewatering strategies in mines (Castel-Minier 15th century): a matter of energy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1315,656 +1345,751 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeometallurgy in Europe 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Falun, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04639509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au feu ou à l’outil : l’énergie un facteur de choix pour l’extraction du minerai aux périodes anciennes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hydraulic hammer: new methods for the study of an archaeological object</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Ars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Florsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée thématique "Métallurgie historique"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FERMI, Dec 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Archaeometallurgy in Europe 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Falun, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04357301v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04639518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’énergie du mineur : protocole expérimental de mesure de l’énergie déployée pour l’abattage du minerai au marteau et à la pointerolle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Du minerai de fer au minerai d'argent. Un protocole expérimental total autour d’un outil, de sa production à son utilisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Disser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Méaudre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Florsch</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie expérimentale des matériaux associés aux productions métalliques.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2023, Melle, France</w:t>
+              <w:t xml:space="preserve">, Florian Téreygeol; Guillaume Sarah; Georges Verly; Marion Berranger, Jun 2023, Melle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04233674v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04155446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du minerai de fer au minerai d'argent. Un protocole expérimental total autour d’un outil, de sa production à son utilisation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">D’un déchet à une matière première : la nature des cendres de bois en usage pour l’affinage de l’argent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie expérimentale des matériaux associés aux productions métalliques.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Florian Téreygeol; Guillaume Sarah; Georges Verly; Marion Berranger, Jun 2023, Melle, France</w:t>
+              <w:t xml:space="preserve">, Jun 2023, Melle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04155446v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04233688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D’un déchet à une matière première : la nature des cendres de bois en usage pour l’affinage de l’argent</w:t>
+                <w:t xml:space="preserve">Multidisciplinary approaches on a medieval ore mill: energy mix and digital twin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Florsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie expérimentale des matériaux associés aux productions métalliques.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Melle, France</w:t>
+              <w:t xml:space="preserve">29th EAA Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Belfast, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04233688v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidisciplinary approaches on a medieval ore mill: energy mix and digital twin</w:t>
+                <w:t xml:space="preserve">The Economics of Medieval Mining by Firesetting or with Chisel: the Issue of Energy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Florsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th EAA Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Belfast, United Kingdom</w:t>
+              <w:t xml:space="preserve">Archaeologia Historica 2023, Zdroje energie a jejich využití</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Brno, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04229970v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Economics of Medieval Mining by Firesetting or with Chisel: the Issue of Energy</w:t>
+                <w:t xml:space="preserve">Au feu ou à l’outil : l’énergie un facteur de choix pour l’extraction du minerai aux périodes anciennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Florsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeologia Historica 2023, Zdroje energie a jejich využití</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Brno, Czech Republic</w:t>
+              <w:t xml:space="preserve">Journée thématique "Métallurgie historique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FERMI, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04229998v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04357301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’énergie du mineur : protocole expérimental de mesure de l’énergie déployée pour l’abattage du minerai au marteau et à la pointerolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Maqueda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Florsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Téreygeol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archéologie expérimentale des matériaux associés aux productions métalliques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Melle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04233674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovation around silver refining at Castel-Minier (2nd half of 14th century, French Pyrénées)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2006,51 +2131,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stříbrná Jihlava 2022. International Conference Ancient Mining and Metallurgy from Prehistory into the Modern Age</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Jihlava, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04284491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2060,176 +2185,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The medieval chisels from Castel-Minier, France (14th-15th centuries), an experimental and computational approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Méaudre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Disser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dunas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stříbrná Jihlava – Silver Town of Jihlava, International Conference, Mining and Metallurgy from Prehistory to the end of Pre-Industrial Times, Jihlava, October 9th-11th 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Jihlava, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05467848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’usine du Bocard de Vialas (Lozère) et son jumeau numérique : valorisation, étude de bâti et mécanique des fluides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Méaudre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2258,73 +2383,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A la découverte des métiers de l’archéologie : la fonderie du Bocard, Vialas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Vialas, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05467923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche croisée sur les flux d’énergie lors de la mouture du minerai : l’exemple du moulin de Castel-Minier (XVe s.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2353,73 +2478,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIVe colloque du GMPCA : Archéométrie 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04230089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated energy simulation of medieval mining systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2448,185 +2573,651 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st Symposium in Artificial Intelligence and Applied Mathematics for History and Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04329308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Un exemple d'archéologie du geste martial: les guerriers de Paestum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Salvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Maqueda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Pontonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Armes et Guerriers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, S3078, BAR Publishing, pp.1-12, 2022, BAR international series, 9781407359441</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03676865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recycler, réemployer, transformer : expérimenter l’économie circulaire ancienne (PCR)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Téreygeol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Méaudre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Maqueda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sarah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Disser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS (UMR 7065 IRAMAT). 2025, 221 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05461574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archéologie expérimentale des matériaux associés aux productions métalliques : (Re)mettre la science en Culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Téreygeol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Artru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florencia Becerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA-DRAC Nouvelle-Aquitaine. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05172110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le talc et la fonte du plomb au sol (XVe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC Nouvelle-Aquitaine, Service Régional de l’Archéologie. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04879875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transformations, quantification et flux d'énergie dans les systèmes de productions métallurgiques médiévaux et de la Renaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Maqueda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Sorbonne Université, 2025. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2025SORUS599⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05543346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId46"/>
+      <w:footerReference w:type="default" r:id="rId61"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2773,51 +3364,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697829v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Maqueda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Florsch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5817/AH2024-1-7" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04697826v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Foy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon G&#233;raud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087098v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467888v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles M&#233;audre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Disser" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05471742v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Dunas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Merluzzo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071444v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05471751v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071450v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313499v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639518v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ars" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639527v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bernard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639532v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639509v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357301v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233674v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155446v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fernandez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233688v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229970v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229998v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04284491v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467848v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dunas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467923v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230089v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329308v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879875v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697829v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Maqueda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Florsch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5817/AH2024-1-7" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04697826v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Foy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon G&#233;raud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087098v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05471742v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles M&#233;audre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Disser" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Dunas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Merluzzo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467888v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071444v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463936v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Quellec" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laratte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cances" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05471751v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313499v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071450v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639527v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bernard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639532v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639509v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639518v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ars" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155446v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fernandez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233688v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229970v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229998v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357301v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233674v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04284491v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467848v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dunas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467923v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230089v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329308v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03676865v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Salvan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pontonnier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05461574v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarah" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05172110v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Artru" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Becerra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanchet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879875v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05543346v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025SORUS599" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>