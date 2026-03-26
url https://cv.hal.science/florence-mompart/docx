--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1649,286 +1649,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02657948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary breakpoints through a high-resolution comparative map between porcine chromosomes 2 and 16 and human chromosomes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Zygote arrest 1 gene in pig, cattle and human: evidence of different transcript variants in male and female germ cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Milan</w:t>
+                <w:t xml:space="preserve">Svetlana Uzbekova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+                <w:t xml:space="preserve">M. Roy-Sabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Faraut</w:t>
+                <w:t xml:space="preserve">Rozenn Dalbies-Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Perreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Papillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reproductive Biology and Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 4 (12), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1477-7827-4-12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02656467v1</w:t>
+                <w:t xml:space="preserve">hal-02658440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zygote arrest 1 gene in pig, cattle and human: evidence of different transcript variants in male and female germ cells</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rozenn Dalbies-Tran</w:t>
+                <w:t xml:space="preserve">Evolutionary breakpoints through a high-resolution comparative map between porcine chromosomes 2 and 16 and human chromosomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Perreau</w:t>
+                <w:t xml:space="preserve">Denis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Papillier</w:t>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproductive Biology and Endocrinology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 88, pp.504-512</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02658440v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A high-resolution comparative map between pig chromosome 17 and human chromosomes 4, 8, and 20: Identification of synteny breakpoints</w:t>
               </w:r>
@@ -1953,51 +1953,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Karlskov-Mortensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.B. Jorgensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2199,116 +2199,116 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine M. Yerle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 106, pp.11-11</w:t>
+              <w:t xml:space="preserve">, 2004, 106, pp.11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02673120v1</w:t>
+                <w:t xml:space="preserve">hal-02669950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparative porcine-human RH map for SSC2 focusing on synteny breakpoints with human</w:t>
               </w:r>
@@ -2320,116 +2320,116 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine M. Yerle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 106, pp.11</w:t>
+              <w:t xml:space="preserve">, 2004, 106, pp.11-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02669950v1</w:t>
+                <w:t xml:space="preserve">hal-02673120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a new Salmonella enterica serovar Enteritidis locus involved in cell invasion and in the colonisation of chicks</w:t>
               </w:r>
@@ -2587,64 +2587,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine M. Yerle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2676,269 +2676,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02670370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low persistence of a large-plasmid-cured variant of Salmonella enteritidis in ceca of chicks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t>
+                <w:t xml:space="preserve">Antibody responses in the serum and gut of chicken lines differing in cecal carriage of Salmonella enteritidis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Berthelot-Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Pardon</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ms Zygmunt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Dubray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Avian diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 47 (1), pp.163-168</w:t>
+              <w:t xml:space="preserve">Veterinary Immunology and Immunopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 96 (1-2), pp.43-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02675683v1</w:t>
+                <w:t xml:space="preserve">hal-02678065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibody responses in the serum and gut of chicken lines differing in cecal carriage of Salmonella enteritidis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F Berthelot-Herault</w:t>
+                <w:t xml:space="preserve">Low persistence of a large-plasmid-cured variant of Salmonella enteritidis in ceca of chicks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Velge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Bottreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Immunology and Immunopathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 96 (1-2), pp.43-52</w:t>
+              <w:t xml:space="preserve">Avian diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 47 (1), pp.163-168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02678065v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02675683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Listéria et risques alimentaires</w:t>
               </w:r>
@@ -3325,51 +3325,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Girard-Santosuosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3424,51 +3424,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences in frequency, level, and duration of cecal carriage between four outbred chicken lines infected orally with Salmonella enteritidis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3549,51 +3549,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences in frequency, level, and duration of cecal carriage between four outbred chicken lines infected orally with Salmonella enteritidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3825,152 +3825,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02868765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D nuclear positioning of IGF2 alleles and trans interactions with imprinted genes in pig fetal cells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maria Marti-Marimon</w:t>
+                <w:t xml:space="preserve">3D nuclear organization of the CMH complex in control and LPS-activated porcine and human macrophages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Mompart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Robelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Voillet</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Claire Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine M. Yerle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22. International Colloquim on Animal Cytogenetics and Genomics (ICACG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Toulouse, France. 116 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743243v1</w:t>
+                <w:t xml:space="preserve">hal-01533941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D nuclear positioning of IGF2 alleles and trans interactions with imprinted genes</w:t>
               </w:r>
@@ -3982,51 +3965,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Marti-Marimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Voillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harmonie Barasc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4067,143 +4050,160 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D nuclear organization of the CMH complex in control and LPS-activated porcine and human macrophages</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D nuclear positioning of IGF2 alleles and trans interactions with imprinted genes in pig fetal cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Marti-Marimon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Voillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harmonie Barasc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22. International Colloquim on Animal Cytogenetics and Genomics (ICACG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Toulouse, France. 116 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01533941v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the nuclear spatial conformation of livestock genomes using Hi-C</w:t>
               </w:r>
@@ -5198,51 +5198,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine M. Yerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5681,64 +5681,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine M. Yerle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5927,64 +5927,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine M. Yerle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6048,64 +6048,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine M. Yerle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6195,51 +6195,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Gorodkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29. International Conference on International Society of Animla Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Tokyo, Japan</w:t>
@@ -6307,64 +6307,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Zygmunt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Dubray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Immunité muqueuse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 1999, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6514,51 +6514,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model of cecal Salmonella enteritidis carrier state in chickens: Bacteriological, genetic and immunological data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6633,432 +6633,432 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02770675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison du portage de Salmonella enteritidis par quatre lignées de poules inoculées par voies orale et intraveineuse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differences in colonization of caeca by Salmonella enteritidis between four chicken lines.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Mompart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">O. Girard-Santosuosso</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Lechopier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Section de microbiologie clinique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 1996, Paris, France</w:t>
+              <w:t xml:space="preserve">XXIème Congrès International d'Ecologie et Pathologie microbiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1996, Paris, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02768740v1</w:t>
+                <w:t xml:space="preserve">hal-02839475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in colonization of caeca by Salmonella enteritidis between four chicken lines.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
+                <w:t xml:space="preserve">Comparison of experimental carrier state of Salmonella enteriditis in four chick lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ducher-Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Lechopier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Pardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIème Congrès International d'Ecologie et Pathologie microbiennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 1996, Paris, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">20. World's Poultry Science Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1996, New Delhi, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02839475v1</w:t>
+                <w:t xml:space="preserve">hal-02769998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of experimental carrier state of Salmonella enteriditis in four chick lines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Ducher-Suchaux</w:t>
+                <w:t xml:space="preserve">Comparaison du portage de Salmonella enteritidis par quatre lignées de poules inoculées par voies orale et intraveineuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Lechopier</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Girard-Santosuosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. World's Poultry Science Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1996, New Delhi, India</w:t>
+              <w:t xml:space="preserve">Section de microbiologie clinique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 1996, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02769998v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of experimental carrier state of Salmonella enteritidis in four chick lines.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7165,51 +7165,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Girard-Santosuosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7385,51 +7385,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la résistance de différentes souches aviaires à l'infection et au portage de Salmonella enteriditis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7523,51 +7523,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Girard-Santosuosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7622,51 +7622,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison du portage de Salmonella enteriditis par quatre lignées de poules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7747,51 +7747,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de la colonisation des caeca par Salmonella enteritidis chez quatre lignées de poulet.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7872,51 +7872,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portage de Salmonella enteritidis par quatre lignées de poulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7997,51 +7997,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de la colonisation des caeca par Salmonella enteriditis chez quatre lignees de poulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8801,51 +8801,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Marti-Marimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Voillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harmonie Barasc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8894,265 +8894,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02794242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arcitecture nucléaire 3D et expression du génome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D nuclear organization of the CMH complex in control and LPS-activated porcine macrophages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Mompart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Robelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Yerle-Bouissou</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">David Robelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du Departement de Génétique Animale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">21. International Colloquium on Animal Cytogenetics and Gene mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Ischia, Italy. Springer Verlag, Chromosome Research, 22, 2014, Chromosome Research. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10577-014-9435-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02810380v1</w:t>
+                <w:t xml:space="preserve">hal-01194004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D nuclear organization of the CMH complex in control and LPS-activated porcine macrophages</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Arcitecture nucléaire 3D et expression du génome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Yerle-Bouissou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mompart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Acloque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Robelin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martine Yerle-Bouissou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21. International Colloquium on Animal Cytogenetics and Gene mapping</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Séminaire du Departement de Génétique Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Fréjus, France. 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10577-014-9435-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01194004v1</w:t>
+                <w:t xml:space="preserve">hal-02810380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D organization of telomeres in control and LPS-activated neutrophils</w:t>
               </w:r>
@@ -9868,51 +9868,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="117695A7"/>
+    <w:nsid w:val="F8F2444B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10099,51 +10099,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-mompart" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-1504-5620" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350877v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mompart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kamgou&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lahbib Mansais" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Robelin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12860-021-00384-4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03248449v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Tremblay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Lopez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Quaranta" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bergoglio" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.656795" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437599v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foissac" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylie Munyard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-019-0726-5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622330v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Feve" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerr&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0187617" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637087v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmonie Barasc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Marti-Marimon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddie Iannuccelli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12860-016-0113-9" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651602v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Delcros" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Yerle-Bouissou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2121-14-30" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645259v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Acloque" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnet-Garnier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0078005" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645796v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Solinhac" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal G.P. Martin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00412-011-0328-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2FK41SKD-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662443v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gellin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Yerle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btq013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659668v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10577-009-9074-6" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6JNWBN1B-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657948v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Zundel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallois" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Constanty" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Roche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4565.2007.00058.x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9BWH2NWR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656467v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Leroux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658440v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Uzbekova" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roy-Sabau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dalbies-Tran" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Perreau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Papillier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1477-7827-4-12" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670629v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Karlskov-Mortensen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.B. Jorgensen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682023v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Amy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Virlogeux-Payant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bottreau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pardon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsle.2005.03.018" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673120v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669950v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683223v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velge" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Senocq" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2004.03.005" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1TD2N6WS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670370v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675683v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678065v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Berthelot-Herault" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ms Zygmunt" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Dubray" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Duchet Suchaux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693857v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Zundel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Marly" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luu Phan Thanh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695363v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berthelot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Beaumont" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Girard-Santosuosso" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691242v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697392v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Menanteau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693289v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lechopier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688300v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868765v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Eugenia Marti Marimon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Zytnicki" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali Quelen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743243v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Voillet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742818v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533941v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581540v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508146v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794782v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.D. Nicholls" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Johnson" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Gollin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.D. Wells" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797298v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Nicholls" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Johnson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Gollin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Wells" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750360v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750345v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Hamont" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817332v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Riquet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Sarry" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816623v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816746v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822877v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pinton" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jauneau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754538v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820912v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813597v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829681v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle P. Oswald" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827995v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826042v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761544v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Karlskov" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Gorodkin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769038v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zygmunt" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771407v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770675v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Zygmunt" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768740v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839475v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769998v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ducher-Suchaux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769348v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773569v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775892v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774130v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beaumont" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Protais" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772205v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776304v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849226v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776192v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776731v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446988v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenaelle Derolez" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bars-Cortina" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mompart" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Poujade" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric A. Richard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734307v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Calgaro" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608046v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Villa-Vialaneix" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608449v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743692v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794242v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810380v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194004v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10577-014-9435-7" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804452v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824471v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Yerle" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833199v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Trotereau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829131v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811078v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Iannuccelli" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-mompart" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-1504-5620" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350877v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mompart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kamgou&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lahbib Mansais" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Robelin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12860-021-00384-4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03248449v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Tremblay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Lopez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Quaranta" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bergoglio" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.656795" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437599v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foissac" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylie Munyard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-019-0726-5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622330v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Feve" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerr&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0187617" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637087v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmonie Barasc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Marti-Marimon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddie Iannuccelli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12860-016-0113-9" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651602v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Delcros" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Yerle-Bouissou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2121-14-30" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645259v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Acloque" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnet-Garnier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0078005" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645796v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Solinhac" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal G.P. Martin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00412-011-0328-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2FK41SKD-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662443v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gellin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Yerle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btq013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659668v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10577-009-9074-6" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6JNWBN1B-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657948v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Zundel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallois" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Constanty" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Roche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4565.2007.00058.x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9BWH2NWR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658440v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Uzbekova" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roy-Sabau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dalbies-Tran" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Perreau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Papillier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1477-7827-4-12" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656467v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Leroux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670629v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Karlskov-Mortensen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.B. Jorgensen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682023v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Amy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Virlogeux-Payant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bottreau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pardon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsle.2005.03.018" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669950v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673120v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683223v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velge" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Senocq" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2004.03.005" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1TD2N6WS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670370v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678065v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Berthelot-Herault" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ms Zygmunt" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Dubray" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Duchet Suchaux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675683v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693857v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Zundel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Marly" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luu Phan Thanh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695363v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berthelot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Beaumont" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Girard-Santosuosso" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691242v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697392v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Menanteau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693289v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lechopier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688300v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868765v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Eugenia Marti Marimon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Zytnicki" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali Quelen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533941v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742818v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Voillet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743243v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581540v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508146v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794782v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.D. Nicholls" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Johnson" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Gollin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.D. Wells" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797298v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Nicholls" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Johnson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Gollin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Wells" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750360v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750345v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Hamont" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817332v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Riquet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Sarry" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816623v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816746v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822877v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pinton" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jauneau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754538v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820912v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813597v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829681v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle P. Oswald" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827995v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826042v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761544v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Karlskov" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Gorodkin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769038v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zygmunt" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771407v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770675v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Zygmunt" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839475v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769998v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ducher-Suchaux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768740v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769348v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773569v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775892v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774130v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beaumont" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Protais" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772205v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776304v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849226v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776192v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776731v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446988v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenaelle Derolez" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bars-Cortina" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mompart" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Poujade" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric A. Richard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734307v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Calgaro" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608046v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Villa-Vialaneix" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608449v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743692v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794242v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194004v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10577-014-9435-7" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810380v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804452v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824471v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Yerle" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833199v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Trotereau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829131v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811078v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Iannuccelli" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>