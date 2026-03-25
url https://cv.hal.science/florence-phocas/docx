--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:177.77777777778px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Florence Phocas </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">florence-phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-1161-3665</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">144550202</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florence Phocas is an INRAE senior scientist in quantitative genetics, belonging to the Animal Genetics and Integrative Biology unit located at Jouy-en-Josas (France). All her activity is focused on research on genetic architecture of complex traits and on design of sustainable breeding schemes. After 25 years of work on beef cattle breeding schemes, she is currently working on the development of breeding schemes for fishes and insects, in particular rainbow trout and bees. Since 2021, she is co-leading the GUPPIE team working on fish and insect genetics.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (95)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How partial phenotyping to reduce generation intervals can help to increase annual genetic gain in selected honeybee populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert W Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piter Bijma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heredity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41437-025-00768-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05080309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remarkable heterogeneity revealed in the genetic architecture of resistance to a key bacterial pathogen in two commercial rainbow trout populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Rigaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo-Hyung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Segret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (1), pp.49. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12864-025-12231-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deriving breeding goals and expected selection responses to reduce environmental impacts in rainbow trout farming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 57 (1), pp.71. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-025-01018-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence‐Based Multi Ancestry Association Study Reveals the Polygenic Architecture of Varroa destructor Resistance in the Honeybee Apis mellifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Conte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (3), </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.17637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04866824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-depth investigation of genome to refine QTL positions for spontaneous sex-reversal in XX rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guiguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (5), pp.e0313464. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0313464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05060447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Screening for links between behaviour and acute hyperthermia and hypoxia resistance in rainbow trout using isogenic lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Bideau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5, pp.e46. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.555⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05057569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-density genome-wide association study points out major candidate genes for resistance to infectious pancreatic necrosis in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 57 (1), pp.50. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2025.04.19.649654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156973v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APIS: an updated parentage assignment software managing triploids induced from diploid parents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Griot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">G3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (8), </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/g3journal/jkae143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide detection of positive and balancing signatures of selection shared by four domesticated rainbow trout populations (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 56, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-024-00884-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04474238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty in the mating strategy of honeybees causes bias and unreliability in the estimates of genetic parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert W Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piter Bijma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 56 (1), pp.30. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-024-00898-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04550282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GenoTriplo: A SNP genotype calling method for triploids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (9), pp.e1012483. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1012483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the environmental impacts of conventional and organic scenarios of rainbow trout farming in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 456, pp.142296. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2024.142296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters, trends, and inbreeding in a honeybee breeding program for royal jelly production and behavioral traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apidologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 55 (1), pp.11. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13592-023-01055-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heritability and correlations for honey yield, handling ease, brood quantity, and traits related to resilience in a French honeybee population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert W Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apidologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 55 (4), pp.52. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13592-024-01088-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isogenic lines of rainbow trout (Oncorhynchus mykiss) as a tool to assess how growth and feeding behaviour are correlated to feed efficiency in fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kerneis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 577, pp.739904. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2023.739904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04172992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Overview of Selection Concepts Applied to Honey Bees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Neuditschko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dainat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bee World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0005772X.2022.2147702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maternal and genetic effects on embryonic survival from fertilization to swim up stage and reproductive success in a farmed rainbow trout line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Danon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 29, pp.101523. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aqrep.2023.101523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04012991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of genomic selection for growth, meat content and colour traits in mixed-family breeding designs for the Pacific oyster &amp;lt;em&amp;gt;Crassostrea gigas&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 576, pp.739878. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2023.739878⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic architecture of acute hyperthermia resistance in juvenile rainbow trout (Oncorhynchus mykiss) and genetic correlations with production traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Prchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 55 (1), pp.39. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-023-00811-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are resistances to acute hyperthermia or hypoxia stress similar and consistent between early and late ages in rainbow trout using isogenic lines?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bideau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 562, pp.738800. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2022.738800⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Whole‐genome sequencing identifies interferon-induced protein IFI6/IFI27-like as a strong candidate gene for VNN resistance in European sea bass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 55, pp.30. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-023-00805-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide association study and genomic prediction of tolerance to acute hypoxia in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Prchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 565, pp.739068. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2022.739068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a High-Density 665 K SNP Array for Rainbow Trout Genome-Wide Genotyping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guangtu Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fgene.2022.941340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic architecture and genomic selection of fatty acid composition predicted by Raman spectroscopy in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Blay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Prado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 22 (1), pp.788. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12864-021-08062-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03432316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simulation study of a honeybee breeding scheme accounting for polyandry, direct and maternal effects on colony performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (71), 16 p. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-021-00665-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03339391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of Genomic Selection to Improve Disease Resistance in Two Marine Fishes, the European Sea Bass (Dicentrarchus labrax) and the Gilthead Sea Bream (Sparus aurata)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Griot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.665920. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fgene.2021.665920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of quantitative trait loci associated with calmness and gentleness in honey bees using whole‐genome sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dainat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Servin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.13070. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/age.13070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03252574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal and region‐specific variations in genome‐wide inbreeding effects on female size and reproduction traits of rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eva.13308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters and genome-wide association studies of quality traits characterised using imaging technologies in Rainbow trout, Oncorhynchus mykiss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Blay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.1-17. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fgene.2021.639223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide association studies for resistance to viral nervous necrosis in three populations of European sea bass (Dicentrarchus labrax) using a novel 57k SNP array DlabChip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Griot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 530, pp.735930. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2020.735930⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic determinism of spontaneous masculinisation in XX female rainbow trout: new insights using medium throughput genotyping and whole-genome sequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-74757-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02988446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic architecture and genomic selection of female reproduction traits in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Acin Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (1), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12864-020-06955-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainbow trout resistance to bacterial cold water disease: two new quantitative trait loci identified after a natural disease outbreak on a French farm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brard‐fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 50 (3), pp.293-297. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/age.12777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles performances pour les animaux de demain ? Objectifs et méthodes de sélection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Ducos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32 (2), pp.233-246. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2019.32.2.2466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APIS: An auto-adaptive parentage inference software that tolerates missing parents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Griot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1755-0998.13103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02434174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide estimates of genetic diversity, inbreeding and effective size of experimental and commercial rainbow trout lines undergoing selective breeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 51 (1), pp.26. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-019-0468-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of calf health in Charolais beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Marquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 96 (4), pp.1246-1258. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jas/sky043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels programmes d'amélioration génétique des animaux pour des systèmes d'élevage agro-écologiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Belloc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bidanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30 (1), pp.31-46. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2017.30.1.2232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breeding beef cattle for an extended productive life: evaluation of selection criteria in the Retinta breed as example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Solé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Demyda-Peyrás</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Menendez-Buxadera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 204, pp.115-121. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.livsci.2017.08.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review: Towards the agroecological management of ruminants, pigs and poultry through the development of sustainable breeding programmes: I-selection goals and criteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Belloc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bidanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (11), pp.1749-1759. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731116000926⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review: Towards the agroecological management of ruminants, pigs and poultry through the development of sustainable breeding programmes. II. Breeding strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Belloc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bidanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (11), pp.1760-1769. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731116001051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction of a large collection of small genome variations in French dairy and beef breeds using whole-genome sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mekki Boussaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Michot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabia Letaief</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hozé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 48 (1), pp.87. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-016-0268-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01479216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights into the genetic variation of maternal behavior and suckling performance of continental beef cows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Michenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 48 (1), pp.45. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-016-0223-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01341379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of quantitative trait loci for maternal traits using high-density genotypes of Blonde d’Aquitaine beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Michenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 17 (1), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12863-016-0397-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inbreeding impact on litter size and survival in selected canine breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Hedan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Verrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X Rognon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Internet Journal of Veterinary Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 203 (1), pp.74-78. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tvjl.2014.11.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le phénotypage de l’efficacité alimentaire et de ses composantes, une nécessité pour accroître l’efficience des productions animales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Agabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge Geurden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Médale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (3), pp.235-248</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrer la caractérisation du microbiote digestif dans le phénotypage de l’animal de rente : vers un nouvel outil de maîtrise de la santé en élevage ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Calenge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Floc'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Morgavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (3), pp.209-222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency of multi-breed genomic selection for dairy cattle breeds with different sizes of reference population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hozé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dairy Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 97 (6), pp.3918-3929. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3168/jds.2013-7761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des animaux plus robustes : un enjeu majeur pour le développement durable des productions animales nécessitant l'essor du phénotypage fin et à haut débit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Charley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (3), pp.181-194. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2014.27.3.3066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic prediction in French Charolais beef cattle using high-density single nucleotide polymorphism markers1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hozé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 92 (8), pp.3258-3269. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas2013-7478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier &amp;quot; Phénotypage des animaux d'élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (3), pp.179-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génétique de l’adaptation comportementale des animaux aux conditions d’élevage : le cas des productions bovines, porcines, avicoles et aquacoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne L. Canario</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 26 (1), pp.35-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel insights into the bovine polled phenotype and horn ontogenesis in Bovidae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Grohs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivica I. Medugorac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan S. Krebs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Djari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, online (5), Non paginé. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0063512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic values of body weight, reproduction and parasite resistance traits for a Creole goat breeding goal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mandonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy R. Arquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gourdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7 (1), pp.22-33. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731112001413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulated selection responses for breeding programs including resistance and resilience to parasites in Creole goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gourdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. P. Bijma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mandonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 91 (2), pp.572-581. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas.2011-5071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-density marker imputation accuracy in sixteen French cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hoze Hozé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle M.-N. Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François F. Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain R. Dassonneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 45 (1), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1297-9686-45-33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetics of behavioural adaptation of livestock to farming conditions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne L. Canario</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7 (3), pp.357-377. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731112001978⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic aspects of implementing genomic evaluations in a pig sire line breding scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Larzul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 45, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1297-9686-45-40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01004238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of anti-Müllerian hormone production in domestic animals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Monniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Drouilhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Estienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Jarrier-Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reproduction, Fertility and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 25 (1), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/RD12270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency of genomic selection in a purebred pig male line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Larzul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 90 (12), pp.4164-4176. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas.2012-5107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic control of multiple births in low ovulating mammalian species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Drouilhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mammalian Genome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23 (11-12), pp.727-740. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00335-012-9412-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for body weight, reproduction, and parasite resistance traits in the Creole goat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy R. Arquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mandonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 89 (11), pp.3443-3451. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas.2011-3872⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attentes en matière d'élevage des acteurs de la sélection animale, des filières de l'agroalimentaire et des associations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C. A. Dockès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. P. Magdelaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. D. Daridan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. A. Guillaumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin M. Rémondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 24 (4), pp.285-296</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'optimisation des programmes de sélection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 24 (4), pp.341-356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic structure of the European Charolais and Limousin cattle metapopulations using pedigree analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban A. Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. F. Forabosco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. A. Fogh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 89 (6), pp.1719-1730. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas.2010-3469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A definition of unknown parent groups based on bull usage patterns across herds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban A. Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 5 (3), pp.337-346. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731110002144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of different on-farm measures of beef cattle temperament for use in genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Boulesteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 88 (11), pp.3529-3537. </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas.2010-3132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for growth, muscularity, feed efficiency and carcass traits of young beef bulls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 129 (1-3), pp.38-48. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.livsci.2009.12.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réduction des rejets avicoles et porcins par la sélection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Bourblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (5), pp.415-426</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters of litter size in Creole goat and their implication for a breeding programme including adaptation traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mandonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Naves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Animal Biosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (2), pp.402-403. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S2040470010000300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of research to a breeding programme for Creole goat in Guadeloupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mandonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Naves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Animal Biosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (2), pp.401-402. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S2040470010000294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la diversité génétique des populations françaises de bovins allaitants spécialisés de 1979 à 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 22 (4), pp.317-330</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of breeding traits in a Charolais cattle population segregating an inactive myostatin allele</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 87 (6), pp.1865-1871. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas.2008-1426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic correlations between temperament and breeding traits in Limousin heifers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Trillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 82 (6), pp.805-811. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/ASC200696⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of three strategies for an international genetic evaluation of beef cattle weaning weight.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Donoghue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.U. Graser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 37 (4), pp.361-380</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of three strategies for an international genetic evaluation of beef cattle weaning weight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kath Donoghue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non Renseigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 37 (4), pp.361-380</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should genetic groups be fitted in BLUP evaluation? Practical answer for the French AI beef sire evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 36 (3), pp.325-345. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/gse:2004004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for growth, reproductive performance, calving ease and suckling performance in beef cattle heifers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 79, pp.41-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02681778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for birth and weaning traits in French specialized beef cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Production Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 89, pp.121-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should genetic groups be fitted in BLUP evaluation? Practical answer for the French AI beef sire evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 36, pp.325-345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A proposal of criteria of robustness analysis in genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Production Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 80, pp.241-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02673521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation models and genetics parameters for calving difficulty in beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 81, pp.933-938</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02674814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing a breeding objective for a French purebred beef cattle selection programme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bloch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Chapelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bécherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Production Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 57, pp.49-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02686167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation déterministe et optimisation d'un schéma de sélection séquentiel : Exemple d'un schéma &amp;quot;volaille de chair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delabrosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 29 (4), pp.327-356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02686755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and optimizing of sequential selection schemes: a poultry breeding application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Delabrosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 29 (4), pp.327-356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considerations on measures of precision and connectedness in mixed linear models of genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 28 (4), pp.359-378</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic steady-state under BLUP selection for an infinite and homogeneous population with discrete generations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 93, pp.287-294</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02684663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considerations on measures of precision and connectedness in mixed linear models of genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 28 (4), pp.359-378</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02684734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction de l'efficacité d'un schéma de sélection français sur la croissance en race bovine allaitante. II. Prédiction du progrès génétique asymptotique dans une population hétérogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (2), pp.171-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02700547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expected efficiency of selection for growth in a French beef cattle breeding scheme. I. Multistage selection of bulls used in artificial insemination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (2), pp.149-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02702858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expected efficiency of selection for growth in a French beef cattle breeding scheme. I. Multistage selection of bulls used in artificial insemination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jj Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (2), pp.149-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expected efficiency of selection for growth in a French beef cattle breeding scheme II. Prediction of asymptotic genetic gain in a heterogeneous population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jj Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (2), pp.171-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximating selection differentials and variances for correlated selection indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jj Colleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (6), pp.551-565</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximations empiriques des différentielles de sélection et des variances pour des indices de sélection corrélés.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (6), pp.551-565</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mechanistic model to simulate the long term regulation of th dairy cow nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sauvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dairy Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 75, n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (141)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic architecture of resistance to viral hemorrhagic septicemia in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boudinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XV International Symposium on Genetics in Aquaculture (ISGA XV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Cadiz, Spain. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05228185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A DETERMINISTIC COMPARTMENTAL MODEL FOR FLAVOBACTERIOSIS CONTROL IN RAINBOW TROUT FARMING: FROM EPIDEMIOLOGICAL INSIGHTS TO MANAGEMENT AND GENETIC SELECTION STRATEGIES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auguste Caen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society (EAS), Sep 2025, Valence (Espagne), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-density genome-wide association study in two cohorts of rainbow trout identifies candidate genes for resistance to infectious pancreatic necrosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Diseases of Fish and Shellfish</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05297875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-density genome-wide association study in two cohorts of rainbow trout identifies candidate genes for resistance to infectious pancreatic necrosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Diseases of Fish and Shellfish</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HIGH-DENSITY GENOME-WIDE ASSOCIATION STUDY IN TWO COHORTS OF RAINBOW TROUT IDENTIFIES CANDIDATE GENES FOR RESISTANCE TO INFECTIOUS PANCREATIC NECROSIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Picchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics in Aquaculture (ISGA XV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Cadiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05103203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A NOVEL TOOL TO ASSIGN POLYPLOID STURGEONS (Acipenser baerii, Acipenser gueldenstaedtii) FOR CONSERVATION OR SELECTIVE BREEDING PURPOSES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Debeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics in Aquaculture (ISGA XV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Cadiz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signatures of selection in two lines of rainbow trout selected for their divergent fat content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kerneis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Genetics in Aquaculture (ISGA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Cadix, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05105763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for red muscle development measured using artificial intelligence and genetic correlations with growth and processing traits in rainbow trout (oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Doerflinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudjema Imarazene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Collewet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AQUA2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society (EAS) and the World Aquaculture Society, Aug 2024, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse génétique des performances de production et de résistance à l'hypoxie chez des truites arc-en-ciel diploïdes et triploïdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITAVI, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05103165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premières bases pour une sélection contre le développement du muscle rouge chez la truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Doerflinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudjema Imarazene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine G. Collewet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fourteen candidate genes governing spontaneous sex-reversal in xx-rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guiguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Links between gills genes expressions during moderate heat stress and resistance to acute hyperthermia using rainbow trout isogenic lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04698564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel outil pour la sélection génétique de deux espèces d'esturgeons polyploïdes (Acipenser baerii et Acipenser gueldenstaedtii) : un panel de marqueurs SNPs pour la reconstitution du pedigree</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Debeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05223905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse génétique des performances de production et de résistance à l'hypoxie chez des truites arc-en-ciel diploïdes et triploïdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITAVI, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing genomic selection efficiency for viral nervous necrosis resistance in European seabass (Dicentrarchus labrax)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bajek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Brunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AQUA 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05513550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2014-2024 : MISE EN PLACE ET EVOLUTION DE LA SÉLECTION GÉNOMIQUE DANS LA FILIÈRE AQUACOLE FRANÇAISE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITAVI, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OPTIMIZING HONEYBEE BREEDING SCHEMES: REDUCING THE GENERATION INTERVAL OF DAMS TO ONE YEAR WITH PARTIAL PHENOTYPING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.W. Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piter Bijma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EurBee 10th Congress of Apidology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définir des objectifs de sélection communs, exemple d'une méthode mise en œuvre auprès de collectifs d'apiculteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lauvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Sélection participative animale et végétale"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Jun 2024, Petit-Bourg, Guadeloupe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04912400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment améliorer l’efficacité de la sélection génomique pour la résistance à la nodavirose chez le bar ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Brunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bajek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées Recherche Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05462867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de variants génétiques améliorant les performances de production et de découpe chez la truite arc-en-ciel de grande taille par séquençage de génomes entiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudjema Imarazene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITAVI, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05103175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GENETIC PARAMETERS FOR RED MUSCLE DEVELOPMENT AND GENETIC CORRELATIONS WITH GROWTH AND PROCESSING TRAITS IN RAINBOW TROUT (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Doerflinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudjema Imarazene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAS, Aug 2024, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05103188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACCOUNTING FOR A MIXTURE OF DIPLOID AND TRIPLOID FISH IN GENETIC EVALUATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régions de génome associées à la résistance à la flavobactériose chez deux populations françaises de truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Rigaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Rochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo-Hyung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Segret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées de la Recherche Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05109333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponses attendues dans un programme de sélection visant à limiter les impacts environnementaux en pisciculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées de la Recherche Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05109345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of production and behavioural traits of French honeybees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Dupain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.621</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between behaviour traits and resistances to acute hyperthermia and hypoxia in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Bideau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aquaculture Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society, Sep 2023, Vienne (Autriche), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04449088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative trait loci for resistance to Flavobacterium psychrophilum identified using high-density genotyping in rainbow trout French selected lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Rigaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Rochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo-Hyung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Segret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenomic selection, an alternative to genomic selection in animal breeding?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faten Jaouahdou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Eklouh-Molinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Doerflinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Collewet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop spectroscopie et microscopie du milieu marin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expected selection responses in breeding plans aiming to limit environmental impacts of trout farming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">74th Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.171</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CASDAR ABEILLE : Première estimation de paramètres et de valeurs génétiques chez l'abeille avec l'abeille ligérienne 6 ème Journées Techniques Inter-Filières SYSAAF -11 et 12 octobre, Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GENOME WIDE ASSOCIATION STUDIES OF PRODUCTION TRAITS IN RAINBOW TROUT USING WHOLE GENOME SEQUENCING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudjema Imarazene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paramètres génétiques associés au muscle rouge, correlations avec les caractères de découpe et effet du croisement entre souches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maîtrise du développement du muscle rouge chez la truite arc en ciel (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Génevé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Perquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guyvarc'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Journées Techniques Interfilières SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SYSAAF, Oct 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer des systèmes d’élevage basés sur la diversité intra-spécifique : comment et avec quels effets?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Angélina Magne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lauvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire inter-département ACT-AgroEcosystem - Les systèmes agricoles diversifiés: état des lieux et persectives de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AN R-BASED PIPELINE FOR GENOTYPE CALLING AND PARENTAGE ASSIGNMENT OF TRIPLOID OFFSPRING TO THEIR DIPLOID PARENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trans-generational validation of candidate DNA variants for resistance to Viral Nervous Necrosis and Vibrio harveyi in European seabass (Dicentrarchus labrax)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Brunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bajek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society, Sep 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05462852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IFI6, an interferon alpha induced protein, identified by whole genome sequencing as involved in Viral Nervous Necrosis resistance in European sea bass (Dicentrarchus labrax)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics in Aquaculture XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Puerto Varas, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of royal jelly production and behaviour traits of honeybees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Gerez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rotterdam, France. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/978-90-8686-940-4_619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04013032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GENOME WIDE ASSOCIATION STUDY ON VARROA RESISTANCE TRAITS IN FRENCH HONEYBEE POPULATIONS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia E. Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tabatha Bulach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th European Congress of Apidology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine mapping for Viral Nervous Necrosis resistance in European sea bass (Dicentrarchus labrax) identified by whole genome sequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Rimini, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DETECTING SIGNATURES OF SELECTION BETWEEN THREE FRENCH DOMESTICATED AND ONE NORTH-AMERICAN POPULATION OF RAINBOW TROUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genomics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Grenade, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phénomix : Estimation de l'héritabilité de spectres Raman et premiers résultats d'évaluation phénomique chez la truite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters and genome-wide association study of resistance to acute hyperthermia in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Prchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of uncertainty in direct and maternal genetic parameters estimates for honeybee colony phenotypes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E W Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Bijma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. </w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/978-90-8686-940-4_625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04013024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of genomic selection on production and quality traits and linkage disequilibrium in Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Chenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. World congress on genetics applied to livestock production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/978-90-8686-940-4_567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04013016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNE SÉLECTION SUR LA PERFORMANCE TRIPLOÏDES EST-ELLE NÉCESSAIRE EN TRUTTICULTURE ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Labbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7emes Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenomic selection, an alternative to genomic selection in animal breeding?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faten Jaouahdou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Eklouh-Molinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Doerflinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Collewet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. International Symposium on Genetics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Puerto Varas, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new 665k SNP array used for detecting signatures of positive selection in rainbow trout (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Puerto Varas, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principes de la sélection de groupe pour une application chez les insectes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia E Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tabatha Bulach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9 Congress of Apidology (EurBee)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Berlgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie fine de la résistance à la nécrose nerveuse virale chez le bar identifiée par séquençage du génome entier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plans de sélection multi-caractères pour l'abeille domestique : conception & efficacité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WHOLE GENOME SEQUENCING TO REFINE THE DETECTION OF QTL FOR VIRAL NERVOUS NECROSIS IN EUROPEAN SEA BASS (DICENTRARCHUS LABRAX)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th symposium on Genomics in Aquaculture Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Grenade, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia E Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Agez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03859236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical models for the genetic characterisation of honeybee colonies from whole genome pool sequencing data.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia E Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Sann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PopGroup 54</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04473366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OLD AND RECENT INBREEDING EFFECTS ON FEMALE SIZE AND REPRODUCTION TRAITS IN A RAINBOW TROUT SELECTED LINE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genomics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic determinism of spontaneous masculinisation in XX-female rainbow trout (O. mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guiguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th international symposium on Genomics In Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, On line Conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide association study of hypoxia stress tolerance in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Prchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Funchal (Madeira), Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lignées isogéniques de truite arc-en-ciel : modèle pour étudier la résistance à la SHV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boudinot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées techniques du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SYSAAF, Oct 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome wide association studies revealed one strong effect QTL for viral nervous necrosis resistance in European sea bass (Dicentrarchus labrax)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Griot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Cork, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between early or late resistance to acute temperature or hypoxia stresses in six rainbow trout isogenic lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Prchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Bideau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Funchal (Madeira), Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOLECULAR INBREEDING AND GENETIC LOAD FOR FEMALE REPRODUCTION TRAITS IN A RAINBOW TROUT SELECTED LINE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, en ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt et optimisation de la sélection génomique chez la truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers l’assignation et l’indexation génétique entre et chez les polyploïdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GWAS reveals several genomic regions governing spontaneous XX-maleness in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Krieg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society (EAS). BEL., Oct 2019, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02317177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the genotype of honey bee colonies from pool sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Sann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamila Canale-Tabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BeeStrong : towards a genomic tool for the selection of varroa resistant honey bees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Sann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Poquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Servin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors of variation of genomic selection accuracy for female reproduction traits with a constant reference population size of rainbow trouts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference - Quantitative genetics and genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Lucca, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de la diversité génétique entre et intra lignées françaises de truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées de la Recherche Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Jul 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masculinisation spontanée chez la truite arc-en-ciel : de nouvelles régions du génome identifiées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Krieg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Belmonte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Jul 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of genomic predictions for female reproduction traits in rainbow trout (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research conference - Quantitative genetics and genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Lucca, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of royal jelly production and behavioural traits in Apis mellifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Le Bihan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EurBee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BeeStrong: towards a genomic tool for the selection of Varroa resistant honey bees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Sann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Poquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increase in the accuracy of selection for suckling performance in beef cows with a single-step, multiple-trait genomic evaluation model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Michenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Boichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Massey University. NZL., Feb 2018, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of calf vitality, survival and disease resistance in Charolais beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Marquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic estimates of diversity between and within french rainbow trout populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aqua 2018 - World Aquaculture Society Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic evaluation for stillbirth in French beef cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 Interbull Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneity of genetic diversity throughout the genome in rainbow trout populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International symposium of Genetics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Genetics in Aquaculture (IAGA). INT., Jul 2018, Cairns, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters of royal jelly production and behavioural traits of honey bees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Bihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Basso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">68. Annual Meeting of the European Associationfor Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency of different BLUP indexes accounting for polyandry in bee genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Gravellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">68. Annual Meeting of the European Association for Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d’une évaluation génomique en races Abondance, Tarentaise et Vosgienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jonas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Baur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils et leviers pour favoriser le développement d'une génétique adaptée aux enjeux de l'agro-écologie pour les élevages de ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Brochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Ezanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Foucras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France. 376 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the identification of gene candiates for maternal effects on weaning weight in six beef cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mekki Boussaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rocha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Plant and Animal Genome Conference (PAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mortalité des veaux : analyse phénotypique et étude de la composante génétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Douguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Mattalia-Elie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French genomic experience: genomics for all ruminant species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Croiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 Interbull Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Puerto Varas, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of beef cattle national genomic evaluation in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Varsovie, Poland. 577 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d’évaluations génomiques nationales dans les populations bovines allaitantes françaises Charolaise, Limousine et Blonde d’Aquitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle M.-N. Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Paris, France. 409 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d’une évaluation nationale du comportement des bovins allaitants à partir de données recueillies en ferme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Guerrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lajudie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Leudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d’évaluations génomiques dans les races bovines laitières à effectifs limités en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Baur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic evaluation using combined reference populations from Montbéliarde and French Simmental breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress of Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension to haplotypes of genomic evaluation algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Croiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jonas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Baur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress of Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide scan for reproductive traits of beef heifers using high density SNP panels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Michenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International efforts in livestock phenotyping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hocquette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Phenomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Armidale, Australia. 55 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is there interest in implementing genomic evaluations in a pig male line nucleus? A simulation study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Larzul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th Annual Meeting European Association for Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New french genetic evaluations of fertility and productive life of beef cows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Del-Pilar Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres Interbull</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Nantes, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude, par simulations, de l’intérêt d’une sélection génomique dans une population porcine de type mâle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Larzul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Bidanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45. Journées Recherche Porcine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00939818v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inbreeding effects on litter size and longevity in dogs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hedan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X Rognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne E. Verrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th Annual Meeting European Association for Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Nantes France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État actuel et perspectives d'évolution des objectifs de sélection chez les ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Brochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Larroque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Laggrifoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Labatut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Rencontres Recherches Ruminants (3R)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Paris, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the 50K chip to the HD: Imputation efficiency in 9 French dairy cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hoze Hoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dassonneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Bratislava, Slovakia. pp.308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic selection in a purebred pig breeding scheme: a simulation study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Larzul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Quantitive Genetics (ICQG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sélection génomique : principe et perspectives d'utilisation pour l'amélioration des populations porcines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Bidanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine S. Schwob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43. Journées de la Recherche Porcine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Paris, France. pp.13-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consequences of selection for digestibility on feeding activity and excretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Lafeuille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Hillion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bastianelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide scan for bovine ovulation rate using a dense SNP Map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Touze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hestault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bellayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mekki Boussaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters of resistance and growth traits for a breeding programme in Creole goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia de La Chevrotiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Bambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mandonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Leipzig, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What about fish feelings? An inquiry about how fish farmers and researchers approach fish welfare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Prunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. EASA Biennial Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Social Anthropologists (EASA). GBR., Aug 2010, Maynooth, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic relationships between temperament traits of Limousine calves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediterranean Regional Meeting of the International Society for Applied Ethology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Cervia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-farm assessment and genetic improvement of calf temperament.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Boulesteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd Congress of the International Society for Applied Ethology, 6-10 July 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Cairns, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Docility in beef cattle breeding: how scientists and breeders match their view?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haifa Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowing Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic relationships across four criteria of Limousin calf temperament in restrained or unrestrained conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haifa Ben Haj Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lajudie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60. Annual Meeting of the European Association for Animal Production (EAAP), 2427 August 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic structure of the European Limousin metapopulation using pedigree analyses.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban A. Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inconnu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Barcelona</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation génétique en ferme de la docilité chez les bovins de race limousine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haïfa Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lajudie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic structure of the French Blonde d'Aquitaine, Charolais and Limousin beef cattle populations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban A. Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle M.-N. Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th Annual Meeting of the European Association for Animal Production (EAAP), 2427 August 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Barcelona</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel critère de sélection en ferme pour améliorer la docilité des veaux Limousins ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lajudie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic relationships between temperament traits of Limousine calves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haifa Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXI International Ethological Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche multidisciplinaire du bien-être des poissons : anthropologie, génétique, physiologie et éthologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Prunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Bégout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Tocqueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres de l'Ichtyologie en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breeding goals for sustainable animal breeding: views and expectations of stakeholders from the production chains and the general public.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C Dockes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Magdelaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Daridan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tocqueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Rémondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th Annual Meeting of the European Association for Animal Production (EAAP), 2427 August 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Barcelona</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A gene flow strategy for defining unknown parents groups in beef cattle genetic evaluations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban A. Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th Annual Meeting of the European Association for Animal Production (EAAP), August 2427</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Vilnius</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définition des groupes de parents inconnus pour les évaluations génétiques des bovins allaitants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban A. Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COSADD: a multidisciplinary research program for sustainable breeding goals and selection criteria.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C. Dockes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th Annual Meeting of the European Association for Animal Production (EAAP), August 2427</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Vilnius, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critères et objectifs de sélection animale pour un développement durable.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Lacanau</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EurSafe2007 - Sustainable Food Production and Ethics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Waiblinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Brule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. L'Hotellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Congress of the European Society for Agriculture and Food Ethics September 1315 2007 - Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considering the farmer-animal relationship in the development of sustainable husbandry systems for cattle production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Waiblinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Brule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. L'Hotellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Congress of the European Society for Agricultural and Food Ethics (EurSAFE 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fertility in beef cows.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58th Annual Meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Dublin</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paramètres génétiques du comportement et relations avec les performances zootechniques en race limousine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic relationships between measures of temperament in Australian and French Limousin cattle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.A. Donoghue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th World Congress on Genetics Applied to Livestock Production, Belo Horizonte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Brazil, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrete VS continuous time survival analysis of productive life of Charolais cows.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th World Congress on Genetics Applied to Livestock Production, Belo Horizonte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Brazil, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters between sexes for temperament traits in Limousin cattle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.A. Donoghue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th World Congress on Genetics Applied to Livestock Production, Belo Horizonte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Brazil, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic variability of reproductive traits in Charolais cows.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Montpellier, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du poids de carcasse et de la conformation dans l'élaboration du prix du kilo de carcasse des bovins Charolais.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Devun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Ferre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chopard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Holleville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02771665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Importance économique des qualités d'élevage dans les objectifs de sélection des races rustiques Aubrac, Gasconne et Salers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dodelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Havy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1998, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte des besoins des filières viande dans l'orientation de la race bovine Limousine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Boulesteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Journaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Chapelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Rencontres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1998, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Results from a bio-economic model for French beef cattle breeding objectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. World congress on genetics applied to livestock production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1998, Armidale, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de modalités d'utilisation des stations publiques de contrôle de performances porcines en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Maignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Bidanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Porcine en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRA - ITP, Feb 1997, Paris, France. pp.343-352</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02684727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de modalités d'utilisation des stations publiques de contrôle de performances porcines en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Maignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Bidanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. Journées de la Recherche Porcine en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1997, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination des objectifs de sélection chez les ruminants allaitants: situation actuelle et perspectives d'évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques J. Bouix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Paul J. P. Poivey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1997, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency of alternative beef cattle breding schemes for beef crossing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46. Annual meeting of the EAAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sélection des bovins allaitants et enjeux pour la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Commission des recherches bovines de l'INRA : "Quelle recherche pour quel élevage compte tenu de la situation de la filière bovine ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1996, Theix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducing secondary traits in moets for dairy cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46. Annual meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité génétique d'un noyau de sélection à objectif de croisement industriel, en races bovines allaitantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Rencontres recherches ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1994, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction des caractères secondaires dans les programmes de sélection intensifs chez les bovins laitiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres recherches ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1994, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mechanistic model to simulate the long term regulation of th dairy cow nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sauvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">87. Annual Meeting, American dairy science association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1992, Columbus, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02844642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breeding goals and more: the multiple links between livestock farming systems and genetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lauvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Couix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Labatut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laura Boyle, Massimo De Marchi, Rhys Evans, Laura Gasco, Georgia Hadjipavlou, David Kenny, Michael Lee, Jarissa Maselyne, Filippo Miglior, Sam Millet, Luciano Pinotti, Hans Spoolder (Secretary), Sam de Campeneere (Chair). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual Meeting of The European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Innsbruck, Austria. EAAP, pp.476, Book of abstracts of the 76th Annual Meeting of The European Federation of Animal Science</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05358966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainbow trout isogenic lines, a powerful biological model to study the interactions between genetics, epigenetics and environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Genetics and Genomics Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Lucca (Barga), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05105708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QTL FINE MAPPING FOR RESISTANCE TO INFECTIOUS PANCREATIC NECROSIS USING A 665K SNP ARRAY IN RAINBOW TROUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Ruche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Genetics and Genomics Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Lucca (Barga), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05223807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic architecture of resistance to VHSv in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boudinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Genetics and Genomics Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Lucca, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05227847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Importance of genetic diversity and cooperation between genotypes (CoBreeding Project): Performance of different rainbow trout (Oncorhynchus mykiss) genotypes reared individually or in combinations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Genetics and Genomics Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Lucca (Barga), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05105736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the environmental impacts of conventional and organic scenarios of rainbow trout farming in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. LCA Food International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude d'effets potentiels de croisements entre lignées et réponse à la sélection sur des caractères de découpe chez la truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Doerflinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudjema Imarazene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Gabillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing fat content or feeding behaviour as indirect selection criteria for feed efficiency using trout isogenic lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kerneis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confirmation de deux QTLs d’importance pour la résistance à la NPI dans une lignée commerciale de truite française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Cabon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7emes Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indirect criteria to improve feed efficiency in rainbow trout: Links with biochemistry and immune activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fany Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kerneis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Puerto Varas, Chile. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving resistance to acute hyperthermia by genomic selection to adapt rainbow trout lines to climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Prchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Puerto Varas, Chile. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IS SELECTION ON TRIPLOID INDIVIDUALS PERFORMANCES USEFUL IN RAINBOW TROUT (ONCORHYNCHUS MYKISS) BREEDING PROGRAMS?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Labbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics In Aquaculture 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Puerta Varas, Chile. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWEEPSTAKES REPRODUCTIVE SUCCESS FROM FERTILIZATION TO HATCHING IN A DOMESTICATED LINE OF ONCORHYNCHUS MYKISS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Funchal (Madeira), Portugal. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GENOME-WIDE ASSOCIATION STUDY OF INFECTIOUS PANCREATIC NECROSIS IN TWO SUCCESSIVE GENERATIONS OF RAINBOW TROUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Cabon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Madeira, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de la diversité génétique entre et intra lignées françaises de truite arc en ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris, France. , 2019, Journées de la Recherche Filière Piscicole</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02264930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QTLs linked to survival and growth of rainbow trout fed a 100% plant-based diet in rainbow trout since the first meal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cachelou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Berlin, Germany. , 1672 p., 2019, Our future: growing from water</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02317174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors of variation of genomic selection accuracy for female reproduction traits with a constant reference population size of rainbow trouts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference on Quantitative Genetics and Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Lucca (Barga), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of genomic predictions for female reproduction traits in rainbow trout (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference on Quantitative Genetics and Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Lucca (Barga), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterminisme génétique et sélection génomique des caractères de reproduction femelle chez la truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées de la Recherche Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris, France. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RAINBOW TROUT RESISTANCE TO Flavobacterium psychrophilum: A GENOME WIDE ASSOCIATION STUDY IN A FRENCH POPULATION AFTER A NATURAL DISEASE OUTBREAK</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AQUA 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Montpellier, France. , 2018, AQUA 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective breeding to reduce the ecological footprint of aquaculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Dubrovnik, Croatia. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03156701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candidate genes for milk production traits in Limousin beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Michenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Plant and Animal Genome Conference (PAG XXIV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, San Diego, United States. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of genomic selection in three French regional dairy cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jonas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Baur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">67. Annual meeting of the European Federation of Animal Science EAAP 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. 2016, Book of Abstract of the 67th Annual Meeting of the European Federation of Animal Science</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01531682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for stillbirth in French beef cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Mattalia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Warsaw, Poland. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 21, 2015, Book of abstracts of the 66th Annual Meeting of the European Federation of Animal Science</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy of genomic prediction in French Charolais cattle population using high-density chip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R; Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. </w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">American Society of Animal Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10th World Congress on Genetics Applied to Livestock Production</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic architecture of birth and weaning traits in Charolais beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Capitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Servin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress of Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. American Society of Animal Science, 2014, 10th World Congress of Genetics Applied to Livestock Production</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accounting for population structure and haplotype diversity in whole genome scans for selection signatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon S. Boitard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Servin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude C. Chevalet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Inès M. I. Fariello Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. American Society of Animal Science / American Dairy Science Association, 108 p, 2014, 10th World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic control of ovulation rate in Maine-Anjou cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Touze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress of Genetics Applied to Livestock Production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. </w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">American Society of Animal Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Proceedings, 10th World Congress of Genetics Applied to Livestock Production (WCGALP)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation entre puberté et croissance de la génisse charolaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Cobo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Desramé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Paris, France. </w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INRA - Institut de l'élevage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 20, 2013, Rencontres autour des Recherches sur les Ruminants</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic-wide scan of ovulation rates in beef heifers and cows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Touze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Nantes, France. Wageningen Academic, Annual Meeting of the European Association for Animal Production, 19, 660 p., 2013, EAAP Book Abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness of an experimental design.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dodelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51st Annual Meeting of the European Association for Animal Production, Commission on Animal Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Inconnu, 4 p., 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02842103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How partial phenotyping to reduce generation intervals can help to increase annual genetic gain in selected honeybee populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert W Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piter Bijma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-depth investigation of genome to refine QTL positions for spontaneous sex-reversal in XX rainbow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guiguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence-based genome-wide association studies reveal the polygenic architecture of Varroa destructor resistance in Western honey bees Apis mellifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tabatha Bulach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the environmental impacts of conventional and organic scenarios of rainbow trout farming in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty in the mating strategy causes bias and inaccuracy in estimates of genetic parameters in honeybees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert W Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piter Bijma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide detection of positive and balancing selection signatures shared by four domesticated rainbow trout populations (&amp;lt;i&amp;gt;Oncorhynchus mykiss)&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic determinism of spontaneous masculinisation in XX female rainbow trout: new insights using medium throughput genotyping and whole-genome sequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03026383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les abeilles au cœur des transitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Alaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonjour-Dalmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE - Direction de la communication. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04635134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils et leviers pour favoriser le développement d'une génétique animale adaptée aux enjeux de l'agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine C. Belloc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] SP-2014-061, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence-based genome-wide association studies reveal the polygenic architecture of Varroa destructor resistance in Western honey bees Apis mellifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia E Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tabatha Bulach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.57745/HHE4CZ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déclaration d'invention - Marqueurs génétiques liés à des phénotypes de résistance au varroa chez l’abeille domestique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia E Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Servin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamila Canale-Tabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05117264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les apports de la génomique à l’agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Crespi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Diribarne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guiderdoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hippolyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03438463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concepts de sélection appliqués à l'abeille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Neuditschko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dainat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LES APPORTS DE LA GÉNOMIQUE À L’AGROÉCOLOGIE. Bilan des projets financés sur la période 2005 – 2019 et perspectives pour la recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Crespi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Diribarne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hippolyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation à la détection et localisation fine de QTL GWAS en populations structurées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04481562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection methods & Breeding schemes design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04483151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sélection : Modélisation et Gestion de la diversité génétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04481584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genotyping, the Usefulness of Imputation to Increase SNP Density, and Imputation Methods and Tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genomic Prediction of Complex Traits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2467, Springer US, pp.113-138, 2022, Methods in Molecular Biology, </w:t></w:r><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-0716-2205-6_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La définition des objectifs de sélection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génétique des Animaux d’élevage – Diversité et adaptation dans un monde changeant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.55-70, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La définition des objectifs de sélection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génétique des Animaux d’élevage. Diversité et adaptation dans un monde changeant.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03153836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modéliser les interactions du vivant, en lien avec les milieux et les contextes socio-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Gascuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Lescourret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caquet, Thierry Gascuel, Chantal Tixier-Boichard, Michèle Coordination éditoriale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’agroécologie : des recherches pour la transition des filières et des territoires. Collection Matière à débattre et décider</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Matière à débattre et décider (5), </w:t></w:r><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Quæ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-80, 2020, 978-2-7592-3129-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration génétique des bovins allaitants : de la théorie à l'application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Institut National Polytechnique de Toulouse (INP Toulouse), 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04035609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et Optimisation de programmes de sélection sur la croissance en races bovines allaitantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Institut National Agronomique Paris Grignon (INAPG), 1995. Français. </w:t></w:r><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04035601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of AI bulls'selection in stations in a French beef cattle breed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44. Annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1993, Aarhus, Denmark. European association for animal production, n.p., 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02845882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId737"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:177.77777777778px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Florence Phocas </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">florence-phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-1161-3665</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">144550202</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florence Phocas is an INRAE senior scientist in quantitative genetics, belonging to the Animal Genetics and Integrative Biology unit located at Jouy-en-Josas (France). All her activity is focused on research on genetic architecture of complex traits and on design of sustainable breeding schemes. After 25 years of work on beef cattle breeding schemes, she is currently working on the development of breeding schemes for fishes and insects, in particular rainbow trout and bees. Since 2021, she is co-leading the GUPPIE team working on fish and insect genetics.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling breeding programs considering social behavior in large groups of farmed fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Rovere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz C D Cuyabano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05521725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-depth investigation of genome to refine QTL positions for spontaneous sex-reversal in XX rainbow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guiguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How partial phenotyping to reduce generation intervals can help to increase annual genetic gain in selected honeybee populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert W Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piter Bijma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence-based genome-wide association studies reveal the polygenic architecture of Varroa destructor resistance in Western honey bees Apis mellifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tabatha Bulach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the environmental impacts of conventional and organic scenarios of rainbow trout farming in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty in the mating strategy causes bias and inaccuracy in estimates of genetic parameters in honeybees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert W Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piter Bijma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide detection of positive and balancing selection signatures shared by four domesticated rainbow trout populations (&amp;lt;i&amp;gt;Oncorhynchus mykiss)&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic determinism of spontaneous masculinisation in XX female rainbow trout: new insights using medium throughput genotyping and whole-genome sequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03026383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (96)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective choice of breeding goals in a participatory process of selective breeding: features identified during workshops with two local selection groups in southern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lauvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleur Moirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecology and Sustainable Food Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 18 p. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21683565.2026.2645350⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05558301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remarkable heterogeneity revealed in the genetic architecture of resistance to a key bacterial pathogen in two commercial rainbow trout populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Rigaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo-Hyung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Segret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (1), pp.49. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12864-025-12231-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How partial phenotyping to reduce generation intervals can help to increase annual genetic gain in selected honeybee populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert W Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piter Bijma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heredity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41437-025-00768-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05080309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence‐Based Multi Ancestry Association Study Reveals the Polygenic Architecture of Varroa destructor Resistance in the Honeybee Apis mellifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Conte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (3), </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.17637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04866824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deriving breeding goals and expected selection responses to reduce environmental impacts in rainbow trout farming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 57 (1), pp.71. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-025-01018-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-depth investigation of genome to refine QTL positions for spontaneous sex-reversal in XX rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guiguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (5), pp.e0313464. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0313464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05060447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Screening for links between behaviour and acute hyperthermia and hypoxia resistance in rainbow trout using isogenic lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Bideau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5, pp.e46. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.555⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05057569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-density genome-wide association study points out major candidate genes for resistance to infectious pancreatic necrosis in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 57 (1), pp.50. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2025.04.19.649654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156973v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide detection of positive and balancing signatures of selection shared by four domesticated rainbow trout populations (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 56, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-024-00884-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04474238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APIS: an updated parentage assignment software managing triploids induced from diploid parents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Griot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">G3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (8), </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/g3journal/jkae143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty in the mating strategy of honeybees causes bias and unreliability in the estimates of genetic parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert W Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piter Bijma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 56 (1), pp.30. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-024-00898-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04550282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GenoTriplo: A SNP genotype calling method for triploids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (9), pp.e1012483. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1012483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the environmental impacts of conventional and organic scenarios of rainbow trout farming in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 456, pp.142296. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2024.142296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters, trends, and inbreeding in a honeybee breeding program for royal jelly production and behavioral traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apidologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 55 (1), pp.11. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13592-023-01055-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heritability and correlations for honey yield, handling ease, brood quantity, and traits related to resilience in a French honeybee population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert W Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apidologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 55 (4), pp.52. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13592-024-01088-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Overview of Selection Concepts Applied to Honey Bees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Neuditschko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dainat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bee World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0005772X.2022.2147702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isogenic lines of rainbow trout (Oncorhynchus mykiss) as a tool to assess how growth and feeding behaviour are correlated to feed efficiency in fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kerneis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 577, pp.739904. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2023.739904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04172992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maternal and genetic effects on embryonic survival from fertilization to swim up stage and reproductive success in a farmed rainbow trout line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Danon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 29, pp.101523. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aqrep.2023.101523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04012991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of genomic selection for growth, meat content and colour traits in mixed-family breeding designs for the Pacific oyster &amp;lt;em&amp;gt;Crassostrea gigas&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 576, pp.739878. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2023.739878⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic architecture of acute hyperthermia resistance in juvenile rainbow trout (Oncorhynchus mykiss) and genetic correlations with production traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Prchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 55 (1), pp.39. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-023-00811-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are resistances to acute hyperthermia or hypoxia stress similar and consistent between early and late ages in rainbow trout using isogenic lines?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bideau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 562, pp.738800. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2022.738800⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Whole‐genome sequencing identifies interferon-induced protein IFI6/IFI27-like as a strong candidate gene for VNN resistance in European sea bass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 55, pp.30. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-023-00805-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide association study and genomic prediction of tolerance to acute hypoxia in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Prchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 565, pp.739068. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2022.739068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a High-Density 665 K SNP Array for Rainbow Trout Genome-Wide Genotyping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guangtu Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fgene.2022.941340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic architecture and genomic selection of fatty acid composition predicted by Raman spectroscopy in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Blay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Prado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 22 (1), pp.788. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12864-021-08062-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03432316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simulation study of a honeybee breeding scheme accounting for polyandry, direct and maternal effects on colony performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (71), 16 p. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-021-00665-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03339391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of Genomic Selection to Improve Disease Resistance in Two Marine Fishes, the European Sea Bass (Dicentrarchus labrax) and the Gilthead Sea Bream (Sparus aurata)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Griot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.665920. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fgene.2021.665920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of quantitative trait loci associated with calmness and gentleness in honey bees using whole‐genome sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dainat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Servin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.13070. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/age.13070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03252574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal and region‐specific variations in genome‐wide inbreeding effects on female size and reproduction traits of rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eva.13308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide association studies for resistance to viral nervous necrosis in three populations of European sea bass (Dicentrarchus labrax) using a novel 57k SNP array DlabChip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Griot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 530, pp.735930. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2020.735930⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters and genome-wide association studies of quality traits characterised using imaging technologies in Rainbow trout, Oncorhynchus mykiss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Blay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.1-17. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fgene.2021.639223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic determinism of spontaneous masculinisation in XX female rainbow trout: new insights using medium throughput genotyping and whole-genome sequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-74757-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02988446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic architecture and genomic selection of female reproduction traits in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Acin Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (1), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12864-020-06955-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainbow trout resistance to bacterial cold water disease: two new quantitative trait loci identified after a natural disease outbreak on a French farm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brard‐fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 50 (3), pp.293-297. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/age.12777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APIS: An auto-adaptive parentage inference software that tolerates missing parents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Griot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1755-0998.13103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02434174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles performances pour les animaux de demain ? Objectifs et méthodes de sélection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Ducos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32 (2), pp.233-246. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2019.32.2.2466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide estimates of genetic diversity, inbreeding and effective size of experimental and commercial rainbow trout lines undergoing selective breeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 51 (1), pp.26. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-019-0468-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of calf health in Charolais beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Marquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 96 (4), pp.1246-1258. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jas/sky043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels programmes d'amélioration génétique des animaux pour des systèmes d'élevage agro-écologiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Belloc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bidanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30 (1), pp.31-46. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2017.30.1.2232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breeding beef cattle for an extended productive life: evaluation of selection criteria in the Retinta breed as example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Solé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Demyda-Peyrás</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Menendez-Buxadera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 204, pp.115-121. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.livsci.2017.08.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review: Towards the agroecological management of ruminants, pigs and poultry through the development of sustainable breeding programmes: I-selection goals and criteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Belloc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bidanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (11), pp.1749-1759. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731116000926⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review: Towards the agroecological management of ruminants, pigs and poultry through the development of sustainable breeding programmes. II. Breeding strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Belloc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bidanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (11), pp.1760-1769. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731116001051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction of a large collection of small genome variations in French dairy and beef breeds using whole-genome sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mekki Boussaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Michot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabia Letaief</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hozé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 48 (1), pp.87. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-016-0268-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01479216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights into the genetic variation of maternal behavior and suckling performance of continental beef cows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Michenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 48 (1), pp.45. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12711-016-0223-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01341379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of quantitative trait loci for maternal traits using high-density genotypes of Blonde d’Aquitaine beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Michenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 17 (1), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12863-016-0397-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inbreeding impact on litter size and survival in selected canine breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Hedan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Verrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X Rognon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Internet Journal of Veterinary Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 203 (1), pp.74-78. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tvjl.2014.11.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le phénotypage de l’efficacité alimentaire et de ses composantes, une nécessité pour accroître l’efficience des productions animales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Agabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge Geurden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Médale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (3), pp.235-248</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrer la caractérisation du microbiote digestif dans le phénotypage de l’animal de rente : vers un nouvel outil de maîtrise de la santé en élevage ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Calenge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Floc'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Morgavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (3), pp.209-222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency of multi-breed genomic selection for dairy cattle breeds with different sizes of reference population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hozé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dairy Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 97 (6), pp.3918-3929. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3168/jds.2013-7761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic prediction in French Charolais beef cattle using high-density single nucleotide polymorphism markers1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hozé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 92 (8), pp.3258-3269. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas2013-7478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des animaux plus robustes : un enjeu majeur pour le développement durable des productions animales nécessitant l'essor du phénotypage fin et à haut débit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Charley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (3), pp.181-194. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2014.27.3.3066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier &amp;quot; Phénotypage des animaux d'élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (3), pp.179-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génétique de l’adaptation comportementale des animaux aux conditions d’élevage : le cas des productions bovines, porcines, avicoles et aquacoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne L. Canario</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 26 (1), pp.35-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel insights into the bovine polled phenotype and horn ontogenesis in Bovidae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Grohs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivica I. Medugorac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan S. Krebs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Djari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, online (5), Non paginé. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0063512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic values of body weight, reproduction and parasite resistance traits for a Creole goat breeding goal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mandonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy R. Arquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gourdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7 (1), pp.22-33. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731112001413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulated selection responses for breeding programs including resistance and resilience to parasites in Creole goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gourdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. P. Bijma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mandonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 91 (2), pp.572-581. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas.2011-5071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-density marker imputation accuracy in sixteen French cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hoze Hozé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle M.-N. Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François F. Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain R. Dassonneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 45 (1), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1297-9686-45-33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic aspects of implementing genomic evaluations in a pig sire line breding scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Larzul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 45, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1297-9686-45-40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01004238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetics of behavioural adaptation of livestock to farming conditions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne L. Canario</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7 (3), pp.357-377. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731112001978⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of anti-Müllerian hormone production in domestic animals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Monniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Drouilhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Estienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Jarrier-Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reproduction, Fertility and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 25 (1), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/RD12270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency of genomic selection in a purebred pig male line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Larzul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 90 (12), pp.4164-4176. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas.2012-5107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic control of multiple births in low ovulating mammalian species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Drouilhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mammalian Genome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23 (11-12), pp.727-740. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00335-012-9412-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for body weight, reproduction, and parasite resistance traits in the Creole goat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy R. Arquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mandonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 89 (11), pp.3443-3451. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas.2011-3872⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attentes en matière d'élevage des acteurs de la sélection animale, des filières de l'agroalimentaire et des associations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C. A. Dockès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. P. Magdelaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. D. Daridan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. A. Guillaumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin M. Rémondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 24 (4), pp.285-296</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'optimisation des programmes de sélection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 24 (4), pp.341-356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic structure of the European Charolais and Limousin cattle metapopulations using pedigree analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban A. Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. F. Forabosco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. A. Fogh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 89 (6), pp.1719-1730. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas.2010-3469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A definition of unknown parent groups based on bull usage patterns across herds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban A. Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 5 (3), pp.337-346. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731110002144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of different on-farm measures of beef cattle temperament for use in genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Boulesteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 88 (11), pp.3529-3537. </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas.2010-3132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for growth, muscularity, feed efficiency and carcass traits of young beef bulls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 129 (1-3), pp.38-48. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.livsci.2009.12.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters of litter size in Creole goat and their implication for a breeding programme including adaptation traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mandonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Naves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Animal Biosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (2), pp.402-403. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S2040470010000300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réduction des rejets avicoles et porcins par la sélection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Bourblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (5), pp.415-426</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of research to a breeding programme for Creole goat in Guadeloupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mandonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Naves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Animal Biosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (2), pp.401-402. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S2040470010000294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la diversité génétique des populations françaises de bovins allaitants spécialisés de 1979 à 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 22 (4), pp.317-330</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of breeding traits in a Charolais cattle population segregating an inactive myostatin allele</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 87 (6), pp.1865-1871. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2527/jas.2008-1426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic correlations between temperament and breeding traits in Limousin heifers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Trillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 82 (6), pp.805-811. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/ASC200696⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of three strategies for an international genetic evaluation of beef cattle weaning weight.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Donoghue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.U. Graser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 37 (4), pp.361-380</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of three strategies for an international genetic evaluation of beef cattle weaning weight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kath Donoghue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non Renseigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 37 (4), pp.361-380</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should genetic groups be fitted in BLUP evaluation? Practical answer for the French AI beef sire evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 36 (3), pp.325-345. </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/gse:2004004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for growth, reproductive performance, calving ease and suckling performance in beef cattle heifers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 79, pp.41-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02681778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for birth and weaning traits in French specialized beef cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Production Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 89, pp.121-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should genetic groups be fitted in BLUP evaluation? Practical answer for the French AI beef sire evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 36, pp.325-345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A proposal of criteria of robustness analysis in genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Production Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 80, pp.241-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02673521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation models and genetics parameters for calving difficulty in beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 81, pp.933-938</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02674814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing a breeding objective for a French purebred beef cattle selection programme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bloch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Chapelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bécherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Production Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 57, pp.49-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02686167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation déterministe et optimisation d'un schéma de sélection séquentiel : Exemple d'un schéma &amp;quot;volaille de chair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delabrosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 29 (4), pp.327-356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02686755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and optimizing of sequential selection schemes: a poultry breeding application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Delabrosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 29 (4), pp.327-356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considerations on measures of precision and connectedness in mixed linear models of genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 28 (4), pp.359-378</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic steady-state under BLUP selection for an infinite and homogeneous population with discrete generations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 93, pp.287-294</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02684663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considerations on measures of precision and connectedness in mixed linear models of genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 28 (4), pp.359-378</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02684734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction de l'efficacité d'un schéma de sélection français sur la croissance en race bovine allaitante. II. Prédiction du progrès génétique asymptotique dans une population hétérogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (2), pp.171-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02700547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expected efficiency of selection for growth in a French beef cattle breeding scheme II. Prediction of asymptotic genetic gain in a heterogeneous population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jj Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (2), pp.171-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expected efficiency of selection for growth in a French beef cattle breeding scheme. I. Multistage selection of bulls used in artificial insemination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (2), pp.149-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02702858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expected efficiency of selection for growth in a French beef cattle breeding scheme. I. Multistage selection of bulls used in artificial insemination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jj Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (2), pp.149-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximations empiriques des différentielles de sélection et des variances pour des indices de sélection corrélés.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (6), pp.551-565</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximating selection differentials and variances for correlated selection indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jj Colleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (6), pp.551-565</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mechanistic model to simulate the long term regulation of th dairy cow nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sauvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dairy Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 75, n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (142)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A DETERMINISTIC COMPARTMENTAL MODEL FOR FLAVOBACTERIOSIS CONTROL IN RAINBOW TROUT FARMING: FROM EPIDEMIOLOGICAL INSIGHTS TO MANAGEMENT AND GENETIC SELECTION STRATEGIES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auguste Caen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society (EAS), Sep 2025, Valence (Espagne), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic architecture of resistance to viral hemorrhagic septicemia in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boudinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XV International Symposium on Genetics in Aquaculture (ISGA XV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Cadiz, Spain. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05228185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-density genome-wide association study in two cohorts of rainbow trout identifies candidate genes for resistance to infectious pancreatic necrosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Diseases of Fish and Shellfish</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-density genome-wide association study in two cohorts of rainbow trout identifies candidate genes for resistance to infectious pancreatic necrosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Diseases of Fish and Shellfish</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05297875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HIGH-DENSITY GENOME-WIDE ASSOCIATION STUDY IN TWO COHORTS OF RAINBOW TROUT IDENTIFIES CANDIDATE GENES FOR RESISTANCE TO INFECTIOUS PANCREATIC NECROSIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Picchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics in Aquaculture (ISGA XV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Cadiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05103203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A NOVEL TOOL TO ASSIGN POLYPLOID STURGEONS (Acipenser baerii, Acipenser gueldenstaedtii) FOR CONSERVATION OR SELECTIVE BREEDING PURPOSES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Debeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics in Aquaculture (ISGA XV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Cadiz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signatures of selection in two lines of rainbow trout selected for their divergent fat content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kerneis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Genetics in Aquaculture (ISGA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Cadix, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05105763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for red muscle development measured using artificial intelligence and genetic correlations with growth and processing traits in rainbow trout (oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Doerflinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudjema Imarazene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Collewet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AQUA2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society (EAS) and the World Aquaculture Society, Aug 2024, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of indirect genetic effects on fish breeding programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Rovere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75 th Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05462880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing genomic selection efficiency for viral nervous necrosis resistance in European seabass (Dicentrarchus labrax)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bajek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Brunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AQUA 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05513550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse génétique des performances de production et de résistance à l'hypoxie chez des truites arc-en-ciel diploïdes et triploïdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITAVI, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse génétique des performances de production et de résistance à l'hypoxie chez des truites arc-en-ciel diploïdes et triploïdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITAVI, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05103165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premières bases pour une sélection contre le développement du muscle rouge chez la truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Doerflinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudjema Imarazene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine G. Collewet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fourteen candidate genes governing spontaneous sex-reversal in xx-rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guiguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Links between gills genes expressions during moderate heat stress and resistance to acute hyperthermia using rainbow trout isogenic lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04698564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel outil pour la sélection génétique de deux espèces d'esturgeons polyploïdes (Acipenser baerii et Acipenser gueldenstaedtii) : un panel de marqueurs SNPs pour la reconstitution du pedigree</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Debeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05223905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2014-2024 : MISE EN PLACE ET EVOLUTION DE LA SÉLECTION GÉNOMIQUE DANS LA FILIÈRE AQUACOLE FRANÇAISE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITAVI, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OPTIMIZING HONEYBEE BREEDING SCHEMES: REDUCING THE GENERATION INTERVAL OF DAMS TO ONE YEAR WITH PARTIAL PHENOTYPING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.W. Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piter Bijma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EurBee 10th Congress of Apidology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définir des objectifs de sélection communs, exemple d'une méthode mise en œuvre auprès de collectifs d'apiculteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lauvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Sélection participative animale et végétale"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Jun 2024, Petit-Bourg, Guadeloupe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04912400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment améliorer l’efficacité de la sélection génomique pour la résistance à la nodavirose chez le bar ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Brunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bajek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées Recherche Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05462867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de variants génétiques améliorant les performances de production et de découpe chez la truite arc-en-ciel de grande taille par séquençage de génomes entiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudjema Imarazene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITAVI, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05103175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACCOUNTING FOR A MIXTURE OF DIPLOID AND TRIPLOID FISH IN GENETIC EVALUATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GENETIC PARAMETERS FOR RED MUSCLE DEVELOPMENT AND GENETIC CORRELATIONS WITH GROWTH AND PROCESSING TRAITS IN RAINBOW TROUT (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Doerflinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudjema Imarazene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAS, Aug 2024, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05103188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponses attendues dans un programme de sélection visant à limiter les impacts environnementaux en pisciculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées de la Recherche Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05109345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régions de génome associées à la résistance à la flavobactériose chez deux populations françaises de truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Rigaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Rochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo-Hyung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Segret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées de la Recherche Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05109333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between behaviour traits and resistances to acute hyperthermia and hypoxia in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Bideau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aquaculture Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society, Sep 2023, Vienne (Autriche), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04449088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of production and behavioural traits of French honeybees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Dupain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.621</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expected selection responses in breeding plans aiming to limit environmental impacts of trout farming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">74th Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.171</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CASDAR ABEILLE : Première estimation de paramètres et de valeurs génétiques chez l'abeille avec l'abeille ligérienne 6 ème Journées Techniques Inter-Filières SYSAAF -11 et 12 octobre, Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative trait loci for resistance to Flavobacterium psychrophilum identified using high-density genotyping in rainbow trout French selected lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Rigaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Rochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo-Hyung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Segret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenomic selection, an alternative to genomic selection in animal breeding?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faten Jaouahdou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Eklouh-Molinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Doerflinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Collewet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop spectroscopie et microscopie du milieu marin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GENOME WIDE ASSOCIATION STUDIES OF PRODUCTION TRAITS IN RAINBOW TROUT USING WHOLE GENOME SEQUENCING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudjema Imarazene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paramètres génétiques associés au muscle rouge, correlations avec les caractères de découpe et effet du croisement entre souches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer des systèmes d’élevage basés sur la diversité intra-spécifique : comment et avec quels effets?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Angélina Magne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lauvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire inter-département ACT-AgroEcosystem - Les systèmes agricoles diversifiés: état des lieux et persectives de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maîtrise du développement du muscle rouge chez la truite arc en ciel (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Génevé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Perquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guyvarc'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Journées Techniques Interfilières SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SYSAAF, Oct 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AN R-BASED PIPELINE FOR GENOTYPE CALLING AND PARENTAGE ASSIGNMENT OF TRIPLOID OFFSPRING TO THEIR DIPLOID PARENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trans-generational validation of candidate DNA variants for resistance to Viral Nervous Necrosis and Vibrio harveyi in European seabass (Dicentrarchus labrax)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Brunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bajek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society, Sep 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05462852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of royal jelly production and behaviour traits of honeybees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Gerez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rotterdam, France. </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/978-90-8686-940-4_619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04013032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IFI6, an interferon alpha induced protein, identified by whole genome sequencing as involved in Viral Nervous Necrosis resistance in European sea bass (Dicentrarchus labrax)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics in Aquaculture XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Puerto Varas, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GENOME WIDE ASSOCIATION STUDY ON VARROA RESISTANCE TRAITS IN FRENCH HONEYBEE POPULATIONS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia E. Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tabatha Bulach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th European Congress of Apidology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DETECTING SIGNATURES OF SELECTION BETWEEN THREE FRENCH DOMESTICATED AND ONE NORTH-AMERICAN POPULATION OF RAINBOW TROUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genomics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Grenade, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine mapping for Viral Nervous Necrosis resistance in European sea bass (Dicentrarchus labrax) identified by whole genome sequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Rimini, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phénomix : Estimation de l'héritabilité de spectres Raman et premiers résultats d'évaluation phénomique chez la truite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters and genome-wide association study of resistance to acute hyperthermia in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Prchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of uncertainty in direct and maternal genetic parameters estimates for honeybee colony phenotypes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Kistler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E W Brascamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Bijma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/978-90-8686-940-4_625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04013024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of genomic selection on production and quality traits and linkage disequilibrium in Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Chenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. World congress on genetics applied to livestock production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. </w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/978-90-8686-940-4_567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04013016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNE SÉLECTION SUR LA PERFORMANCE TRIPLOÏDES EST-ELLE NÉCESSAIRE EN TRUTTICULTURE ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Labbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7emes Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new 665k SNP array used for detecting signatures of positive selection in rainbow trout (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Puerto Varas, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenomic selection, an alternative to genomic selection in animal breeding?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faten Jaouahdou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Eklouh-Molinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Doerflinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Collewet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. International Symposium on Genetics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Puerto Varas, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principes de la sélection de groupe pour une application chez les insectes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia E Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tabatha Bulach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9 Congress of Apidology (EurBee)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Berlgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie fine de la résistance à la nécrose nerveuse virale chez le bar identifiée par séquençage du génome entier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plans de sélection multi-caractères pour l'abeille domestique : conception & efficacité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WHOLE GENOME SEQUENCING TO REFINE THE DETECTION OF QTL FOR VIRAL NERVOUS NECROSIS IN EUROPEAN SEA BASS (DICENTRARCHUS LABRAX)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th symposium on Genomics in Aquaculture Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Grenade, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia E Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Agez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03859236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical models for the genetic characterisation of honeybee colonies from whole genome pool sequencing data.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia E Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Sann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PopGroup 54</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04473366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide association study of hypoxia stress tolerance in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Prchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Funchal (Madeira), Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic determinism of spontaneous masculinisation in XX-female rainbow trout (O. mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guiguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th international symposium on Genomics In Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, On line Conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OLD AND RECENT INBREEDING EFFECTS ON FEMALE SIZE AND REPRODUCTION TRAITS IN A RAINBOW TROUT SELECTED LINE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genomics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lignées isogéniques de truite arc-en-ciel : modèle pour étudier la résistance à la SHV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boudinot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées techniques du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SYSAAF, Oct 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between early or late resistance to acute temperature or hypoxia stresses in six rainbow trout isogenic lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Prchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Bideau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Funchal (Madeira), Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome wide association studies revealed one strong effect QTL for viral nervous necrosis resistance in European sea bass (Dicentrarchus labrax)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Griot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Cork, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOLECULAR INBREEDING AND GENETIC LOAD FOR FEMALE REPRODUCTION TRAITS IN A RAINBOW TROUT SELECTED LINE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, en ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt et optimisation de la sélection génomique chez la truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers l’assignation et l’indexation génétique entre et chez les polyploïdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Interfilières du SYSAAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the genotype of honey bee colonies from pool sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Sann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamila Canale-Tabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GWAS reveals several genomic regions governing spontaneous XX-maleness in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Krieg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society (EAS). BEL., Oct 2019, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02317177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors of variation of genomic selection accuracy for female reproduction traits with a constant reference population size of rainbow trouts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference - Quantitative genetics and genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Lucca, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BeeStrong : towards a genomic tool for the selection of varroa resistant honey bees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Sann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Poquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Servin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masculinisation spontanée chez la truite arc-en-ciel : de nouvelles régions du génome identifiées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Krieg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Belmonte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Jul 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de la diversité génétique entre et intra lignées françaises de truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées de la Recherche Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Jul 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of genomic predictions for female reproduction traits in rainbow trout (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research conference - Quantitative genetics and genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Lucca, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BeeStrong: towards a genomic tool for the selection of Varroa resistant honey bees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Sann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Poquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of royal jelly production and behavioural traits in Apis mellifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Le Bihan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EurBee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increase in the accuracy of selection for suckling performance in beef cows with a single-step, multiple-trait genomic evaluation model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Michenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Boichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Massey University. NZL., Feb 2018, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneity of genetic diversity throughout the genome in rainbow trout populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International symposium of Genetics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Genetics in Aquaculture (IAGA). INT., Jul 2018, Cairns, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of calf vitality, survival and disease resistance in Charolais beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Marquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic evaluation for stillbirth in French beef cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 Interbull Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic estimates of diversity between and within french rainbow trout populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aqua 2018 - World Aquaculture Society Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters of royal jelly production and behavioural traits of honey bees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Bihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Basso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">68. Annual Meeting of the European Associationfor Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency of different BLUP indexes accounting for polyandry in bee genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Gravellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">68. Annual Meeting of the European Association for Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d’une évaluation génomique en races Abondance, Tarentaise et Vosgienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jonas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Baur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils et leviers pour favoriser le développement d'une génétique adaptée aux enjeux de l'agro-écologie pour les élevages de ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Brochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Ezanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Foucras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France. 376 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the identification of gene candiates for maternal effects on weaning weight in six beef cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mekki Boussaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rocha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Plant and Animal Genome Conference (PAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mortalité des veaux : analyse phénotypique et étude de la composante génétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Douguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Mattalia-Elie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French genomic experience: genomics for all ruminant species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Croiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 Interbull Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Puerto Varas, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of beef cattle national genomic evaluation in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Varsovie, Poland. 577 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d’évaluations génomiques nationales dans les populations bovines allaitantes françaises Charolaise, Limousine et Blonde d’Aquitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle M.-N. Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Paris, France. 409 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d’une évaluation nationale du comportement des bovins allaitants à partir de données recueillies en ferme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Guerrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lajudie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Leudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d’évaluations génomiques dans les races bovines laitières à effectifs limités en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Baur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension to haplotypes of genomic evaluation algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Croiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jonas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Baur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress of Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic evaluation using combined reference populations from Montbéliarde and French Simmental breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress of Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide scan for reproductive traits of beef heifers using high density SNP panels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Michenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International efforts in livestock phenotyping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hocquette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Phenomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Armidale, Australia. 55 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is there interest in implementing genomic evaluations in a pig male line nucleus? A simulation study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Larzul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th Annual Meeting European Association for Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New french genetic evaluations of fertility and productive life of beef cows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Del-Pilar Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres Interbull</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Nantes, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude, par simulations, de l’intérêt d’une sélection génomique dans une population porcine de type mâle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Larzul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Bidanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45. Journées Recherche Porcine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00939818v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inbreeding effects on litter size and longevity in dogs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hedan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X Rognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne E. Verrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th Annual Meeting European Association for Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Nantes France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État actuel et perspectives d'évolution des objectifs de sélection chez les ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Brochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Larroque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Laggrifoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Labatut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Rencontres Recherches Ruminants (3R)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Paris, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the 50K chip to the HD: Imputation efficiency in 9 French dairy cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hoze Hoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dassonneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Bratislava, Slovakia. pp.308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic selection in a purebred pig breeding scheme: a simulation study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Larzul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Quantitive Genetics (ICQG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sélection génomique : principe et perspectives d'utilisation pour l'amélioration des populations porcines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Bidanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine S. Schwob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43. Journées de la Recherche Porcine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Paris, France. pp.13-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consequences of selection for digestibility on feeding activity and excretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Lafeuille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Hillion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bastianelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide scan for bovine ovulation rate using a dense SNP Map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Touze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hestault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bellayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mekki Boussaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters of resistance and growth traits for a breeding programme in Creole goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia de La Chevrotiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Bambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mandonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Leipzig, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What about fish feelings? An inquiry about how fish farmers and researchers approach fish welfare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Prunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. EASA Biennial Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Social Anthropologists (EASA). GBR., Aug 2010, Maynooth, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic relationships between temperament traits of Limousine calves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediterranean Regional Meeting of the International Society for Applied Ethology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Cervia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-farm assessment and genetic improvement of calf temperament.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Boulesteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd Congress of the International Society for Applied Ethology, 6-10 July 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Cairns, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Docility in beef cattle breeding: how scientists and breeders match their view?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haifa Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowing Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic relationships across four criteria of Limousin calf temperament in restrained or unrestrained conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haifa Ben Haj Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lajudie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60. Annual Meeting of the European Association for Animal Production (EAAP), 2427 August 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation génétique en ferme de la docilité chez les bovins de race limousine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haïfa Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lajudie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic structure of the European Limousin metapopulation using pedigree analyses.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban A. Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inconnu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Barcelona</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic structure of the French Blonde d'Aquitaine, Charolais and Limousin beef cattle populations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban A. Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle M.-N. Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th Annual Meeting of the European Association for Animal Production (EAAP), 2427 August 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Barcelona</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel critère de sélection en ferme pour améliorer la docilité des veaux Limousins ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lajudie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche multidisciplinaire du bien-être des poissons : anthropologie, génétique, physiologie et éthologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Prunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Bégout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Tocqueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres de l'Ichtyologie en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic relationships between temperament traits of Limousine calves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haifa Benhajali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXI International Ethological Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breeding goals for sustainable animal breeding: views and expectations of stakeholders from the production chains and the general public.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C Dockes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Magdelaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Daridan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tocqueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Rémondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th Annual Meeting of the European Association for Animal Production (EAAP), 2427 August 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Barcelona</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définition des groupes de parents inconnus pour les évaluations génétiques des bovins allaitants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban A. Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A gene flow strategy for defining unknown parents groups in beef cattle genetic evaluations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban A. Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th Annual Meeting of the European Association for Animal Production (EAAP), August 2427</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Vilnius</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COSADD: a multidisciplinary research program for sustainable breeding goals and selection criteria.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C. Dockes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th Annual Meeting of the European Association for Animal Production (EAAP), August 2427</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Vilnius, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critères et objectifs de sélection animale pour un développement durable.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Lacanau</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EurSafe2007 - Sustainable Food Production and Ethics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Waiblinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Brule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. L'Hotellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Congress of the European Society for Agriculture and Food Ethics September 1315 2007 - Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considering the farmer-animal relationship in the development of sustainable husbandry systems for cattle production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Waiblinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Brule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. L'Hotellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Congress of the European Society for Agricultural and Food Ethics (EurSAFE 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fertility in beef cows.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58th Annual Meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Dublin</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic relationships between measures of temperament in Australian and French Limousin cattle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.A. Donoghue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th World Congress on Genetics Applied to Livestock Production, Belo Horizonte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Brazil, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paramètres génétiques du comportement et relations avec les performances zootechniques en race limousine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrete VS continuous time survival analysis of productive life of Charolais cows.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th World Congress on Genetics Applied to Livestock Production, Belo Horizonte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Brazil, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters between sexes for temperament traits in Limousin cattle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.A. Donoghue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th World Congress on Genetics Applied to Livestock Production, Belo Horizonte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Brazil, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic variability of reproductive traits in Charolais cows.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Montpellier, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du poids de carcasse et de la conformation dans l'élaboration du prix du kilo de carcasse des bovins Charolais.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Devun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Ferre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chopard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Holleville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02771665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Importance économique des qualités d'élevage dans les objectifs de sélection des races rustiques Aubrac, Gasconne et Salers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dodelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Havy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1998, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte des besoins des filières viande dans l'orientation de la race bovine Limousine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Boulesteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Journaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Chapelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Rencontres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1998, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Results from a bio-economic model for French beef cattle breeding objectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. World congress on genetics applied to livestock production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1998, Armidale, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de modalités d'utilisation des stations publiques de contrôle de performances porcines en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Maignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Bidanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Porcine en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRA - ITP, Feb 1997, Paris, France. pp.343-352</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02684727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de modalités d'utilisation des stations publiques de contrôle de performances porcines en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Maignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Bidanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. Journées de la Recherche Porcine en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1997, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination des objectifs de sélection chez les ruminants allaitants: situation actuelle et perspectives d'évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques J. Bouix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Paul J. P. Poivey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1997, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency of alternative beef cattle breding schemes for beef crossing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46. Annual meeting of the EAAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sélection des bovins allaitants et enjeux pour la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Commission des recherches bovines de l'INRA : "Quelle recherche pour quel élevage compte tenu de la situation de la filière bovine ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1996, Theix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducing secondary traits in moets for dairy cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46. Annual meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité génétique d'un noyau de sélection à objectif de croisement industriel, en races bovines allaitantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Rencontres recherches ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1994, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction des caractères secondaires dans les programmes de sélection intensifs chez les bovins laitiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres recherches ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1994, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mechanistic model to simulate the long term regulation of th dairy cow nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sauvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">87. Annual Meeting, American dairy science association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1992, Columbus, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02844642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breeding goals and more: the multiple links between livestock farming systems and genetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lauvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Couix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Labatut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laura Boyle, Massimo De Marchi, Rhys Evans, Laura Gasco, Georgia Hadjipavlou, David Kenny, Michael Lee, Jarissa Maselyne, Filippo Miglior, Sam Millet, Luciano Pinotti, Hans Spoolder (Secretary), Sam de Campeneere (Chair). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual Meeting of The European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Innsbruck, Austria. EAAP, pp.476, Book of abstracts of the 76th Annual Meeting of The European Federation of Animal Science</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05358966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainbow trout isogenic lines, a powerful biological model to study the interactions between genetics, epigenetics and environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dehaullon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Genetics and Genomics Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Lucca (Barga), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05105708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QTL FINE MAPPING FOR RESISTANCE TO INFECTIOUS PANCREATIC NECROSIS USING A 665K SNP ARRAY IN RAINBOW TROUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Ruche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Genetics and Genomics Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Lucca (Barga), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05223807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic architecture of resistance to VHSv in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boudinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Genetics and Genomics Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Lucca, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05227847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Importance of genetic diversity and cooperation between genotypes (CoBreeding Project): Performance of different rainbow trout (Oncorhynchus mykiss) genotypes reared individually or in combinations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Genetics and Genomics Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Lucca (Barga), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05105736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the environmental impacts of conventional and organic scenarios of rainbow trout farming in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. LCA Food International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude d'effets potentiels de croisements entre lignées et réponse à la sélection sur des caractères de découpe chez la truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Doerflinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudjema Imarazene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Gabillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing fat content or feeding behaviour as indirect selection criteria for feed efficiency using trout isogenic lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kerneis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confirmation de deux QTLs d’importance pour la résistance à la NPI dans une lignée commerciale de truite française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Cabon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7emes Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indirect criteria to improve feed efficiency in rainbow trout: Links with biochemistry and immune activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fany Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kerneis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Puerto Varas, Chile. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving resistance to acute hyperthermia by genomic selection to adapt rainbow trout lines to climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lallias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Prchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Puerto Varas, Chile. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IS SELECTION ON TRIPLOID INDIVIDUALS PERFORMANCES USEFUL IN RAINBOW TROUT (ONCORHYNCHUS MYKISS) BREEDING PROGRAMS?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Labbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Genetics In Aquaculture 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Puerta Varas, Chile. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWEEPSTAKES REPRODUCTIVE SUCCESS FROM FERTILIZATION TO HATCHING IN A DOMESTICATED LINE OF ONCORHYNCHUS MYKISS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Funchal (Madeira), Portugal. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GENOME-WIDE ASSOCIATION STUDY OF INFECTIOUS PANCREATIC NECROSIS IN TWO SUCCESSIVE GENERATIONS OF RAINBOW TROUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoannah François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Cabon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Madeira, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QTLs linked to survival and growth of rainbow trout fed a 100% plant-based diet in rainbow trout since the first meal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dechamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cachelou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Berlin, Germany. , 1672 p., 2019, Our future: growing from water</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02317174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de la diversité génétique entre et intra lignées françaises de truite arc en ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris, France. , 2019, Journées de la Recherche Filière Piscicole</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02264930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors of variation of genomic selection accuracy for female reproduction traits with a constant reference population size of rainbow trouts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference on Quantitative Genetics and Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Lucca (Barga), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterminisme génétique et sélection génomique des caractères de reproduction femelle chez la truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées de la Recherche Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris, France. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of genomic predictions for female reproduction traits in rainbow trout (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Morvezen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Haffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference on Quantitative Genetics and Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Lucca (Barga), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RAINBOW TROUT RESISTANCE TO Flavobacterium psychrophilum: A GENOME WIDE ASSOCIATION STUDY IN A FRENCH POPULATION AFTER A NATURAL DISEASE OUTBREAK</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fraslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brard-Fudulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Bestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AQUA 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Montpellier, France. , 2018, AQUA 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective breeding to reduce the ecological footprint of aquaculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Quillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Dubrovnik, Croatia. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03156701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candidate genes for milk production traits in Limousin beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Michenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Barbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Plant and Animal Genome Conference (PAG XXIV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, San Diego, United States. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of genomic selection in three French regional dairy cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jonas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Baur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Hoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">67. Annual meeting of the European Federation of Animal Science EAAP 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. 2016, Book of Abstract of the 67th Annual Meeting of the European Federation of Animal Science</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01531682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for stillbirth in French beef cattle breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Mattalia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Warsaw, Poland. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 21, 2015, Book of abstracts of the 66th Annual Meeting of the European Federation of Animal Science</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy of genomic prediction in French Charolais cattle population using high-density chip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R; Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. </w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">American Society of Animal Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10th World Congress on Genetics Applied to Livestock Production</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic architecture of birth and weaning traits in Charolais beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Saintilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Fouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Capitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Servin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Tribout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress of Genetics Applied to Livestock Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. American Society of Animal Science, 2014, 10th World Congress of Genetics Applied to Livestock Production</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accounting for population structure and haplotype diversity in whole genome scans for selection signatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon S. Boitard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Servin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude C. Chevalet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Inès M. I. Fariello Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. American Society of Animal Science / American Dairy Science Association, 108 p, 2014, 10th World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic control of ovulation rate in Maine-Anjou cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Touze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Congress of Genetics Applied to Livestock Production (WCGALP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. </w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">American Society of Animal Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Proceedings, 10th World Congress of Genetics Applied to Livestock Production (WCGALP)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation entre puberté et croissance de la génisse charolaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Cobo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Desramé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Paris, France. </w:t></w:r><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INRA - Institut de l'élevage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 20, 2013, Rencontres autour des Recherches sur les Ruminants</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic-wide scan of ovulation rates in beef heifers and cows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Touze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Nantes, France. Wageningen Academic, Annual Meeting of the European Association for Animal Production, 19, 660 p., 2013, EAAP Book Abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness of an experimental design.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dodelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51st Annual Meeting of the European Association for Animal Production, Commission on Animal Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Inconnu, 4 p., 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02842103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les abeilles au cœur des transitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Alaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonjour-Dalmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE - Direction de la communication. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04635134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils et leviers pour favoriser le développement d'une génétique animale adaptée aux enjeux de l'agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine C. Belloc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] SP-2014-061, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence-based genome-wide association studies reveal the polygenic architecture of Varroa destructor resistance in Western honey bees Apis mellifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia E Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin B. Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tabatha Bulach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.57745/HHE4CZ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déclaration d'invention - Marqueurs génétiques liés à des phénotypes de résistance au varroa chez l’abeille domestique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Mondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia E Eynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Servin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamila Canale-Tabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05117264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les apports de la génomique à l’agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Crespi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Diribarne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guiderdoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hippolyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03438463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concepts de sélection appliqués à l'abeille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Neuditschko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dainat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LES APPORTS DE LA GÉNOMIQUE À L’AGROÉCOLOGIE. Bilan des projets financés sur la période 2005 – 2019 et perspectives pour la recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Crespi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Diribarne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hippolyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation à la détection et localisation fine de QTL GWAS en populations structurées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04481562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection methods & Breeding schemes design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04483151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sélection : Modélisation et Gestion de la diversité génétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04481584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genotyping, the Usefulness of Imputation to Increase SNP Density, and Imputation Methods and Tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genomic Prediction of Complex Traits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2467, Springer US, pp.113-138, 2022, Methods in Molecular Biology, </w:t></w:r><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-0716-2205-6_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La définition des objectifs de sélection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génétique des Animaux d’élevage – Diversité et adaptation dans un monde changeant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.55-70, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La définition des objectifs de sélection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génétique des Animaux d’élevage. Diversité et adaptation dans un monde changeant.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03153836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modéliser les interactions du vivant, en lien avec les milieux et les contextes socio-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Gascuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Lescourret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caquet, Thierry Gascuel, Chantal Tixier-Boichard, Michèle Coordination éditoriale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’agroécologie : des recherches pour la transition des filières et des territoires. Collection Matière à débattre et décider</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Matière à débattre et décider (5), </w:t></w:r><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Quæ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-80, 2020, 978-2-7592-3129-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration génétique des bovins allaitants : de la théorie à l'application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Institut National Polytechnique de Toulouse (INP Toulouse), 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04035609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et Optimisation de programmes de sélection sur la croissance en races bovines allaitantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Institut National Agronomique Paris Grignon (INAPG), 1995. Français. </w:t></w:r><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04035601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of AI bulls'selection in stations in a French beef cattle breed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Jacques J. J. Colleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44. Annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1993, Aarhus, Denmark. European association for animal production, n.p., 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02845882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId744"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A14E4387"/>
+    <w:nsid w:val="88599F26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-phocas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1161-3665" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/144550202" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080309v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Kistler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert W Brascamp" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Phocas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piter Bijma" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-025-00768-8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05476583v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pouil" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Rigaudeau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo-Hyung Lee" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Segret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Desgranges" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-12231-3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05476560v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-025-01018-5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04866824v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Eynard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mondet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17637" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060447v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dehaullon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fraslin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Bestin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Poncet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiguen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0313464" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057569v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lagarde" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lallias" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bideau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.555" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156973v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D&#8217;ambrosio" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoannah Fran&#231;ois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Morin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Courant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.04.19.649654" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649084v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roche" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Griot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Besson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Haffray" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkae143" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474238v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Paul" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Restoux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-024-00884-9" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04550282v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-024-00898-3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754946v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Patrice" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1012483" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639960v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2024.142296" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04405508v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13592-023-01055-3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649085v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Kouchner" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Dumas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13592-024-01088-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172992v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kerneis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Quillet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labb&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.739904" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03944407v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guichard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Neuditschko" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Basso" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dainat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0005772X.2022.2147702" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04012991v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Paul" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P&#233;lissier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dechamp" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Danon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2023.101523" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158060v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jourdan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Morvezen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Enez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Lange" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.739878" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04125895v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Prchal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00811-4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778854v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lagarde" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bideau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2022.738800" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116035v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delpuech" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandeputte" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00805-2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03944462v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Prchal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Patrice" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2022.739068" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03725675v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangtu Gao" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2022.941340" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432316v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Blay" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Prado" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-08062-7" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03339391v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00665-8" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360561v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard-Fudulea" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.665920" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03252574v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13070" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533061v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan d'Ambrosio" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13308" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154333v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.639223" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03544239v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.735930" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02988446v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Charles" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-74757-8" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938176v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D&#8217;ambrosio" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brard-Fudulea" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Acin Perez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-06955-7" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166481v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brard&#8208;fudulea" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.12777" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620617v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Roy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ducos" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2019.32.2.2466" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434174v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Allal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13103" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151750v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-019-0468-4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627212v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vinet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Leclerc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Marquis" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky043" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608756v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belloc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bidanel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2017.30.1.2232" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622525v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Morales" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sol&#233;" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Demyda-Peyr&#225;s" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Menendez-Buxadera" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2017.08.014" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533895v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731116000926" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533886v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731116001051" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479216v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Michot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Letaief" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoz&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fritz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0268-z" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341379v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Michenet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Saintilan" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venot" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0223-z" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635606v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Barbat" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-016-0397-y" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01122782v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Leroy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hedan" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verrier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X Rognon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tvjl.2014.11.008" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193938v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dupont-Nivet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Geurden" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise M&#233;dale" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193937v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Calenge" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Floc'H" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Morgavi" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193830v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hoz&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-7761" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173636v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys Bodin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Charley" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2014.27.3.3066" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03161724v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gunia" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saintilan" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Venot" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fouilloux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2013-7478" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193940v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193846v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne L. Canario" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grasteau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000794v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grohs" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivica I. Medugorac" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan S. Krebs" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063512" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000063v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my R. Arquet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Alexandre" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gourdine" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112001413" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000064v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Bijma" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2011-5071" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001056v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze Hoz&#233;" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle M.-N. Fouilloux" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Guillaume" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R. Dassonneville" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-45-33" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019444v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112001978" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004238v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tribout" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-45-40" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129676v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Monniaux" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Drouilhet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Rico" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Estienne" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier-Gaillard" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD12270" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001279v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2012-5107" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019827v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mulsant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00335-012-9412-4" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3NHHW4X6-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000143v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2011-3872" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000250v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. A. Dock&#232;s" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Magdelaine" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Daridan" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Guillaumin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin M. R&#233;mondet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001177v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000450v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban A. Bouquet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. F. Forabosco" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Fogh" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3469" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000889v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Renand" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731110002144" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193395v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benhajali" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boivin" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sapa" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pellegrini" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulesteix" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3132" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193365v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Bouquet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Fouilloux" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renand" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2009.12.010" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0ZHC9F7H-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193612v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Bourblanc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Carr&#233;" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193769v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naves" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470010000300" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193768v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470010000294" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193450v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193425v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2008-1426" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661838v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Trillat" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ASC200696" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679243v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Donoghue" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.U. Graser" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894518v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kath Donoghue" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Non Renseign&#233;" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894310v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2004004" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681778v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679885v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672093v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673521v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674814v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686167v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bloch" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chapelle" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. B&#233;cherel" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686755v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Delabrosse" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894172v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Delabrosse" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894141v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Lalo&#235;" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F M&#233;nissier" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684663v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Jacques J. J. Colleau" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684734v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois M&#233;nissier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700547v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702858v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894086v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jj Colleau" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894087v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894116v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701173v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701380v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauvant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05228185v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Thomas" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Collet" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudinot" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05246160v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Caen" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05297875v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268214v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05103203v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Picchi" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05156471v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Debeuf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05105763v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721326v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Doerflinger" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boudjema Imarazene" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Collewet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103165v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156920v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine G. Collewet" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755014v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698564v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Marchand" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223905v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755046v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513550v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bajek" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Brunier" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796774v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754999v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.W. Brascamp" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912400v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauvie" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462867v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05103175v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05103188v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755026v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05109333v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Rochat" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05109345v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208656v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumas" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dupain" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vignal" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449088v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bideau" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04745285v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185933v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Jaouahdou" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eklouh-Molinier" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197301v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386716v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386683v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386546v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04240183v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas G&#233;nev&#233;" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Perquis" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guyvarc'H" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198507v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lina Magne" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04385840v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462852v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185918v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013032v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Basso" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Kistler" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Gerez" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_619" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855289v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E. Eynard" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabatha Bulach" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185721v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779064v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386542v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779084v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013024v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E W Brascamp" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bijma" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_625" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013016v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Chenier" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_567" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386701v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Labb&#233;" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185835v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778981v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386712v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208134v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185459v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386721v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116026v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859236v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Agez" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473366v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Sann" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779072v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386528v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778912v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256390v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03198222v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778876v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779048v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386533v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386606v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317177v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Krieg" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789560v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788639v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Poquet" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788345v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734889v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182569v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Belmonte" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787972v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03161732v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Vidal" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Le Bihan" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786490v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733972v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Boichon" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736367v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marquis" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193895v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. d'Ambrosio" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737233v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Lefebvre" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Leclerc" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735029v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736436v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Bihan" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Basso" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736780v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Gravellier" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602322v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Sanchez" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jonas" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Baur" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743958v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Brochard" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ezanno" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739811v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608259v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Douguet" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mattalia-Elie" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743221v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barbat" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Croiseau" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536479v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743442v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle M.-N. Fouilloux" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744229v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guerrier" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lajudie" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dufour" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leudet" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194024v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fritz" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193909v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193907v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731142v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194001v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019604v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189870v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Del-Pilar Schneider" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Miller" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aignel" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939818v2" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bidanel" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01562186v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leroy" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hedan" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Verrier" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019593v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Brochard" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Larroque" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Laggrifoul" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Labatut" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748900v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze Hoze" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Fouilloux" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillaume" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dassonneville" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231275v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000507v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine S. Schwob" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Guillaume" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193610v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Lafeuille" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hillion" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bastianelli" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193688v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Touze" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hestault" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bellayer" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812449v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia de La Chevrotiere" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bambou" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193639v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Prunet" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193528v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814747v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193534v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Benhajali" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193343v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Ben Haj Ali" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lajudie" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753391v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193469v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha&#239;fa Benhajali" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754659v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193412v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193577v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193536v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure B&#233;gout" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Tocqueville" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753673v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C Dockes" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Magdelaine" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Daridan" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tocqueville" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin R&#233;mondet" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753788v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750695v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713743v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Dockes" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751697v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752685v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Waiblinger" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brule" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. L'Hotellier" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752133v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Waiblinger" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752537v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755891v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817796v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.A. Donoghue" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817494v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821918v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825184v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771665v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Devun" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ferre" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chopard" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillaume" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Holleville" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767059v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dodelin" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Havy" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768490v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Journaux" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chapelle" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765106v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684727v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maignel" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837435v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767000v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hanocq" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Bouix" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Poivey" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765156v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765114v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772923v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772867v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772683v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844642v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05358966v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05105708v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Marchand" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223807v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ruche" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05227847v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05105736v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04745288v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156951v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gabillard" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778994v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386355v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Cabon" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779103v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Colon" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778988v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178952v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Labb&#233;" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04177994v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Pelissier" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04385905v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264930v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317174v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Terrier" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cachelou" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386586v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386578v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193908v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perez" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865605v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156701v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741791v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531682v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739319v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mattalia" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194078v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R; Saintilan" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194101v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Capitan" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740609v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S. Boitard" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Chevalet" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria In&#232;s M. I. Fariello Rico" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742579v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys L. Bodin" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194079v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cobo" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallard" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desram&#233;" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article3746" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190478v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842103v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796731v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796738v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493727v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216357v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217731v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217772v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Paul" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Restoux" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03026383v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04635134v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Henry" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thi&#233;ry" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Alaux" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonjour-Dalmon" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794916v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Belloc" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ducrot" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803418v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/HHE4CZ" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05117264v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438463v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Crespi" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Diribarne" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guiderdoni" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hippolyte" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03944454v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154415v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hubert" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481562v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483151v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481584v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03944422v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2205-6_4" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116022v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03153836v1" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1635/9782759231003/genetique-des-animaux-d-elevage" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929956v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lescourret" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Monod" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roques" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bohan" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1620/9782759231300/agroecologie-des-recherches-pour-la-transition-des-filieres-et-des-territoires" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04035609v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04035601v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02845882v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-phocas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1161-3665" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/144550202" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521725v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Rovere" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz C D Cuyabano" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Phocas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796738v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dehaullon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fraslin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Bestin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Poncet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiguen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796731v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Kistler" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert W Brascamp" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piter Bijma" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493727v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Eynard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mondet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabatha Bulach" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216357v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pouil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Besson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217731v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217772v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Paul" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Restoux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03026383v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Charles" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05558301v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauvie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Kouchner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Moirot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2026.2645350" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05476583v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Rigaudeau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo-Hyung Lee" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Segret" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Desgranges" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-12231-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080309v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-025-00768-8" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04866824v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17637" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05476560v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-025-01018-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060447v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0313464" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057569v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lagarde" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lallias" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bideau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.555" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156973v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D&#8217;ambrosio" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoannah Fran&#231;ois" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Morin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Courant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.04.19.649654" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474238v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Paul" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Restoux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-024-00884-9" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649084v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Griot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Haffray" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkae143" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04550282v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-024-00898-3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754946v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Patrice" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1012483" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639960v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2024.142296" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04405508v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13592-023-01055-3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649085v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Dumas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13592-024-01088-2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03944407v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guichard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Neuditschko" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Basso" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dainat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0005772X.2022.2147702" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172992v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kerneis" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Quillet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labb&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.739904" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04012991v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Paul" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P&#233;lissier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dechamp" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Danon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2023.101523" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158060v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jourdan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Morvezen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Enez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Lange" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.739878" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04125895v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Prchal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00811-4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778854v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lagarde" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bideau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2022.738800" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116035v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delpuech" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandeputte" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00805-2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03944462v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Prchal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Patrice" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2022.739068" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03725675v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangtu Gao" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2022.941340" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432316v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Blay" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Prado" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-08062-7" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03339391v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00665-8" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360561v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard-Fudulea" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.665920" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03252574v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13070" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533061v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan d'Ambrosio" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13308" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03544239v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.735930" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154333v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.639223" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02988446v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-74757-8" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938176v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D&#8217;ambrosio" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brard-Fudulea" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Acin Perez" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-06955-7" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166481v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brard&#8208;fudulea" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.12777" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434174v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Allal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13103" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620617v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Roy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ducos" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2019.32.2.2466" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151750v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-019-0468-4" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627212v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vinet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Leclerc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Marquis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky043" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608756v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belloc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bidanel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2017.30.1.2232" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622525v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Morales" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sol&#233;" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Demyda-Peyr&#225;s" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Menendez-Buxadera" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2017.08.014" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533895v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731116000926" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533886v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731116001051" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479216v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Michot" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Letaief" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoz&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fritz" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0268-z" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341379v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Michenet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Saintilan" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0223-z" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635606v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Barbat" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-016-0397-y" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01122782v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Leroy" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hedan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verrier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X Rognon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tvjl.2014.11.008" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193938v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dupont-Nivet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Geurden" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise M&#233;dale" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193937v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Calenge" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Floc'H" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Morgavi" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193830v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hoz&#233;" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-7761" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03161724v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gunia" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saintilan" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Venot" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fouilloux" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2013-7478" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173636v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys Bodin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Charley" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2014.27.3.3066" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193940v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193846v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne L. Canario" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grasteau" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000794v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grohs" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivica I. Medugorac" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan S. Krebs" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063512" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000063v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my R. Arquet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Alexandre" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gourdine" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112001413" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000064v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Bijma" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2011-5071" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001056v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze Hoz&#233;" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle M.-N. Fouilloux" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Guillaume" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R. Dassonneville" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-45-33" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004238v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tribout" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-45-40" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019444v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112001978" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129676v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Monniaux" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Drouilhet" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Rico" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Estienne" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier-Gaillard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD12270" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001279v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2012-5107" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019827v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mulsant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00335-012-9412-4" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3NHHW4X6-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000143v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2011-3872" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000250v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. A. Dock&#232;s" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Magdelaine" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Daridan" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Guillaumin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin M. R&#233;mondet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001177v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000450v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban A. Bouquet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. F. Forabosco" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Fogh" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3469" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000889v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Renand" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731110002144" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193395v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benhajali" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boivin" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sapa" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pellegrini" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulesteix" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3132" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193365v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Bouquet" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Fouilloux" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renand" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2009.12.010" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0ZHC9F7H-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193769v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naves" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470010000300" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193612v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Bourblanc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Carr&#233;" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193768v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470010000294" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193450v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193425v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2008-1426" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661838v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Trillat" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ASC200696" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679243v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Donoghue" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.U. Graser" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894518v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kath Donoghue" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Non Renseign&#233;" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894310v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2004004" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681778v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679885v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672093v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673521v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674814v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686167v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bloch" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chapelle" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. B&#233;cherel" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686755v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Delabrosse" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894172v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Delabrosse" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894141v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Lalo&#235;" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F M&#233;nissier" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684663v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Jacques J. J. Colleau" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684734v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois M&#233;nissier" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700547v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894087v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jj Colleau" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702858v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894086v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701173v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894116v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701380v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauvant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05246160v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Caen" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05228185v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Thomas" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Collet" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudinot" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268214v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05297875v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05103203v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Picchi" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05156471v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Debeuf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05105763v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721326v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Doerflinger" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boudjema Imarazene" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Collewet" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462880v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513550v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bajek" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Brunier" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755046v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103165v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156920v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine G. Collewet" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755014v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698564v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Marchand" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223905v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796774v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754999v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.W. Brascamp" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912400v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462867v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05103175v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755026v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05103188v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05109345v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05109333v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Rochat" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449088v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bideau" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208656v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumas" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dupain" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vignal" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197301v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386716v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04745285v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185933v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Jaouahdou" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eklouh-Molinier" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386683v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386546v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198507v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lina Magne" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04240183v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas G&#233;nev&#233;" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Perquis" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guyvarc'H" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04385840v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462852v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013032v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Basso" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Kistler" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Gerez" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_619" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185918v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855289v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E. Eynard" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779064v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185721v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386542v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779084v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013024v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E W Brascamp" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bijma" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_625" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013016v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Chenier" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_567" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386701v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Labb&#233;" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778981v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185835v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386712v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208134v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185459v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386721v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116026v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859236v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Agez" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473366v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Sann" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778912v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386528v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779072v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256390v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778876v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03198222v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779048v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386533v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386606v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789560v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317177v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Krieg" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788345v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788639v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Poquet" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182569v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Belmonte" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734889v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787972v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786490v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03161732v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Vidal" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Le Bihan" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733972v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Boichon" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735029v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736367v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marquis" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737233v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Lefebvre" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Leclerc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193895v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. d'Ambrosio" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736436v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Bihan" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Basso" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736780v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Gravellier" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602322v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Sanchez" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jonas" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Baur" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743958v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Brochard" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ezanno" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739811v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608259v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Douguet" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mattalia-Elie" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743221v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barbat" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Croiseau" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536479v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743442v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle M.-N. Fouilloux" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744229v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guerrier" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lajudie" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dufour" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leudet" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194024v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fritz" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193907v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193909v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731142v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194001v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019604v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189870v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Del-Pilar Schneider" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Miller" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aignel" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939818v2" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bidanel" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01562186v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leroy" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hedan" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Verrier" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019593v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Brochard" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Larroque" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Laggrifoul" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Labatut" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748900v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze Hoze" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Fouilloux" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillaume" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dassonneville" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231275v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000507v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine S. Schwob" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Guillaume" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193610v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Lafeuille" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hillion" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bastianelli" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193688v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Touze" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hestault" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bellayer" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812449v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia de La Chevrotiere" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bambou" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193639v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Prunet" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193528v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814747v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193534v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Benhajali" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193343v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Ben Haj Ali" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lajudie" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193469v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha&#239;fa Benhajali" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753391v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754659v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193412v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193536v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure B&#233;gout" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Tocqueville" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193577v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753673v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C Dockes" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Magdelaine" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Daridan" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tocqueville" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin R&#233;mondet" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750695v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753788v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713743v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Dockes" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751697v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752685v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Waiblinger" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brule" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. L'Hotellier" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752133v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Waiblinger" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752537v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817796v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.A. Donoghue" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755891v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817494v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821918v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825184v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771665v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Devun" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ferre" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chopard" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillaume" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Holleville" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767059v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dodelin" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Havy" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768490v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Journaux" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chapelle" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765106v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684727v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maignel" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837435v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767000v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hanocq" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Bouix" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Poivey" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765156v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765114v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772923v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772867v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772683v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844642v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05358966v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05105708v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Marchand" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223807v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ruche" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05227847v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05105736v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04745288v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156951v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gabillard" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778994v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386355v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Cabon" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779103v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Colon" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778988v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178952v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Labb&#233;" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04177994v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Pelissier" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04385905v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317174v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Terrier" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cachelou" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264930v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386586v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193908v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perez" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386578v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865605v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156701v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741791v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531682v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739319v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mattalia" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194078v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R; Saintilan" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194101v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Capitan" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740609v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S. Boitard" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Chevalet" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria In&#232;s M. I. Fariello Rico" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742579v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys L. Bodin" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194079v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cobo" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallard" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desram&#233;" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article3746" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190478v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842103v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04635134v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Henry" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thi&#233;ry" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Alaux" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonjour-Dalmon" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794916v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Belloc" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ducrot" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803418v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/HHE4CZ" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05117264v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438463v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Crespi" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Diribarne" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guiderdoni" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hippolyte" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03944454v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154415v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hubert" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481562v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483151v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481584v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03944422v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2205-6_4" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116022v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03153836v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1635/9782759231003/genetique-des-animaux-d-elevage" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929956v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lescourret" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Monod" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roques" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bohan" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1620/9782759231300/agroecologie-des-recherches-pour-la-transition-des-filieres-et-des-territoires" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04035609v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04035601v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02845882v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>