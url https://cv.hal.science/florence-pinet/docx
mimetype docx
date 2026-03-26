--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -115,295 +115,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smooth muscle αv integrins regulate vascular fibrosis via CD109 downregulation of TGF-β signalling</w:t>
+                <w:t xml:space="preserve">Identification of patient subtypes based on protein expression for prediction of heart failure after myocardial infarction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhenlin Li</w:t>
+                <w:t xml:space="preserve">Wilfried Heyse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ekaterina Belozertseva</w:t>
+                <w:t xml:space="preserve">Vincent Vandewalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ara Parlakian</w:t>
+                <w:t xml:space="preserve">Guillemette Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rümeyza Bascetin</w:t>
+                <w:t xml:space="preserve">Philippe Amouyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huguette Louis</w:t>
+                <w:t xml:space="preserve">Christophe Bauters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Heart Journal Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 3 (2), pp.oead010. </w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (3), pp.106171. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ehjopen/oead010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.106171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-04026458v1</w:t>
+                <w:t xml:space="preserve">inserm-04191363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of patient subtypes based on protein expression for prediction of heart failure after myocardial infarction</w:t>
+                <w:t xml:space="preserve">Smooth muscle αv integrins regulate vascular fibrosis via CD109 downregulation of TGF-β signalling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wilfried Heyse</w:t>
+                <w:t xml:space="preserve">Zhenlin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Vandewalle</w:t>
+                <w:t xml:space="preserve">Ekaterina Belozertseva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillemette Marot</w:t>
+                <w:t xml:space="preserve">Ara Parlakian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Amouyel</w:t>
+                <w:t xml:space="preserve">Rümeyza Bascetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Bauters</w:t>
+                <w:t xml:space="preserve">Huguette Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 26 (3), pp.106171. </w:t>
+              <w:t xml:space="preserve">European Heart Journal Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3 (2), pp.oead010. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.106171⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ehjopen/oead010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-04191363v1</w:t>
+                <w:t xml:space="preserve">inserm-04026458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myocardial Recovery in Recent Onset Dilated Cardiomyopathy: Role of CDCP1 and Cardiac Fibrosis</w:t>
               </w:r>
@@ -781,533 +781,533 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03974806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noncoding RNAs in age-related cardiovascular diseases</w:t>
+                <w:t xml:space="preserve">Editorial: The Non-Coding Transcriptome as a New Player in Intercellular Communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amela Jusic</w:t>
+                <w:t xml:space="preserve">Yvan Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Pinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pınar Buket Thomas</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David de Gonzalo-Calvo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ageing Research Reviews - ARR</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.arr.2022.101610⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Molecular Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, pp.858702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmolb.2022.858702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-04023678v1</w:t>
+                <w:t xml:space="preserve">inserm-04023806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lim Domain Binding 3 (Ldb3) Identified as a Potential Marker of Cardiac Extracellular Vesicles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Paul Mulder</w:t>
+                <w:t xml:space="preserve">Cardiac Acetylation in Metabolic Diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yara El Masri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Turkieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Amouyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Pinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms23137374⟩</w:t>
+              <w:t xml:space="preserve">Biomedicines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (8), pp.1834. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biomedicines10081834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03833011v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03833000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: The Non-Coding Transcriptome as a New Player in Intercellular Communication</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Noncoding RNAs in age-related cardiovascular diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amela Jusic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pınar Buket Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Bezzina Wettinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soner Dogan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosienne Farrugia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Molecular Biosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmolb.2022.858702⟩</w:t>
+              <w:t xml:space="preserve">Ageing Research Reviews - ARR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 77, pp.101610. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.arr.2022.101610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04023806v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04023678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiac Acetylation in Metabolic Diseases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lim Domain Binding 3 (Ldb3) Identified as a Potential Marker of Cardiac Extracellular Vesicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi Abou Zeid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
+                <w:t xml:space="preserve">Olivia Beseme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yara El Masri</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annie Turkieh</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Florence Pinet</w:t>
+                <w:t xml:space="preserve">Paul Mulder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedicines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10 (8), pp.1834. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (13), pp.7374. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biomedicines10081834⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms23137374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03833000v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03833011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitochondrial-Targeted Therapies Require Mitophagy to Prevent Oxidative Stress Induced by SOD2 Inactivation in Hypertrophied Cardiomyocytes</w:t>
               </w:r>
@@ -1319,51 +1319,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoriane Peugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Mulder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Lancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1421,814 +1421,814 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03833020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diet-Induced Obesity and NASH Impair Disease Recovery in SARS-CoV-2-Infected Golden Hamsters</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mitophagy Regulation Following Myocardial Infarction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Turkieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yara El Masri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Pinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v14092067⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (2), pp.199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells11020199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03818686v1</w:t>
+                <w:t xml:space="preserve">hal-03540888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitophagy Regulation Following Myocardial Infarction</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Diet-Induced Obesity and NASH Impair Disease Recovery in SARS-CoV-2-Infected Golden Hamsters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Sencio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Robil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Heumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Deruyter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (2), pp.199. </w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (9), pp.2067. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cells11020199⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/v14092067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03540888v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03818686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alteration of the gut microbiota following SARS-CoV-2 infection correlates with disease severity in hamsters</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tau Stabilizes Chromatin Compaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Machelart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyril Robil</w:t>
+                <w:t xml:space="preserve">Thomas Rico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Benech</w:t>
+                <w:t xml:space="preserve">Melissa Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eik Hoffmann</w:t>
+                <w:t xml:space="preserve">Alban Chauderlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Comptdaer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Magnez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut microbes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19490976.2021.2018900⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.740550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcell.2021.740550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518769v1</w:t>
+                <w:t xml:space="preserve">hal-03429442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Desmin aggrephagy in rat and human ischemic heart failure through PKCζ and GSK3β as upstream signaling pathways</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Paul Mulder</w:t>
+                <w:t xml:space="preserve">A New Strategy to Preserve and Assess Oxygen Consumption in Murine Tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Kluza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoriane Peugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Daunou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Laine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Kervoaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Death Discovery</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (1), pp.109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms23010109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41420-021-00549-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03384715v1</w:t>
+                <w:t xml:space="preserve">hal-03531236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Strategy to Preserve and Assess Oxygen Consumption in Murine Tissues</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jerome Kluza</w:t>
+                <w:t xml:space="preserve">Desmin aggrephagy in rat and human ischemic heart failure through PKCζ and GSK3β as upstream signaling pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Turkieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Mulder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoriane Peugnet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gwenola Kervoaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cell Death Discovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (1), pp.153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41420-021-00549-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms23010109⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03531236v1</w:t>
+                <w:t xml:space="preserve">hal-03384715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tau Stabilizes Chromatin Compaction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Melissa Gilles</w:t>
+                <w:t xml:space="preserve">Alteration of the gut microbiota following SARS-CoV-2 infection correlates with disease severity in hamsters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Sencio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alban Chauderlier</w:t>
+                <w:t xml:space="preserve">Arnaud Machelart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Robil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Comptdaer</w:t>
+                <w:t xml:space="preserve">Nicolas Benech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Magnez</w:t>
+                <w:t xml:space="preserve">Eik Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9, pp.740550. </w:t>
+              <w:t xml:space="preserve">Gut microbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcell.2021.740550⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19490976.2021.2018900⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03429442v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell senescence: basic mechanisms and the need for computational networks in vascular ageing</w:t>
               </w:r>
@@ -2253,51 +2253,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Challande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Pinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhenlin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Lacolley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2740,576 +2740,576 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03273973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidative Stress in Cardiovascular Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Pinet</w:t>
+                <w:t xml:space="preserve">Apolipoprotein Proteomic Profiling for the Prediction of Cardiovascular Death in Patients with Heart Failure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lemesle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Chouraki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal de Groote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Turkieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivia Beseme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antioxidants </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/antiox9090864⟩</w:t>
+              <w:t xml:space="preserve">PROTEOMICS - Clinical Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.e2000035. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/prca.202000035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02990039v1</w:t>
+                <w:t xml:space="preserve">inserm-02990052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the Impact of Chronic Cigarette Smoke Exposure in Obese Mice: Metabolic, Pulmonary, Intestinal, and Cardiac Issues</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
+                <w:t xml:space="preserve">Large Extracellular Vesicle-Associated Rap1 Accumulates in Atherosclerotic Plaques, Correlates with Vascular Risks and Is Involved in Atherosclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Perdomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vidal-Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella Soleti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Vergori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Duluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Circulation Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 127 (6), pp.747 - 760. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.120.317086⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nu12030827⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-02521915v1</w:t>
+                <w:t xml:space="preserve">hal-03048054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apolipoprotein Proteomic Profiling for the Prediction of Cardiovascular Death in Patients with Heart Failure</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Oxidative Stress in Cardiovascular Diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Pinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoriane Peugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Turkieh</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PROTEOMICS - Clinical Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/prca.202000035⟩</w:t>
+              <w:t xml:space="preserve">Antioxidants </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (9), pp.864. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antiox9090864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02990052v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02990039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large Extracellular Vesicle-Associated Rap1 Accumulates in Atherosclerotic Plaques, Correlates with Vascular Risks and Is Involved in Atherosclerosis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling the Impact of Chronic Cigarette Smoke Exposure in Obese Mice: Metabolic, Pulmonary, Intestinal, and Cardiac Issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luisa Vergori</w:t>
+                <w:t xml:space="preserve">Gaëlle Rémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Duluc</w:t>
+                <w:t xml:space="preserve">Jeanne Alard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Kervoaze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 127 (6), pp.747 - 760. </w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (3), pp.827. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.120.317086⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/nu12030827⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03048054v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02521915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approaching Sex Differences in Cardiovascular Non-Coding RNA Research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amela Jusic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Salgado-Somoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3393,511 +3393,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02990059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalyzing Transcriptomics Research in Cardiovascular Disease: The CardioRNA COST Action CA17129</w:t>
+                <w:t xml:space="preserve">Let-7f: A New Potential Circulating Biomarker Identified by miRNA Profiling of Cells Isolated from Human Abdominal Aortic Aneurysm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clarissa Gomes</w:t>
+                <w:t xml:space="preserve">Rafaëlle Spear</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bence Ágg</w:t>
+                <w:t xml:space="preserve">Ludovic Boytard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrejaana Andova</w:t>
+                <w:t xml:space="preserve">Renaud Blervaque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serdal Arslan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andrew H. Baker</w:t>
+                <w:t xml:space="preserve">David Hot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Non-Coding RNA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ncrna5020031⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (21), pp.5499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms20215499⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02267413v1</w:t>
+                <w:t xml:space="preserve">hal-02355485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-coding RNAs in cardiac autophagy following myocardial infarction</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
+                <w:t xml:space="preserve">Catalyzing Transcriptomics Research in Cardiovascular Disease: The CardioRNA COST Action CA17129</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarissa Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sina Porouchani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Bouvet</w:t>
+                <w:t xml:space="preserve">Bence Ágg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrejaana Andova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serdal Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew H. Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oxidative Medicine and Cellular Longevity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2019/8438650⟩</w:t>
+              <w:t xml:space="preserve">Non-Coding RNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (2), pp.31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ncrna5020031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02262183v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02267413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Let-7f: A New Potential Circulating Biomarker Identified by miRNA Profiling of Cells Isolated from Human Abdominal Aortic Aneurysm</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
+                <w:t xml:space="preserve">Non-coding RNAs in cardiac autophagy following myocardial infarction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Turkieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Hot</w:t>
+                <w:t xml:space="preserve">Sina Porouchani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 20 (21), pp.5499. </w:t>
+              <w:t xml:space="preserve">Oxidative Medicine and Cellular Longevity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.8438650. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms20215499⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1155/2019/8438650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02355485v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02262183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increased clusterin levels after myocardial infarction is due to a defect in protein degradation systems activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Turkieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sina Porouchani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Beseme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Amouyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Death and Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10 (8), </w:t>
@@ -3929,546 +3929,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02267388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alterations in phenotype and gene expression of adult human aneurysmal smooth muscle cells by exogenous nitric oxide</w:t>
+                <w:t xml:space="preserve">Circulating proteomic signature of early death in heart failure patients with reduced ejection fraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kurt Farrell</w:t>
+                <w:t xml:space="preserve">Marie Cuvelliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Vandewalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phillip Simmers</w:t>
+                <w:t xml:space="preserve">Maxime Brunin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Beseme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gautam Mahajan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Andrew Camardo</w:t>
+                <w:t xml:space="preserve">Audrey Hulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Cell Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.yexcr.2019.111589⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.19202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-55727-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02346682v1</w:t>
+                <w:t xml:space="preserve">hal-02414293v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Letter by Pinet et al Regarding Article&amp;quot;Comparative Analysis of Circulating Non-Coding RNAs Versus Protein Biomarkers in the Detection of Myocardial Injury</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Integrative system biology analyses identify sevenmicroRNAs to predict heart failure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cuvelliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Mulder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.119.315530⟩</w:t>
+              <w:t xml:space="preserve">Non-Coding RNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (1), pp.22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ncrna5010022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02262184v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02262176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circulating proteomic signature of early death in heart failure patients with reduced ejection fraction</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Letter by Pinet et al Regarding Article&amp;quot;Comparative Analysis of Circulating Non-Coding RNAs Versus Protein Biomarkers in the Detection of Myocardial Injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Pinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bauters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bär</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Thum</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-55727-1⟩</w:t>
+              <w:t xml:space="preserve">Circulation Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 125 (4), pp.e20-e21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.119.315530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02414293v2</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02262184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative system biology analyses identify sevenmicroRNAs to predict heart failure</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Paul Mulder</w:t>
+                <w:t xml:space="preserve">Alterations in phenotype and gene expression of adult human aneurysmal smooth muscle cells by exogenous nitric oxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kurt Farrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phillip Simmers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautam Mahajan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Boytard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Richard</w:t>
+                <w:t xml:space="preserve">Andrew Camardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Non-Coding RNA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 5 (1), pp.22. </w:t>
+              <w:t xml:space="preserve">Experimental Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 384 (1), pp.111589. </w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ncrna5010022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.yexcr.2019.111589⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02262176v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02346682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circulating Long Noncoding RNA LIPCAR Predicts Heart Failure Outcomes in Patients Without Chronic Kidney Disease</w:t>
               </w:r>
@@ -4601,90 +4601,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interplay between phosphorylation and O-GlcNAcylation of sarcomeric proteins in ischemic heart failure Running title: Interplay between phosphorylation and O-GlcNacylation of sarcomeric proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Dechaumes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Beseme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
@@ -4856,90 +4856,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression and implication of clusterin in left ventricular remodeling after myocardial infarction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Turkieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Mulder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Drobecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4990,64 +4990,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tau/DDX6 interaction increases microRNA activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Chauderlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Spolcova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5137,51 +5137,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macrophage-derived netrin-1 promotes abdominal aortic aneurysm formation by activating MMP3 in vascular smooth muscle cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarik Hadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Boytard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Silvestro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5271,51 +5271,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Echocardiographic diastolic function evolution in patients with an anterior Q-wave myocardial infarction: insights from the REVE-2 study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joao Pedro Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bauters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Eschalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5392,77 +5392,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term prognostic impact of left ventricular remodeling after a first myocardial infarction in modern clinical practice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bauters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sina Porouchani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Saloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5578,51 +5578,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Nadaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American College of Cardiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 70 (6), pp.728-741. </w:t>
@@ -5673,77 +5673,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BBADIS-16-507-R1 1 Integrative network analysis reveals time-dependent molecular events underlying left ventricular remodeling in post-myocardial infarction patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Pinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cuvelliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Kelder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Amouyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marijana Radonjic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5794,103 +5794,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MicroRNAs regulating superoxide dismutase 2 are new circulating biomarkers of heart failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cuvelliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Fiedler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Mulder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
@@ -5928,51 +5928,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MicroRNAs as Circulating Biomarkers of Left Ventricular Remodeling after Myocardial Infarction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bauters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Pinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6153,90 +6153,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increased level of phosphorylated desmin and its degradation products in heart failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tchilabalo Dilezitoko Alayi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Mulder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam El Amranii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6287,103 +6287,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adventitial Tertiary Lymphoid Organs as Potential Source of MicroRNA Biomarkers for Abdominal Aortic Aneurysm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafaëlle Spear</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Boytard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Blervaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 16 (5), pp.11276-11293. </w:t>
@@ -6415,468 +6415,468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02267432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between troponin T phosphorylation and O-N-acetylglucosaminylation in ischaemic heart failure</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maternal perinatal undernutrition modifies lactose and serotranferrin in milk: relevance to the programming of metabolic diseases?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Belliard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marion Bouvet</w:t>
+                <w:t xml:space="preserve">J. Wattez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Smet-Nocca</w:t>
+                <w:t xml:space="preserve">A. Delmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Beseme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Goers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cardiovascular Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cvr/cvv136⟩</w:t>
+              <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 308 (5), pp.E393-E401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/ajpendo.00452.2014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03833102v1</w:t>
+                <w:t xml:space="preserve">hal-02267436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potentiel des ARN non codants comme biomarqueurs dans l’insuffisance cardiaque</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Interplay between troponin T phosphorylation and O-N-acetylglucosaminylation in ischaemic heart failure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dubois-Deruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Belliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Mulder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Smet-Nocca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/medsci/20153108016⟩</w:t>
+              <w:t xml:space="preserve">Cardiovascular Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 107 (1), pp.56-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cvr/cvv136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02267429v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03833102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal perinatal undernutrition modifies lactose and serotranferrin in milk: relevance to the programming of metabolic diseases?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Potentiel des ARN non codants comme biomarqueurs dans l’insuffisance cardiaque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Pinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bauters</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 308 (5), pp.E393-E401. </w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 31 (8-9), pp.770-776. </w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpendo.00452.2014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/medsci/20153108016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02267436v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02267429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimarker Proteomic Profiling for the Prediction of Cardiovascular Mortality in Patients with Chronic Heart Failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lemesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fleur Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Beseme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ovart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Amouyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 10 (4), pp.e0119265. </w:t>
@@ -7074,51 +7074,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Prunier-Mirebeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Beseme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7176,239 +7176,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02267444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heart ‘omics’ in AGEing (HOMAGE): design, research objectives and characteristics of the common database</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Circulating Long Noncoding RNA, LIPCAR, Predicts Survival in Patients With Heart Failure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regalla Kumarswamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bauters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingo Volkmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fleur Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmin Fetisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">African Journal of Biomedical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7555/JBR.28.20140045⟩</w:t>
+              <w:t xml:space="preserve">Circulation Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 114 (10), pp.1569-1575. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.114.303915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02267440v1</w:t>
+                <w:t xml:space="preserve">hal-02267443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circulating Long Noncoding RNA, LIPCAR, Predicts Survival in Patients With Heart Failure</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Heart ‘omics’ in AGEing (HOMAGE): design, research objectives and characteristics of the common database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Pinet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 114 (10), pp.1569-1575. </w:t>
+              <w:t xml:space="preserve">African Journal of Biomedical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, </w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.114.303915⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7555/JBR.28.20140045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02267443v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02267440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RISK and SAFE Signaling Pathway Involvement in Apolipoprotein A-I-Induced Cardioprotection</w:t>
               </w:r>
@@ -7528,103 +7528,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic Profiling of Macrophages by 2D Electrophoresis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Turkieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adelina Acosta-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Beseme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 93, </w:t>
@@ -7701,51 +7701,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Fay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bauters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faiez Zannad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7822,77 +7822,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederik Gwinner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adelina Acosta-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Boytard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Beseme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 13 (7), pp.1065-1076. </w:t>
@@ -7956,51 +7956,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Prunier-Mirebeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Beseme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8064,90 +8064,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combinatorial peptide ligand library plasma treatment: advantages for accessing low-abundance proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Beseme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Drobecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Amouyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Pinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9683,90 +9683,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical score building from high-throughput proteomic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Heyse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Vandewalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bauters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Pinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9804,103 +9804,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Support of temporal structure in the statistical analysis of high-throughput proteomic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Heyse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Vandewalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Amouyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bauters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Statistique 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Nice, France</w:t>
@@ -9929,103 +9929,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of patients subtypes based on protein expression for prediction of heart failure after myocardial infarction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Heyse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Vandewalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Amouyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bauters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la cardiologie 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Online, France. pp.213, </w:t>
@@ -10063,103 +10063,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic signature for early diagnosis of left ventricular remodeling after myocardial infarction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Heyse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Vandewalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Amouyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bauters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la cardiologie 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Grenoble, France</w:t>
@@ -10188,90 +10188,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rap1 carried by microvesicles from metabolic syndrome patients correlates with vascular risks and mediates early steps of atherosclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Perdomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Carmen Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luisa Vergori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Duluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10313,77 +10313,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critical role of Rap1 in triggering the effects of microparticles from metabolic syndrome patients on vascular smooth muscle cell functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Perdomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luisa Vergori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Duluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10620,103 +10620,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic signature for early diagnosis of left ventricular remodeling after myocardial infarction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Heyse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Vandewalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Amouyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bauters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la Cardiologie 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Grenoble / Virtual, France</w:t>
@@ -10914,51 +10914,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04026458v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenlin Li" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Belozertseva" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ara Parlakian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;meyza Bascetin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huguette Louis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjopen/oead010" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04191363v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Heyse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vandewalle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Marot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amouyel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bauters" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.106171" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277545v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duan Liu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Wang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishakantha Murthy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Mcnamara" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Thanh L. Nguyen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.123.323200" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04191176v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodora Barbalata" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loredan Niculescu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camelia Stancu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pinet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Sima" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241512076" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03974806v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Bogard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Barthelemy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Hantute-Ghesquier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Sencio" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Brito-Rodrigues" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-023-05574-w" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04023678v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amela Jusic" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#305;nar Buket Thomas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bezzina Wettinger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soner Dogan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosienne Farrugia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arr.2022.101610" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03833011v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Abou Zeid" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Charrier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Beseme" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Michel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mulder" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23137374" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04023806v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Devaux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David de Gonzalo-Calvo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2022.858702" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03833000v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dubois-Deruy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara El Masri" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Turkieh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10081834" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03833020v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoriane Peugnet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Chwastyniak" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Lancel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bultot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox11040723" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03818686v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Robil" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Heumel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Deruyter" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v14092067" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540888v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11020199" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518769v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Machelart" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Benech" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eik Hoffmann" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2021.2018900" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384715v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bouvet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41420-021-00549-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531236v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Kluza" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Daunou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Laine" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Kervoaze" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23010109" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429442v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rico" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Gilles" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Chauderlier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Comptdaer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Magnez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.740550" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03567187v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Regnault" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Challande" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacolley" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvaa318" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03833050v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Meessen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian B&#228;r" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Di Dona" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Staszewsky" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Di Giulio" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/clinchem/hvab197" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03833065v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vandestienne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujiao Zhang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Icia Santos-Zas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Al-Rifai" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Joffre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI142468" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03273973v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Raafs" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Job Verdonschot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pedro Ferreira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Wang" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Collier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ehf2.13476" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02990039v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox9090864" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02521915v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle R&#233;my" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Alard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12030827" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02990052v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lemesle" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chouraki" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal de Groote" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prca.202000035" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048054v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Perdomo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vidal-Gomez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Soleti" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Vergori" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Duluc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.120.317086" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02990059v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Salgado-Somoza" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Maria Stefanizzi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mart&#237;nez-Alarc&#243;n" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21144890" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267413v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Gomes" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bence &#193;gg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrejaana Andova" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serdal Arslan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew H. Baker" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ncrna5020031" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262183v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Porouchani" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/8438650" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355485v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;lle Spear" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Boytard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Blervaque" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20215499" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267388v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-019-1857-x" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346682v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Farrell" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Simmers" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautam Mahajan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Camardo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2019.111589" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262184v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Thum" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.119.315530" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414293v2" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cuvelliez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Brunin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hulot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-55727-1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262176v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Richard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ncrna5010022" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267402v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Santer" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a L&#243;pez" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Ravassa" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Baer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Riedel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/HYPERTENSIONAHA.118.12261" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049921v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mercier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Dechaumes" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2018.00598" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267410v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pizard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCHEARTFAILURE.118.005897" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049985v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fertin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Drobecq" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCHEARTFAILURE.117.004838" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02251328v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Spolcova" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Caillierez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagrm.2018.06.006" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267415v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Hadi" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Silvestro" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dornazsadat Alebrahim" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samson Jacob" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-07495-1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262179v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Pedro Ferreira" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Eschalier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Lamiral" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Fay" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ehf2.12359" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267448v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dubois" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Saloux" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0188884" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267419v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Yaniz-Galende" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelonne Roux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nadaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mougenot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacc.2017.06.010" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049940v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kelder" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijana Radonjic" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2017.02.001" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267416v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Fiedler" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-15011-6" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267427v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000443204" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267424v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shashi Kumar Gupta" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Foinquinos" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Thum" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Remke" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Zimmer" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacc.2016.07.739" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267425v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchilabalo Dilezitoko Alayi" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam El Amranii" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrep.2016.02.014" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267432v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms160511276" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03833102v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Belliard" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Smet-Nocca" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvv136" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267429v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20153108016" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267436v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wattez" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delmont" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvet" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Beseme" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goers" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00452.2014" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267435v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Maury" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ovart" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0119265" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267441v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Kirchhefer" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Brekle" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Eskandar" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunnar Isensee" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Ku&#269;erov&#225;" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M114.598938" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267444v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hibert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Prunier-Mirebeau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tamareille" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0085669" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267440v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7555/JBR.28.20140045" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267443v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regalla Kumarswamy" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Volkmann" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmin Fetisch" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.114.303915" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267442v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Kalakech" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Letournel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0107950" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267438v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelina Acosta-Martin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/52219" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267446v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiez Zannad" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCHEARTFAILURE.113.000403" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-02515838v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Gwinner" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201200482" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267445v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0077211" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599465v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Drobecq" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.201000188" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1641C2E84BF80D37F1FD4A3DA2978C4B6C02D698/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03275822v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Ritz" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ratajczak" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Curin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ertugrul Cam" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminadav Mendelowitsch" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/138.3.519" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161417v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garnier" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer K Bendall" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fuchs" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Escoubet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Rochais" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/01.CIR.0000142858.44680.27" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142780v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fuchs" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Germain" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Philippe" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corvol" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0002-9440(10)64227-7" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142781v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Mathieu" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jeunemaitre" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00004872-200212000-00018" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680178v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Egidy" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erno Baviera" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Ciuffo" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/hy1001.092652" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279013v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne Juillerat-Jeanneret" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Jeannin" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Korth" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred T. Bosman" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0002-9440(10)64825-0" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279019v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpgi.2000.279.1.G211" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279017v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Peduto Eberl" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Valdenaire" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Irmler" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Majdi" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/labinvest.3780178" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125624v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Muller" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Barret" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00005344-200036001-00007" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279016v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Eberl" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00005344-200036051-00103" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279012v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Parnot" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lemoullec" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0014-5793(97)01323-9" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03942723v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03525345v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03525354v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvdsp.2021.04.159" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03124801v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381563v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Carmen Martinez" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381101v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Laudette" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03525379v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Fourny" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03124837v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04191363v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Heyse" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vandewalle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Marot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amouyel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bauters" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.106171" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04026458v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenlin Li" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Belozertseva" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ara Parlakian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;meyza Bascetin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huguette Louis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjopen/oead010" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277545v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duan Liu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Wang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishakantha Murthy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Mcnamara" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Thanh L. Nguyen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.123.323200" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04191176v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodora Barbalata" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loredan Niculescu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camelia Stancu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pinet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Sima" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241512076" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03974806v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Bogard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Barthelemy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Hantute-Ghesquier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Sencio" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Brito-Rodrigues" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-023-05574-w" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04023806v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Devaux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David de Gonzalo-Calvo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2022.858702" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03833000v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dubois-Deruy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara El Masri" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Turkieh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10081834" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04023678v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amela Jusic" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#305;nar Buket Thomas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bezzina Wettinger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soner Dogan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosienne Farrugia" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arr.2022.101610" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03833011v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Abou Zeid" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Charrier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Beseme" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Michel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mulder" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23137374" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03833020v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoriane Peugnet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Chwastyniak" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Lancel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bultot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox11040723" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540888v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11020199" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03818686v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briand" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Robil" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Heumel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Deruyter" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v14092067" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429442v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rico" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Gilles" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Chauderlier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Comptdaer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Magnez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.740550" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531236v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Kluza" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Daunou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Laine" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Kervoaze" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23010109" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384715v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bouvet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41420-021-00549-2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518769v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Machelart" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Benech" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eik Hoffmann" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2021.2018900" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03567187v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Regnault" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Challande" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacolley" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvaa318" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03833050v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Meessen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian B&#228;r" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Di Dona" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Staszewsky" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Di Giulio" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/clinchem/hvab197" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03833065v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vandestienne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujiao Zhang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Icia Santos-Zas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Al-Rifai" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Joffre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI142468" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03273973v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Raafs" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Job Verdonschot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pedro Ferreira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Wang" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Collier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ehf2.13476" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02990052v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lemesle" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chouraki" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal de Groote" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prca.202000035" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048054v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Perdomo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vidal-Gomez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Soleti" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Vergori" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Duluc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.120.317086" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02990039v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox9090864" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02521915v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle R&#233;my" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Alard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12030827" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02990059v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Salgado-Somoza" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Maria Stefanizzi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mart&#237;nez-Alarc&#243;n" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21144890" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355485v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;lle Spear" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Boytard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Blervaque" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20215499" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267413v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Gomes" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bence &#193;gg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrejaana Andova" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serdal Arslan" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew H. Baker" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ncrna5020031" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262183v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Porouchani" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/8438650" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267388v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-019-1857-x" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414293v2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cuvelliez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Brunin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hulot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-55727-1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262176v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Richard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ncrna5010022" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262184v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Thum" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.119.315530" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346682v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Farrell" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Simmers" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautam Mahajan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Camardo" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2019.111589" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267402v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Santer" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a L&#243;pez" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Ravassa" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Baer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Riedel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/HYPERTENSIONAHA.118.12261" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049921v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mercier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Dechaumes" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2018.00598" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267410v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pizard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCHEARTFAILURE.118.005897" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049985v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fertin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Drobecq" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCHEARTFAILURE.117.004838" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02251328v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Spolcova" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Caillierez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagrm.2018.06.006" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267415v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Hadi" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Silvestro" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dornazsadat Alebrahim" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samson Jacob" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-07495-1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262179v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Pedro Ferreira" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Eschalier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Lamiral" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Fay" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ehf2.12359" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267448v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dubois" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Saloux" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0188884" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267419v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Yaniz-Galende" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelonne Roux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nadaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mougenot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacc.2017.06.010" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049940v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kelder" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijana Radonjic" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2017.02.001" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267416v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Fiedler" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-15011-6" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267427v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000443204" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267424v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shashi Kumar Gupta" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Foinquinos" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Thum" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Remke" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Zimmer" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacc.2016.07.739" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267425v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchilabalo Dilezitoko Alayi" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam El Amranii" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrep.2016.02.014" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267432v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms160511276" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267436v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wattez" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delmont" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Beseme" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goers" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00452.2014" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03833102v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Belliard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Smet-Nocca" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvv136" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267429v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20153108016" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267435v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Maury" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ovart" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0119265" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267441v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Kirchhefer" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Brekle" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Eskandar" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunnar Isensee" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Ku&#269;erov&#225;" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M114.598938" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267444v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hibert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Prunier-Mirebeau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tamareille" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0085669" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267443v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regalla Kumarswamy" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Volkmann" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmin Fetisch" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.114.303915" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267440v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7555/JBR.28.20140045" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267442v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Kalakech" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Letournel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0107950" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267438v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelina Acosta-Martin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/52219" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267446v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiez Zannad" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCHEARTFAILURE.113.000403" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-02515838v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Gwinner" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201200482" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267445v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0077211" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599465v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Drobecq" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.201000188" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1641C2E84BF80D37F1FD4A3DA2978C4B6C02D698/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03275822v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Ritz" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ratajczak" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Curin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ertugrul Cam" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminadav Mendelowitsch" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/138.3.519" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161417v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garnier" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer K Bendall" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fuchs" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Escoubet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Rochais" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/01.CIR.0000142858.44680.27" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142780v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fuchs" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Germain" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Philippe" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corvol" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0002-9440(10)64227-7" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142781v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Mathieu" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jeunemaitre" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00004872-200212000-00018" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680178v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Egidy" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erno Baviera" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Ciuffo" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/hy1001.092652" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279013v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne Juillerat-Jeanneret" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Jeannin" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Korth" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred T. Bosman" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0002-9440(10)64825-0" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279019v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpgi.2000.279.1.G211" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279017v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Peduto Eberl" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Valdenaire" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Irmler" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Majdi" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/labinvest.3780178" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125624v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Muller" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Barret" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00005344-200036001-00007" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279016v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Eberl" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00005344-200036051-00103" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279012v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Parnot" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lemoullec" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0014-5793(97)01323-9" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03942723v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03525345v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03525354v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvdsp.2021.04.159" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03124801v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381563v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Carmen Martinez" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381101v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Laudette" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03525379v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Fourny" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03124837v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>