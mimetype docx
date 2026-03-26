--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -592,157 +592,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05073360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Characterization of Piezoresistive Sensors for Non-Planar Surfaces and Pressure Mapping: A Case Study on Kayak Paddle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Available Kinetic Energy Sources on the Human Body during Sports Activities: A Numerical Approach Based on Accelerometers for Cantilevered Piezoelectric Harvesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Hoareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdo-Rahmane Anas Laaraibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bideau</w:t>
+                <w:t xml:space="preserve">Jacques Prioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24 (1), pp.222. </w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (6), pp.2695. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s24010222⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/en16062695⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04368833v1</w:t>
+                <w:t xml:space="preserve">hal-04050412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific electrochemical sensor for cadmium detection: Comparison between monolayer and multilayer functionalization</w:t>
               </w:r>
@@ -856,451 +856,451 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04205041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible Dynamic Pressure Sensor for Insole Based on Inverse Viscoelastic Model</w:t>
+                <w:t xml:space="preserve">Design and Characterization of Piezoresistive Sensors for Non-Planar Surfaces and Pressure Mapping: A Case Study on Kayak Paddle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdo-Rahmane Anas Laaraibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Hoareau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Corentin Depontailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2023.3245822⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (1), pp.222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s24010222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04055708v1</w:t>
+                <w:t xml:space="preserve">hal-04368833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An innovative wearable sensing system based on flexible piezoresistive sensors to estimate upper body joint angle using a Nonlinear AutoRegressive exogenous Neural Model</w:t>
+                <w:t xml:space="preserve">Flexible Dynamic Pressure Sensor for Insole Based on Inverse Viscoelastic Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdo-Rahmane Anas Laaraibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Depontailler</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Damien Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Razan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 23 (21), pp.26539-26550. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, 23 (7), pp.7634-7643. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2023.3245822⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/jsen.2023.3319559⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04227596v1</w:t>
+                <w:t xml:space="preserve">hal-04055708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Available Kinetic Energy Sources on the Human Body during Sports Activities: A Numerical Approach Based on Accelerometers for Cantilevered Piezoelectric Harvesters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An innovative wearable sensing system based on flexible piezoresistive sensors to estimate upper body joint angle using a Nonlinear AutoRegressive exogenous Neural Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdo-Rahmane Anas Laaraibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Corentin Depontailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Damien Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 16 (6), pp.2695. </w:t>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (21), pp.26539-26550. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/en16062695⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/jsen.2023.3319559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04050412v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04227596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthetized inertial measurement units (IMUs) to evaluate the placement of wearable sensors on human body for motion recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1308,51 +1308,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Chantal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Bretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Prioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2022 (5), pp.536-543. </w:t>
@@ -2681,733 +2681,733 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00864839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of three different configurations of dual ultramicroelectrodes for the decomposition of S-nitroso-L-glutathione and the direct detection of nitric oxide</w:t>
+                <w:t xml:space="preserve">Predictive toxicology using systemic biology and liver microfluidic &amp;quot;on chip&amp;quot; approaches: Application to acetaminophen injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achille Nassi</w:t>
+                <w:t xml:space="preserve">Jean-Matthieu Prot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loan To Thi Kim</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Florence Razan</w:t>
+                <w:t xml:space="preserve">Andrei Bunescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Elena-Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Aninat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Choucha Snouber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microchimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00604-012-0860-z⟩</w:t>
+              <w:t xml:space="preserve">Toxicology and Applied Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 259 (3), pp.270-280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.taap.2011.12.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00756276v1</w:t>
+                <w:t xml:space="preserve">hal-00699551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Array of gold ultramicroelectrodes for the simultaneous electrochemical detection of nitric oxide and peroxynitrite</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of three different configurations of dual ultramicroelectrodes for the decomposition of S-nitroso-L-glutathione and the direct detection of nitric oxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Quinton</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Achille Nassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loan To Thi Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Griscom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nitric Oxide: Biology and Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.niox.2012.04.139⟩</w:t>
+              <w:t xml:space="preserve">Microchimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 179 (3-4), pp.337-343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00604-012-0860-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03919472v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00756276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive toxicology using systemic biology and liver microfluidic &amp;quot;on chip&amp;quot; approaches: Application to acetaminophen injury</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Array of gold ultramicroelectrodes for the simultaneous electrochemical detection of nitric oxide and peroxynitrite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrei Bunescu</w:t>
+                <w:t xml:space="preserve">Fethi Bedioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Elena-Herrmann</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Leila Choucha Snouber</w:t>
+                <w:t xml:space="preserve">Damien Quinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Griveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loan To Thi Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Griscom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicology and Applied Pharmacology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nitric Oxide: Biology and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 27, pp.S38-S39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.niox.2012.04.139⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.taap.2011.12.017⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00699551v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of HepG2/C3a cell functions in a microfluidic biochip.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On-chip multi electrochemical sensor array platform for simultaneous screening of nitric oxide and peroxynitrite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Quinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Matthieu Prot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Aninat</w:t>
+                <w:t xml:space="preserve">Aurélie Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loan To Thi Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Raimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Griscom</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Brochot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology and Bioengineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/bit.23104⟩</w:t>
+              <w:t xml:space="preserve">Lab on a Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (7), pp.1342-1350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C0LC00585A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00740224v1</w:t>
+                <w:t xml:space="preserve">hal-00662648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-chip multi electrochemical sensor array platform for simultaneous screening of nitric oxide and peroxynitrite</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improvement of HepG2/C3a cell functions in a microfluidic biochip.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Girard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vincent Raimbault</w:t>
+                <w:t xml:space="preserve">Jean Matthieu Prot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Aninat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Griscom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Razan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Brochot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lab on a Chip</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biotechnology and Bioengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 108 (7), pp.1704-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/bit.23104⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C0LC00585A⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00662648v1</w:t>
+                <w:t xml:space="preserve">hal-00740224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro ring disc ultramicroelectrodes array for the detection of NO-release from S-nitrosoglutathions</w:t>
               </w:r>
@@ -4446,783 +4446,783 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05156413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A low cost, self-powered, plantar pressure distribution sensing insole</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdo-Rahmane Anas Laaraibi</w:t>
+                <w:t xml:space="preserve">An Automatic Highly Dynamical Digital Twin Design with YOLOv8 for hydrodynamic studies on living animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Lagneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Damien Hoareau</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dixia Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Margueron</w:t>
+                <w:t xml:space="preserve">James Herbert-Read</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Porcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXV EUROSENSORS Conference 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Leece, Italy. pp.29, </w:t>
+              <w:t xml:space="preserve">2024 International Conference on Artificial Intelligence, Computer, Data Sciences and Applications (ACDSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Victoria, Seychelles. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/proceedings2024097029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/acdsa59508.2024.10467329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04368830v1</w:t>
+                <w:t xml:space="preserve">hal-04527017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developpement d'un systeme de capteurs de pression pour caracteriser des traces hydrodynamiques pour l'optimisation des simulations d'un jumeau numerique dans un environnement maitrise</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence Razan</w:t>
+                <w:t xml:space="preserve">A low cost, self-powered, plantar pressure distribution sensing insole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdo-Rahmane Anas Laaraibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Costanza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Hoareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Margueron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées couplées du GDR SEEDS et de la conférence JCGE - Jeunes Chercheurs en Génie Electrique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XXXV EUROSENSORS Conference 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Leece, Italy. pp.29, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/proceedings2024097029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04828329v1</w:t>
+                <w:t xml:space="preserve">hal-04368830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Available Kinetic Energy Sources on the Human Body during Sports Activities: An Optimization Investigation Using Cantilevered Piezoelectric Harvester Model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Hoareau</w:t>
+                <w:t xml:space="preserve">Developpement d'un systeme de capteurs de pression pour caracteriser des traces hydrodynamiques pour l'optimisation des simulations d'un jumeau numerique dans un environnement maitrise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Porcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Lagneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosensors 2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées couplées du GDR SEEDS et de la conférence JCGE - Jeunes Chercheurs en Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR SEEDS, Jun 2024, 44490 Le Croisic, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04526962v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04828329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration de la méthode &amp;quot; Hydrodynamic Analysis for Automatic Creation of High-fidelity Analogous Models with AI &amp;quot; (HAACHAMA) pour son application sur des données réelles</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Dixia Fan</w:t>
+                <w:t xml:space="preserve">Available Kinetic Energy Sources on the Human Body during Sports Activities: An Optimization Investigation Using Cantilevered Piezoelectric Harvester Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Hoareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdo-Rahmane Anas Laaraibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Prioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCGE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Eurosensors 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Lecce, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/proceedings2024097016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700412v2</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'un système de capteurs de pression pour caractériser des traces hydrodynamiques pour l'optimisation des simulations d'un jumeau numérique dans un environnement maitrisé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Amélioration de la méthode &amp;quot; Hydrodynamic Analysis for Automatic Creation of High-fidelity Analogous Models with AI &amp;quot; (HAACHAMA) pour son application sur des données réelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Lagneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Porcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bastien Lagneaux</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Keribin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dixia Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Razan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nadia Maria Hamilton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCGE 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GRD seeds, Jun 2024, Croisic, France</w:t>
+              <w:t xml:space="preserve">JCGE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR SEEDS, Jun 2024, Le Croisic (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700428v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700412v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Automatic Highly Dynamical Digital Twin Design with YOLOv8 for hydrodynamic studies on living animals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Développement d'un système de capteurs de pression pour caractériser des traces hydrodynamiques pour l'optimisation des simulations d'un jumeau numérique dans un environnement maitrisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Porcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lagneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Razan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Corentin Porcon</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Maria Hamilton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 International Conference on Artificial Intelligence, Computer, Data Sciences and Applications (ACDSA)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JCGE 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GRD seeds, Jun 2024, Croisic, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04527017v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">To stick or not to stick: Predicting particle capture on a surface in a microchannel</w:t>
               </w:r>
@@ -5934,51 +5934,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-M. Chehimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Topical Meeting of International Society of Electrochemistry, </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Saint Malo, France</w:t>
@@ -6126,385 +6126,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01393730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faisabilité d'un microcapteur électromécanique par optimisation d'adhérence des interfaces verre/métal et fluide biologique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caractérisation et corrosion de l'alliage de titane Low Cost Beta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Coulon</w:t>
+                <w:t xml:space="preserve">J. Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Sf Faure</w:t>
+                <w:t xml:space="preserve">Thierry Gloriant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. P. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cornen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JADH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Aussois en Vannoise, France. pp.210-214</w:t>
+              <w:t xml:space="preserve">JDD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00986251v1</w:t>
+                <w:t xml:space="preserve">hal-00794346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titane Alloys for Marine Application : the case of an innovating winch</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Castany</w:t>
+                <w:t xml:space="preserve">Faisabilité d'un microcapteur électromécanique par optimisation d'adhérence des interfaces verre/métal et fluide biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Laillé</w:t>
+                <w:t xml:space="preserve">Jean-François Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Geffroy</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sylvain Sf Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Razan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROMAT 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Seville, Spain. pp.619-624</w:t>
+              <w:t xml:space="preserve">JADH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Aussois en Vannoise, France. pp.210-214</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00986248v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00986251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation et corrosion de l'alliage de titane Low Cost Beta</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Titane Alloys for Marine Application : the case of an innovating winch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cornen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Dupuis</w:t>
+                <w:t xml:space="preserve">P. Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Gloriant</w:t>
+                <w:t xml:space="preserve">Denis Laillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. P. Faure</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Cornen</w:t>
+                <w:t xml:space="preserve">S. Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JDD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, Rennes, France</w:t>
+              <w:t xml:space="preserve">EUROMAT 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Seville, Spain. pp.619-624</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00794346v1</w:t>
+                <w:t xml:space="preserve">hal-00986248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of Arrayed Ultramicroelectrodes Array for Direct Detection of NO-Release from S-Nitrosoglutathione</w:t>
               </w:r>
@@ -6740,51 +6740,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser Sintering Process Analysis: Application To Chromium-Cobalt Alloys For Dental Prosthesis Production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. P. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6990,64 +6990,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-Ring Disc Ultramicroelectrodes Array for Direct Detection of NO-Release from S-Nitrosoglutathione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loan To Thi Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Griscom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7240,64 +7240,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réseau d'ultramicroélectrodes disque-anneau or/cuivre pour la decomposition catalytique de nitrosoglutathion et la detection électrochimqiue du monoxyde d'azote formé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loan To Thi Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Griscom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7568,90 +7568,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception de réseaux de microelectrodes d'or pour la détection électrochimique simultanée de monoxyde d'azote et de peroxynitrite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Quinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loan To Thi Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Raimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Griveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7687,709 +7687,709 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00756551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réalisation de réseau de micro-chambres d'analyses chimique et biologique : microcapteurs et microfluidique associés</w:t>
+                <w:t xml:space="preserve">Micro-chambres d'analyses chimique et biologique : microcapteurs de mesure de pH et microfluidique associés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Kherrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathalie . Coulon</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Griscom</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du GDR Micro et Nano Fluidique (CMC2-GDR Microfluidique)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Lille, France</w:t>
+              <w:t xml:space="preserve">JNRDM10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00623626v1</w:t>
+                <w:t xml:space="preserve">hal-00667825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pH Micro-sensors Associated With Micro-fluidics For Chemical Analysis</w:t>
+                <w:t xml:space="preserve">Réalisation de réseau de micro-chambres d'analyses chimique et biologique : microcapteurs et microfluidique associés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Kherrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie . Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Griscom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, LAS VEGAS, United States. pp.153-159</w:t>
+              <w:t xml:space="preserve">Journées du GDR Micro et Nano Fluidique (CMC2-GDR Microfluidique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00756591v1</w:t>
+                <w:t xml:space="preserve">hal-00623626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-chambres d'analyses chimique et biologique : microcapteurs de mesure de pH et microfluidique associés</w:t>
+                <w:t xml:space="preserve">pH Micro-sensors Associated With Micro-fluidics For Chemical Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Kherrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie . Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Griscom</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNRDM10</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Montpellier, France</w:t>
+              <w:t xml:space="preserve">ECS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, LAS VEGAS, United States. pp.153-159</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00667825v1</w:t>
+                <w:t xml:space="preserve">hal-00756591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réalisation de réseau de micro-chambres d'analyses chimique et biologique : microcapteurs et microfluidique associés</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Développement de biocapteur optique basé sur les techniques Raman et SPR pour la détection de pathogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Kengne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.L. Jeyachandran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mj. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNRDM09</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Lyon, France</w:t>
+              <w:t xml:space="preserve">BIOADH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00422407v1</w:t>
+                <w:t xml:space="preserve">hal-00756601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réalisation de réseau de micro-chambres d'analyses chimique et biologique : microcapteurs et microfluidique associés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Kherrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">L. Griscom</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNRDM</w:t>
+              <w:t xml:space="preserve">JNRDM09</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00794324v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00422407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement de biocapteur optique basé sur les techniques Raman et SPR pour la détection de pathogènes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Y.L. Jeyachandran</w:t>
+                <w:t xml:space="preserve">Réalisation de réseau de micro-chambres d'analyses chimique et biologique : microcapteurs et microfluidique associés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelghani Kherrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mj. Durand</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F. Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Griscom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Razan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIOADH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Le Mans, France</w:t>
+              <w:t xml:space="preserve">JNRDM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00756601v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00794324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration des systèmes microfluidiques aux biocapteurs à effet de champ</w:t>
               </w:r>
@@ -8990,51 +8990,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00184201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response of polymer-coated Love-wave device: a method to characterize thin film in the radio frequency domain.</w:t>
+                <w:t xml:space="preserve">Radio frequency thin film characterization with polymer-coated Love-wave sensor.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zimmermann</w:t>
@@ -9057,105 +9057,109 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Dejous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Pistre</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2004 IEEE International Symposium on Industrial Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, France. pp.1</w:t>
+              <w:t xml:space="preserve">10th International Meeting on Chemical Sensors,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Japan. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00184209v1</w:t>
+                <w:t xml:space="preserve">hal-00184208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radio frequency thin film characterization with polymer-coated Love-wave sensor.</w:t>
+                <w:t xml:space="preserve">Response of polymer-coated Love-wave device: a method to characterize thin film in the radio frequency domain.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zimmermann</w:t>
@@ -9178,85 +9182,81 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Dejous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Pistre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Meeting on Chemical Sensors,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Japan. pp.1</w:t>
+              <w:t xml:space="preserve">2004 IEEE International Symposium on Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00184208v1</w:t>
+                <w:t xml:space="preserve">hal-00184209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9730,51 +9730,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1C8452AC"/>
+    <w:nsid w:val="59ADB992"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9961,51 +9961,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-razan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1373-7795" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/104417684" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984648v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Costanza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdo-Rahmane Anas Laaraibi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Pagano" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Jodin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Razan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.iot.2024.101483" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294501v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodora Lupoi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schoch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bretin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Levanen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Runcan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acselectrochem.5c00340" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05073360v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bretin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Betelu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Michel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2025.119189" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368833v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Depontailler" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bideau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24010222" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04205041v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awatef Dali" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann R. Leroux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2023.142962" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055708v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hoareau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2023.3245822" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227596v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jsen.2023.3319559" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050412v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prioux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16062695" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629738v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Chantal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/tje2.12137" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367693v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Mottin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Kanoufi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Jullien" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-021-02488-x" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226416v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Nogues" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.1c00543" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735559v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mazerie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Didier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hapiot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie . Coulon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201700884" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01874677v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Dalla Monta" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Le Cam" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chagnon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2018.07.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01508064v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Caplain" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Michiel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delamarche" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2016.3400" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690559v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Favier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rebouah" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2014.08.062" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963798v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Robin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faure" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Le Cam" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2013.09.028" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03292062v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loan T. O. Thi Kim" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Escriou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Griveau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Girard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Griscom" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2014.01.053" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069857v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Dupuis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chenon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gloriant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20130701009" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00864839v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Choucha-Snouber" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Aninat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Grsicom" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Madalinski" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brochot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.24707" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WF0R5G6P-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756276v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Nassi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loan To Thi Kim" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00604-012-0860-z" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PM1BLC1X-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919472v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bedioui" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Quinton" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.niox.2012.04.139" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3K1JVP09-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699551v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Prot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Bunescu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Elena-Herrmann" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Choucha Snouber" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2011.12.017" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00740224v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Matthieu Prot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.23104" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2QZRV53T-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662648v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Girard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Raimbault" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0LC00585A" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755908v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.To Thi Kim" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Griveau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2011.04.008" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-29G2DBC2-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619533v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Kherrat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Le Bihan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183749v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rebiere" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dejous" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Monin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Joanicot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183751v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zimmermann" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pistre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05157595v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Neveu" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3706594.3727959" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410073v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Porcon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lagneaux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jodin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Razan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORS2025/TP37" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334738v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lagneaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Keribin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dixia Fan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156413v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Geneste" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3706594.3727960" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368830v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Margueron" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2024097029" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828329v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526962v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2024097016" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700412v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700428v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Maria Hamilton" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527017v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Herbert-Read" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/acdsa59508.2024.10467329" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103429v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292087v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807447v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315223278-63" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560221v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Specht" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gueguen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Nazabal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sangleboeuf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280228v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Caplain" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Delamarche" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145731v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nogues" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521933v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mazerie" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bakas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-M. Chehimi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Carbonnier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393730v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wilkie-Chancellier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Martinez" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986251v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Coulon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Sf Faure" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986248v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cornen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Castany" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Laill&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Geffroy" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794346v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dupuis" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gloriant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Faure" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756005v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nassi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. To Thi Kim" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Griscom" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755955v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756027v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mercier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Didier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Coulon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667813v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jacques" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Thomas" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756530v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756580v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Choucha Snouber" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pe Poleni" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756540v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667833v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Rogel" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667839v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756551v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623626v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756591v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667825v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422407v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794324v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Bihan" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756601v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assaf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kengne" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.L. Jeyachandran" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mj. Durand" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794339v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Sagazan" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayeb Mohammed-Brahim" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183771v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boissiere" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184203v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pavageau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Destarac" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184204v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184201v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184209v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184208v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292136v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393739v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Serfaty" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414592v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Monin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Joanicot" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rebi&#232;re" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-razan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1373-7795" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/104417684" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984648v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Costanza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdo-Rahmane Anas Laaraibi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Pagano" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Jodin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Razan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.iot.2024.101483" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294501v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodora Lupoi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schoch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bretin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Levanen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Runcan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acselectrochem.5c00340" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05073360v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bretin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Betelu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Michel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2025.119189" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050412v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hoareau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prioux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16062695" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04205041v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awatef Dali" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann R. Leroux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2023.142962" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368833v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Depontailler" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bideau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24010222" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055708v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2023.3245822" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227596v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jsen.2023.3319559" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629738v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Chantal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/tje2.12137" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367693v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Mottin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Kanoufi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Jullien" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-021-02488-x" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226416v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Nogues" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.1c00543" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735559v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mazerie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Didier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hapiot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie . Coulon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201700884" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01874677v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Dalla Monta" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Le Cam" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chagnon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2018.07.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01508064v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Caplain" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Michiel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delamarche" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2016.3400" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690559v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Favier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rebouah" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2014.08.062" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963798v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Robin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faure" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Le Cam" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2013.09.028" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03292062v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loan T. O. Thi Kim" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Escriou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Griveau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Girard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Griscom" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2014.01.053" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069857v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Dupuis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chenon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gloriant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20130701009" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00864839v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Choucha-Snouber" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Aninat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Grsicom" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Madalinski" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brochot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.24707" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WF0R5G6P-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699551v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Prot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Bunescu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Elena-Herrmann" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Choucha Snouber" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2011.12.017" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756276v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Nassi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loan To Thi Kim" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00604-012-0860-z" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PM1BLC1X-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919472v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bedioui" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Quinton" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.niox.2012.04.139" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3K1JVP09-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662648v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Girard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Raimbault" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0LC00585A" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00740224v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Matthieu Prot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.23104" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2QZRV53T-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755908v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.To Thi Kim" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Griveau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2011.04.008" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-29G2DBC2-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619533v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Kherrat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Le Bihan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183749v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rebiere" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dejous" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Monin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Joanicot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183751v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zimmermann" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pistre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05157595v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Neveu" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3706594.3727959" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410073v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Porcon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lagneaux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jodin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Razan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORS2025/TP37" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334738v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lagneaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Keribin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dixia Fan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156413v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Geneste" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3706594.3727960" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527017v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Herbert-Read" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/acdsa59508.2024.10467329" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368830v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Margueron" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2024097029" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828329v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526962v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2024097016" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700412v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700428v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Maria Hamilton" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103429v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292087v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807447v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315223278-63" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560221v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Specht" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gueguen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Nazabal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sangleboeuf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280228v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Caplain" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Delamarche" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145731v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nogues" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521933v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mazerie" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bakas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-M. Chehimi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Carbonnier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393730v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wilkie-Chancellier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Martinez" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794346v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dupuis" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gloriant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Faure" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cornen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986251v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Coulon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Sf Faure" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986248v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Castany" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Laill&#233;" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Geffroy" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756005v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nassi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. To Thi Kim" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Griscom" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755955v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756027v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mercier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Didier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Coulon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667813v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jacques" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Thomas" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756530v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756580v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Choucha Snouber" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pe Poleni" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756540v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667833v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Rogel" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667839v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756551v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667825v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623626v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756591v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756601v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assaf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kengne" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.L. Jeyachandran" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mj. Durand" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422407v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794324v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Bihan" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794339v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Sagazan" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayeb Mohammed-Brahim" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183771v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boissiere" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184203v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pavageau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Destarac" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184204v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184201v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184208v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184209v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292136v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393739v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Serfaty" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414592v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Monin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Joanicot" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rebi&#232;re" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>