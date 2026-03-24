--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:86.979166666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Florence Sèdes </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Full professor in Computer Science (she/her)https://www.irit.fr/~Florence.Sedes/</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">florence-sedes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9273-302X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">033232679</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professor of Computer Science at the University of Sciences, Toulouse 3, in the research area of data science.Florence is active in database and information system research since 1987. She has published over one hundred papers, books and book chapters and has been leading international, European and national projects on personal (meta)data privacy and management, CCTV and forensic, IoT and security, geospatial and indoor/outdoor data, and social networks, with applications via deep/machine learning for alert, spam detection, social emotion and interaction. Her research interests include modelling, developing, evaluating, and characterizing (big) data systems and techniques from both problem driven and technique driven perspect ives. She has been heavily involved in designing data sets and platforms in order to enable assessment of the various contributions, software and systems of our community.Her research addresses gender imbalance and biases in AI.2020- 2024: Vice deputy chair woman Societal Responsability and Sustainable Development2017- present: CyberEdu Vice President </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.cyberedu.fr/pages/leprojet/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">2000- present : Full Professor in Computer Science, Université Toulouse III Paul Sabatier, IRIT (UMR CNRS 5505)National Council of Universities (nominated by Ministry)Senior member IEEEFrench Computer Science Societyboard member, in charge of Women in InformaticsIEEE Women in Engineering French chapter co-founder - PresidentFemmes & Sciences (French Women and Science society) board member</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (88)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social engineering et sécurité du système d’information - De la nécessité de la prévention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Degrace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur. Sécurité des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-h5358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05062932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards context and domain-aware algorithms for scene analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahim Mohamed Serouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Machine Learning Research Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04940546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain-powered trust management methodology in SIoT: A survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Jmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous Ben Amor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer-to-Peer Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (4), pp.194. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12083-025-02015-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust attack prevention based on Spark-blockchain in social IoT: a survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous Ben Amor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23, pp.3179--3198. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10207-024-00885-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04655317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Chloé Camou, joueuse et entrepreneuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23, pp.47-51. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.23.47⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oublions Lena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 189, 6 p. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/sif.1024.24.189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time prevention of trust-related attacks in social IoT using blockchain and Apache spark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 225, pp.65-82. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comcom.2024.06.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Colin de la Higuera, chaire UNESCO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23, pp.41-46. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.23.41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une gameuse dans le monde de l’eSport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Binaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04763127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and analyzing as a service (MAaaS) through cloud edge based on intelligent transportation applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Souki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoudha Ben Djemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cluster Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (3), p. 3379-3395. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10586-023-04146-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Peggy Vicomte, déléguée générale de l'association Femmes@Numerique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 21, pp.139-143. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.21.139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and Inclusion Activities in EGC - A 2022 Report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Amer-Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Bonifati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Labroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGKDD explorations : newsletter of the Special Interest Group (SIG) on Knowledge Discovery &amp; Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (1), pp.52-56. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3544903.3544911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey of Middlewares for self-adaptation and context-aware in Cloud of Things environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Souki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoudha Ben Djemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 207: Proceedings of the 26th International Conference on Knowledge-Based and Intelligent Information &amp; Engineering Systems (KES 2022) (Special issue), pp.2804-2813. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2022.09.338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03835485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Interaction Analysis: &amp;quot;In Vivo&amp;quot; Restaurant Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Qodseya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Courant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia-Pacific Journal of Innovation in Hospitality and Tourism </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (3), pp.43-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic and scalable multi-level trust management model for Social Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Supercomputing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 78 (6), pp.8137-8193. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11227-021-04205-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03700168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey of Middlewares for self-adaptation and context-aware in Cloud of Things environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Souki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoudha Ben Djemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 207, pp.2804-2813. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2022.09.338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hommage à Claudine Hermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18, pp.135-136. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.18.135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendeleïeva : un jeu de plateau pour mettre en valeur les femmes en sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18, pp.81-83. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.18.81⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hommage à Alice Recoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Gaudel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17, pp.119-122. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.17.119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les femmes de la cybersécurité se montrent « sans sweat à capuche » ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17, pp.115-116. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.17.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary conceptual study of Artificial Intelligence (AI) for helping benefit-risk assessment practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Chassang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mogens Thomsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Delfin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34 (2), pp.121 - 146. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/aic-201523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Blockchain-Based trust management model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Knowledge-Based and Intelligent Information &amp; Engineering Systems: Proceedings of the 25th International Conference KES2021, 192, pp.1081-1091. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2021.08.111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les décodeuses du numérique &amp;quot;, une BD qui parle de, et fait parler de #femmesInformatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18, pp.85-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving vehicle re‐identification using CNN latent spaces: Metrics comparison and track‐to‐track extension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Malon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Computer Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (2), pp.85-98. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/cvi2.12010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126045v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agissons ! Les femmes scientifiques et ingénieures font des propositions pour plus de mixité dans les métiers d’ingénieurs et de scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15, pp.109-111. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.15.109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dataset column: ToCaDa dataset with multi-viewpoint synchronized videos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Malon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM SIGMultimedia Records</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (1), pp.article 5. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3548555.3548560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNU 27e section : un compte-rendu de la session PEDR 2020 avec un focus sur l'égalité femmes-hommes et quelques recommandations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 16, pp.109-112. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.16.109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femme d’hier, d’aujourd’hui… pour les femmes de demain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14, pp.27. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.14.26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Collective-based Framework for Dynamic Retraining of Supervised Real-Time Spam Tweets Detection Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Qaroush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 135, pp.129-152. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eswa.2019.05.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02419466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bourses L’Oréal-UNESCO « Pour les femmes et la science »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13, pp.67-70. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.13.67⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social collaborative service recommendation approach based on user’s trust and domain-specific expertise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlem Kalaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Generation Computer Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 80, pp.355-367. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.future.2017.05.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02562118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité de l'information dans les réseaux sociaux : une méthode collaborative pour détecter les spams dans les tweets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21 (3), pp.33-53. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/DN.21.3.33-53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02451040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bourses L’Oréal-UNESCO « Pour les femmes et la science » 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, pp.11-13. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.12.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing Polemics Evolution from Twitter Streams Using Author-based Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Quirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rocio Abascal Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computación y Sistemas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (1), pp.35-45. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13053/cys-22-1-2762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02191829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forensics Usage of Video-Surveillance and Associated (Meta) Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sulzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Journal of Forensic Science and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (1), pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profile reliability to improve recommendation in social-learning context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online Information Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 48 (1), pp.1-22. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/OIR-02-2017-0068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02191820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-Supervised Algorithm with Knowledge-based Features for Learner's Profiles Interoperability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of technology enhanced learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (1/2), pp.137-159. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJTEL.2018.088343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02562112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Producing relevant interests from social networks by mining users' tagging behaviour: A first step towards adapting social information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data and Knowledge Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, vol. 108, pp. 15-29. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.datak.2016.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01709183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavioural account-based features for filtering out social spammers in large-scale twitter data collections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 22 (3), pp.65-88. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ISI.22.3.65-88⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02548073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic-based Reconstruction of User's Interests in Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computación y sistemas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (3), pp.545-558. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13053/CyS-21-3-2550⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02548079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egalité Femmes-Hommes & « numérique » : le point de vue de Sandrine Vaton, référente égalité à Télécom Bretagne (propos recueillis par Florence Sédès)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Hors Série numéro 2: Femmes &amp; Informatique (2), pp.83 - 88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes & informatique : le grand Bond en avant ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, HS2, pp.3-5. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.HS2.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches sociologiques des carrières scientifiques au féminin : état des lieux. Entretien avec Nicky Le Feuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, HS2, pp.51-59. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.HS2.51⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Meta-)Data Modelling: Gathering Spatio-Temporal Data for Indoor-Outdoor Queries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM SIGSPATIAL Special (Special Interest Group on Spatial Information)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, vol. 9 (n° 1), pp. 35-42. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3124104.3124111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'influence de l'enrichissement de profil utilisateur sur la propagation de buzz dans les médias sociaux. Expérimentations sur Delicious</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Quirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, vol. 21 (n° 4), pp. 67-81. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/isi.21.4.67-81⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01429680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction du profil social de l'utilisateur dans un contexte dynamique : application d'une méthode de pondération temporelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, vol. 21 (n° 2), pp. 65-94. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/is.21.2.65-94⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01491214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal metadata filtering and synchronising in video surveillance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Oria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, vol. 21 (n° 3), pp. 75-91. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/isi.21.3.75-91⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing the information access assistant service for an evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kiswendsida Kisito Kaboré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Sié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Internet Technology and Secured Transactions.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (1), pp.25--42. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJITST.2015.073919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03209323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du comportement d'annotation du réseau social d'un utilisateur pour la détection des intérêts - Application sur Delicious</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4, pp.85--111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01371778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting sociosemantic communities by applying social network analysis in tweets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rocio Abascal-Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose Lema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Network Analysis and Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, vol. 5 (n° 1), pp. 1-17. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13278-015-0280-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimedia Data Management in Mobile Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Illari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco de Natale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Hanjalic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE MultiMedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Special Issue Jan.-Mar. 2014, 21 (1), pp.10-13. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MMUL.2014.12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03220758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une vision pervasive d'un système multimédia distribué : extention en vue d'un contrôle d'accès adaptatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 18 (1), pp.125-149. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/isi.18.1.125-149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dérivation de profils utilisateurs à partir de réseaux sociaux : une approche par communautés de réseaux égocentriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieudonné Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Ingénierie des Systèmes d’Information, 18 (1), pp.11-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On using generic profiles and views for dynamic web services adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Modern Internet of Things</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2 (3), pp.18-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A community based algorithm for deriving users' profiles from egocentrics networks: experiment on Facebook and DBLP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieudonné Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Network Analysis and Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (3), pp.667-683. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13278-013-0113-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01138555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : SoLoMo, de nouveaux enjeux pour la gestion des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 18 (1 : janvier/février), pp.7-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03614676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géomatique et ingénierie de l’information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Paegelow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 17 (1), pp.7-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualizing the relevance of social ties in user profile modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieudonné Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web Intelligence and Agent Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10 (2), pp.261-274. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/WIA-2012-0245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed multimedia indexing and optimal resources utilization: an implementation based on metadata, context and usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multimedia Processing and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2 (4), pp.197-225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semantic-Oriented Approach for Organizing and Developing Annotation for E-learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Daniel Dumitrescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Learning Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4 (3 July-Sept.), pp.239-248. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TLT.2010.40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A personalized recommendation framework based on cam and document annotations (@ RecSysTEL 2010)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Broisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Butoianu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Part of special issue: Proceedings of the 1st Workshop on Recommender Systems for Technology Enhanced Learning (RecSysTEL 2010), 1 (2), pp.2839-2848. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2010.08.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Personalization of XML Content Browsing Based on User Preferences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Encelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Access Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 6 (1-2: Accessibility to Library-Related Services), pp.193-214. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15367960802301010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enriching the spatial reasoning system RCC8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM SIGSPATIAL Special (Special Interest Group on Spatial Information)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1 (1), pp.14-20. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1517463.1517464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Service-Oriented Semantic Annotation and Retrieval within Pervasive E-Learning Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Business Intelligence and Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Special Issue on Advances in Intelligent Information Management Systems and Applications, 4 (2), pp.122-140. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJBIDM.2009.026904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation visuelle de documents légataires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (1), pp.11--29. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dn.12.1.11-29%20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing and querying efficiently distributed semantic multimedia metadata collections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE MultiMedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Special issue, 16 (4), pp.12-21. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MMUL.2009.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00442150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en oeuvre d'un modèle de contrôle d'accès adapté aux systèmes pervasifs. Application aux équipes mobiles gériatriques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (3), pp.59-78. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dn.12.3.59-78⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AQMIS: An Adaptive Querying Prototype for Mobile Information Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIWN Research Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 6, pp.29-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upstream adaptation mechanism for semi-structured documents querying with XQuery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Science and Software Technology (IJCSST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1 (1), pp.39--44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ontology-based Approach for Providing Multimedia Personalized Recommendations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romulus Grigoras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Web and Grid Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (3), pp.314-329. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJWGS.2008.021497⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interrogation flexible de données semi-structurées : une approche basée sur les ensembles flous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine De Calmès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue I3 - Information Interaction Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7 (2), pp.37-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a graphical querying language for XML data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayez Gargouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review on Computers and Software (IRECOS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 2 (2), pp.139-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Descriptors generation from very high spatial resolution satellite images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Lopez-Ornelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Sélection des meilleurs articles de SAGEO 2005, 385, pp.(en ligne). </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.8212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible Querying of Semi-Structured Data: a Fuzzy Set-Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine De Calmès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Intelligent Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 22 (7), pp.723-737. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/int.20225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03358850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de descripteurs : interrogation d'images satellitaires par les métadonnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, AEGC 2005, RNTI-E-5, pp.159-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un cadre pour l'étude des comportements sur une plate-forme pédagogique : du parcours individuel à la conscience de groupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Camps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, AEGC 2005, RNTI-E-5, pp.185-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche pour la description et l'interrogation d'images satellitaires à très haute résolution spatiale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Lopez-Ornelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Flouzat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Systèmes d'information spatio-temporels, 10 (4), pp.119-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des individus et de leurs relations pour l'aide à l'intégration des individus dans l'organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, EGC 2005 : Actes des Journées francophones d'Extraction et Gestion des Connaissances 2005, RNTI-E-3 (2), pp.599-610</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction de connaissances pour la description d'images satellitaires à très haute résolution spatiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Lopez-Ornelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, AEGC 2005, RNTI-E-5, pp.365-370</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indexation de séquences vidéo. Indices liés au temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 8 (4), pp.41-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00515961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexibility and fuzzy case-based evaluation in querying: An illustration in an experimental setting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine De Calmès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eyke Hüllermeier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Uncertainty, Fuzziness and Knowledge-Based Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 11 (1), pp.43-66. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218488503001941⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03370931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documents semi-structurés et métadonnées contribution à la réingénierie de collections de documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 8 (5-6), pp.153-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appariement d'informations dans les entrepôts de données : quelques approches pour le filtrage flexible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Metais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue I3 - Information Interaction Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2 (2), pp.63-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotations de média : Vers une représentation multidimensionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 7 (5-6), pp.45-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction dynamique de documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction des Connaissances et Apprentissage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 1 (4 / 2002), pp.363-374</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy logic techniques in Multimedia database queyring: a preliminary investigation of the potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Knowledge and Data Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 13 (3 - May/Jun 2001), pp.383-392. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/69.929896⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03394656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etendre une approche méthodologique pour la réingénierie des sites Web</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 6 (3/2001), pp.119-144</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Introduction de la Composante Sonore dans un Hypermédia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 2 (2-3), pp.373-391</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (179)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmarking Embedding Techniques for Modeling User Navigation Behavior on Task-Oriented Software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Boukharouba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Verhaeghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bortolaso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database and Expert Systems Applications DEXA 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Bangkok, Thailand, Thailand. pp.367-375, </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-032-02088-8_29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Engineering and Information System Security- A survey on the Necessity of Prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Degrace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASONAM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Niagara Falls (Ontario), Canada. pp. 193 - 208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMDA: Advancing Multimedia Data Annotation for Human-Centric Situations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahim Serouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sedes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MultiMedia Modeling 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Nara Japan, Japan. pp.84-90, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-96-2074-6_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04909771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain-Based Trust Management System for Enhancing Security in SIoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Jmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Challenges in Information Science RCIS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Séville, Espagne, France. pp.37-51, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-92474-3_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging LLMs for Fair Data Labeling and Validation in Crowdsourcing Environments [Vision Paper]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahim Mohamed Serouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Big Data (BigData)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Washington, DC, United States. pp.468-472, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BigData62323.2024.10825193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04909797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-Time Mitigation of Trust-Related Attacks in Social IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Model and Data Engineering (MEDI 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Sousse, Tunisia. pp.303-318, </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-49333-1_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are Large Language Models the New Interface for Data Pipelines?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvio Barbon Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Ceravolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Groppe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustafa Jarrar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Maghool</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGMOD/PODS '24: International Conference on Management of Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Santiago AA Chile, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3663741.3664785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Large Language Models for Bias Mitigation and Fairness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahim Mohamed Serouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Joint Conference on Artificial Intelligence 2024 Workshop on AI Governance: Alignment, Morality, and Law</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Jeju Island, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Compositional Generalization with Neuro-Symbolic AI: A Comprehensive Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Lateb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Bouarab-Dahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IEEE international Conference on Embedded &amp; Distributed Systems (EDIS4 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bechar-Tahri Mohamed, Bechar, Algeria, Nov 2024, Bechar, Algeria. à paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécurité dans les SI &amp; social engineering - un état des lieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Engineering and Security: from human vulnerabilities to malicious threats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Degrace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WiMob 2024 - 20th International Conference on Wireless and Mobile Computing, Networking and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE ComSoc, Oct 2024, Paris, France. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMob61911.2024.10770451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Compositional Generalization With Neuro-Symbolic AI: A Comprehensive Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateb Nassim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Bouarab-Dahmani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 4th International Conference on Embedded & Distributed Systems (EDiS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, BECHAR, France. pp.207-212, </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EDiS63605.2024.10783296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From User Activity Traces to Navigation Graph for Software Enhancement: An Application of Graph Neural Network (GNN) on a Real-World Non-Attributed Graph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Boukharouba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bortolaso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Mouysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd ACM International Conference on Information and Knowledge Management (CIKM 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM Special Interest Group on Hypertext, Hypermedia and Web; ACM Special Interest Group on Information Retrieval, Oct 2023, Birmingham, United Kingdom. pp.5236-5237, </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3583780.3615998⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04253452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apache Spark Based Deep Learning for Social Transaction Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Jmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Web Information Systems and Technologies (WEBIST 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Rome, Italy. pp.365--372, </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0012202600003584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Hybridization of LSTM and Random Forest Model to Predict Road Situation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Souki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoudha Ben Djemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31th IEEE International Conference on Enabling Technologies: Infrastructure for Collaborative Enterprises (WETICE 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Dec 2023, Paris, France. pp.1--7, </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WETICE57085.2023.10477806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitor and Analyze Sensor Data from a Connected Vehicle Thanks to Cloud Edge Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Souki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoudha Ben Djemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Computer Science On-line Conference on Networks and Systems in Cybernetics (2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Virtual conference, France. pp.667-683, </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-35317-8_60⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An exploration of future challenges for crowd sourced vulnerability detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier de Casanove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Toulouse Hacking Convention (THCon 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Toulouse, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04085651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malicious human behaviour in information system security: Contribution to a Threat Model for Event Detection Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier De Casanove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Symposium on Foundations and Practice of Security (FPS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Ottawa, Canada. pp.208-220, </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-30122-3_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03815005v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application de GNN sur des graphes non-attribués : Benchmark de performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Boukharouba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bortolaso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Mouysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40ème Congrès annuel INFormatique des ORganisations et Systèmes d'Information et de Décision (INFORSID 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Dijon, France. à paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">We Are Open. The Door is Just Very Heavy...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Research Challenges in Information Science 16th International Conference (RCIS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méconduites académiques : exploration d’une distinction potentielle de genres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Decullier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque International de Recherche et Action sur l’Intégrité Académique 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRAFPA : Institut de Recherche et d'Action sur la Fraude et le Plagiat Académiques, Jun 2022, Coimbra, Portugal. pp.231-242</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03817559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying PDCA to Security, Education, Training and Awareness Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier de Casanove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Leleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Human Aspects of Information Security and Assurance (HAISA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFIP TC 11 Working Group 12: Human Aspects of Information Security and Assurance, Jul 2022, Mytilenne, Lesbos, Greece. pp.39-48, </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-12172-2_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03249016v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection des attaques de confiance dans l'Internet des Objets Social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38éme Congrès INFormatique des ORganisations et Systèmes d’Information et de Décision (INFORSID 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Dijon, France. pp.155-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negative Filtering of CCTV Content -Forensic Video Analysis Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Conference on Availability, Reliability and Security (ARES 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Dublin, Ireland. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3407023.3407069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03001008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning for Trust-Related Attacks Detection in Social Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on e-Business Engineering (ICEBE 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Shanghaï, China. pp.389-404, </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-34986-8_28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering for Traceability Managing in System Specifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juyeon Kang Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eun-Bee Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th IEEE International Requirements Engineering conference (RE 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Jeju Island, South Korea. pp.257-264, </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RE.2019.00035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Egocentric Network-based Learner Profiling in Adaptive E-learning Systems: A concept paper.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kriangsak Srisombat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Information and Education Technology (ICIET 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Aizu-Wakamatsu, Japan. pp.14-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">User-centric IoT: challenges and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twelfth International Conference on Mobile Ubiquitous Computing, Systems, Services and Technologies (UBICOMM 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Athens, Greece. pp.27-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual-Based Eye Contact Detection in Multi-Person Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Qodseya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Content-Based Multimedia Indexing (CBMI 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Dublin, Ireland. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CBMI.2019.8877471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02930110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Approach for CCTV Contents Filtering Based on Contextual Enrichment via Spatial and Temporal Metadata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MoMM2019 : 17th International Conference on Advances in Mobile Computing &amp; Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Munich, Germany. pp.195-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Outlier Detection: students profiling in an effort to indicate learning problems in Higher Educational Institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Novoseltseva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Annual Learning &amp; Student Analytics Conference (LSAC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Vandoeuvre-lès-Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03268010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toulouse Campus Surveillance Dataset: scenarios, soundtracks, synchronized videos with overlapping and disjoint views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Malon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th ACM Multimedia Systems Conference (MMSys 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Jun 2018, Amsterdam, Netherlands. pp.393-398, </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3204949.3208133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrial Requirements Classification for Redundancy and Inconsistency Detection in SEMIOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juyeon Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 26th International Requirements Engineering Conference (RE 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Banff, Alberta, Canada. pp.297-303, </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RE.2018.00037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling metadata of CCTV systems and Indoor Location Sensors for automatic filtering of relevant video content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE International Conference on Research Challenges in Information Science (RCIS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nantes, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RCIS.2018.8406677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using k-means for redundancy and inconsistency detection: application to industrial requirements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juyeon Kang Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International conference on Applications of Natural Language Processing to Information Systems (NLDB 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France. pp.501-508, </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-91947-8_52⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toulouse Campus Surveillance Dataset: scenarios, soundtracks, synchronized videos with overlapping and disjoint views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Malon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th ACM Multimedia Systems Conference (MMSys 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Amsterdam, Netherlands. pp.393-398</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03623089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management of Mobile Objects Location for Video Content Filtering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Qodseya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Advances in Moble Computing and Multimedia (MoMM 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Yogyakarta, Indonesia. pp.44--52, </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3282353.3282368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03622638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DiEvent: Towards an Automated Framework for Analyzing Dining Events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Qodseya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 34th International Conference on Data Engineering Workshops (ICDEW 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Paris, France. pp.163-168, </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDEW.2018.00034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02191799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-Temporal Metadata Querying for CCTV Video Retrieval: Application in Forensic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Qodseya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th ACM SIGSPATIAL International Workshop on Indoor Spatial Awareness, in conjunction with ACM SIGSPATIAL Conference (ISA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Seattle, Washington, United States. pp.7-14, </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3282461.3282465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audiovisual annotation procedure for multi-view field recordings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Malon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th International Conference on MultiMedia Modeling (MMM 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Thessaloniki, Greece. pp.399-410, </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-05710-7_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust Evaluation Model for Attack Detection in Social Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Risks and Security of Internet and Systems (CRISIS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, https://link.springer.com/chapter/10.1007/978-3-030-12143-3_5, Oct 2018, Arcachon, France. pp.48-64, </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-12143-3_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A clustering approach for detecting defects in technical documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juyeon Kang Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Workshop on Natural Language Processing and Cognitive Science (NLPCS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Cracovie, Poland. pp.27-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02191796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La qualité de l'information dans les réseaux sociaux en ligne: une approche non supervisée et rapide de détection de spam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35ème congrès INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Toulouse, France. pp.247-262</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Topic-Based Hidden Markov Model for Real-Time Spam Tweets Filtering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Qaroush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference on Knowledge-Based and Intelligent Information &amp; Engineering Systems (KES 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Marseille, France. pp.833-843, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2017.08.075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating Seed Selection for Information Diffusion in Mobile Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Kaouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-Luc Beylot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, San Francisco, CA, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2017.7925787⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Quality in Social Networks: A Collaborative Method for Detecting Spam Tweets in Trending Topics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Qaroush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Industrial Engineering and Other Applications of Applied Intelligent Systems (IEA/AIE 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Arras, France. pp.211-223, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-60045-1_24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode collaborative pour identifier les spams: contribution à la qualité de l'information dans les réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème COnférence en Recherche d'Informations et Applications (CORIA 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Marseille, France. pp.139-152, </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24348/coria.2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02570810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a combinatorial analysis and parametric study to build time-aware social profiles.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Management of Digital EcoSystems (MEDES'17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Bangkok, Thailand. pp.113-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03624136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Quality in Social Networks: Predicting Spammy Naming Patterns for Retrieving Twitter Spam Accounts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Qaroush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Enterprise Information Systems (ICEIS 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Porto, Portugal. pp.610-622, </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006314006100622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Quality in Online Social Networks: A Fast Unsupervised Social Spam Detection Method for Trending Topics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dania Shilleh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yara Ghawadrah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reem Jazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Enterprise Information Systems (ICEIS 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Porto, Portugal. pp.633--675, </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006372006630675⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03116278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward free spam social networks: detecting and tracking spammers in Twitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème édition du Forum Jeunes Chercheurs du congrès INFORSID (INFORSID 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Grenoble, France. pp.33-36, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.26504.21763⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03159075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expertise and Trust-Aware Social Web Service Recommendation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlem Kalaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Service Oriented Computing (ICSOC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Banff, Canada. pp.517-533</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learner's profile hierarchization in an interoperable education system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amours Ben Amor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Intelligent Systems Design and Applications (ISDA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Porto, Portugal. pp.549--558, </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-53480-0_54⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03165010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Objects In Indoor Environment: Trajectories Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Advances in Moble Computing and Multimedia (MoMM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Singapore, Singapore. pp.332-336, </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3007120.3007154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Time on Detecting Spammers in Twitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Qaroush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32ème Conférence Gestion de Données : Principes, Technologies et Applications (BDA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d’Informatique et d’Automatique pour les Systèmes (LIAS) - Université de Poitiers et ENSMA, Nov 2016, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03159076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking into Account the Evolution of Users Social Profile: Experiments on Twitter and some Learned Lessons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Quirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IEEE International Conference on Research Challenges in Information Science (RCIS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France. pp.87-98, </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RCIS.2016.7549325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01514634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging Time for Spammers Detection on Twitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Qaroush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Management of Emergent Digital EcoSystems (MEDES 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Hendaye, France. pp.109--116, </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3012071.3012078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03159077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Querying indoor spatio-temporal data by hybrid trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th ACM International Workshop on Indoor Spatial Awareness (ISA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM SIGSPATIAL, Oct 2016, Burlingame, California, United States. pp.11--18, </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3005422.3005424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restaurants in the age of (big) data (6th Asia Euro 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Tourism, Hospitality &amp; Gastronomy Conference : India: «Envisioning Tourism in 2050» (Asia Euro 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITTM : Indian Institute of Tourism and Travel Management, Gwalior; Taylor’s University, Malaysia; UT2J : Université Toulouse 2 Jean Jaures, France, Nov 2016, Gwalior, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03165029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust Management in Social Internet of Things: A Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Conference on e-Business, e-Services and e-Society (I3E)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Swansea, United Kingdom. pp.430-441, </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-45234-0_39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A case study on the influence of the user profile enrichment on buzz propagation in social media: Experiments on Delicious</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Workshop on Information Systems for AlaRm Diffusion, an ADBIS 2015 Worshop : 19th East-European Conference on Advances in Databases and Information Systems (WISARD @ ADBIS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Poitiers, France. pp.567-577</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03662677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADMAN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Workshop on Information Systems for AlaRm Diffusion (WISARD @ ADBIS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Poitiers, France. pp.527-535, </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-23201-0_53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03664910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video spatio-temporal filtering based on cameras and target objects trajectories - Videosurveillance forensic framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Availability, Reliability and Security (ARES 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Toulouse, France. pp.611-617, </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ARES.2015.102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01343039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comparative Study of Two Egocentric-based User Profiling Algorithms Experiment in Delicious</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Enterprise Information Systems (ICEIS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Barcelone, Spain. pp.632-639, </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005377006320639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01364030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-aware Egocentric network-based User Profiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM International Conference on Advances in Social Networks Analysis and Mining (ASONAM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Paris, France. pp.569-572, </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2808797.2809415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01343052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrichissement du profil utilisateur à partir de son réseau social dans un contexte dynamique : application d'une méthode de pondération temporelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème congres INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Biarritz, France. pp.15-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01379380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection des intérêts d'un utilisateur par l'exploitation du comportement d'annotation de son réseau égocentrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème congres INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Biarritz, France. pp.31-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01379390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal metadata filtering and synchronising invideo surveillance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Oria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31ème Conférence sur la Gestion de Données : Principes, Technologies et Applications (BDA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Porquerolles, France. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01343038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deriving user's profile from sparse egocentric networks: using snowball sampling and link prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Digital Information Management (ICDIM 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Sep 2014, Phitsanulok, Thailand. pp.80-85, </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDIM.2014.6991421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Tweet to Graph: Social Network Analysis for Semantic Information Extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rocio Abascal-Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose Lema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Research Challenges in Information Science (RCIS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Marrakesh, Morocco. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RCIS.2014.6861047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Enrichment of Social Users' Interests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Research Challenges in Information Science (RCIS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Marrakesh, Morocco. pp.1-11, </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RCIS.2014.6861066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing tagged resources for social interests detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th nternational Conference on Enterprise Information Systems (ICEIS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Lisbonne, Portugal. pp. 340-345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01178560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de trajectoires cible/caméra : requêtes spatio-temporelles dans le cadre de la videosurveillance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones Extraction et Gestion de Connaissances - EGC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Rennes, France. pp.573-576</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche d'extraits vidéos par reconstitution des trajectoires de caméras mobiles à partir d'un modèle spatio-temporel-Application à la vidéosurveillance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32 ème Congrès INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. pp.11-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01140360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An approach for social interest detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29èmes Journées Bases de Données Avancées (BDA 2013) Session Jeunes Chercheurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Access Assistant Service (IAAS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kiswendsida K. Kaboré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Sie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference for Internet Technology and Secured Transactions (ICITST 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Londres, United Kingdom. pp.554-557, </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICITST.2013.6750263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01202527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology-based Flexible Topic Classification of Crowdsourcing Textual Resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Daniel Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Trausan-Matu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Management of Emergent Digital EcoSystems (MEDES 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Luxembourg, Luxembourg. pp.145-151, </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2536146.2536172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile objects and sensors within a video surveillance system: Spatio-temporal model and queries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Workshop on Information Management in Mobile Applications (IMMoA 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Riva del Garda, Italy. pp.52-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Pervasive Access Control within Video Surveillance Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Cross-Domain Conference and Workshop on Availability, Reliability, and Security in Information Systems (CD-ARES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Regensburg, Germany. pp.289-303, </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-40511-2_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting user's interests based on the accuracy of collaborative tagging information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Computer-Supported Cooperative Work (ECSCW 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Paphos, Cyprus. pp.21-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01225774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Modélisation du Contrôle d’accès aux Systèmes Pervasifs: La Sensibilité à la Situation et au Contexte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuquing Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Bertino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées francophones Mobilité et Ubiquité (UBIMOB 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT de Bayonne et du Pays Basque, Jun 2012, Anglet (64), France. pp.70-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle et techniques de dérivation de profils utilisateurs à partir de réseaux sociaux égocentrés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieudonné Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30ème Congrès INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Montpellier, France. pp.207-222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying Pervasive and Flexible Access Control to Distributed Multimedia Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Workshop on Information Management for Mobile Applications (IMMoA 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Istanbul, Turkey. pp.41-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimimal resources utilization for indexing within a distributed multimedia retrieval system: an implementation for a video surveillance use case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Distributed Multimedia Systems (DMS 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Knowledge Systems Institute, IL, USA, Aug 2012, Miami, United States. pp.107-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelisation générique du processus de développement des profils utilisateurs dans les systèmes d'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieudonné Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Séminaire Veille Stratégique Scientifique et Technologique (VSST 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRIT; INIST; CNRS, May 2012, Ajaccio, France. pp.Session 4 : Systèmes d’intelligence économique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A community based algorithm for deriving users' profiles from egocentrics networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieudonné Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM International Conference on Advances in Social Networks Analysis and Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Istanbul, Turkey. pp.266--273, </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ASONAM.2012.53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METHODEO : Méthodologie d'évaluation des algorithmes d'exploitation des enregistrements de la vidéoprotection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan d'Hose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Goudou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Dorizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Giulieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Interdisciplinaire sur la Sécurité Globale (WISG 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structuration et accès au Dossier Médical Personnel : approche par ontologies et politiques d'accès XACML</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Symposium sur l'Ingenierie de l'Information Medicale (SIIM 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Recherche en Informatique de Toulouse (IRIT), Jun 2011, Toulouse, France. pp.77-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A knowledge-based approach to entity identification and classification in natural language text</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Daniel Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Trausan Matu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Semantic and Collaborative Technologies for the Web (K-Teams 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Bucharest, Romania. pp.91-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generic Information System Architecture for Distributed Multimedia Indexation and Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th East-European Conference on Advances in Databases and Information Systems (ADBIS 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Vienne, Austria. pp.347-360, </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-23737-9_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting Indexation to the Content, Context and Queries Characteristics in Distributed Multimedia Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Signal Image Technology &amp; Internet-Based Systems (SITIS 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Dijon, France. pp.118-125, </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2011.71⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competence-based Cooperative Framework for Iterative Decisions in the Aircraft Design Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Soubie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Computer Supported Cooperative Work in Design (CSCWD 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École Polytechnique Fédérale de Lausanne (EPFL), Jun 2011, Lausanne, Switzerland. pp.605--609, </w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSCWD.2011.5960180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Cooperative Framework for Project Resources Allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Soubie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Integrated Computing Technology (INTECH 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Sao Carlos, Brazil. pp.40-49, </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-22247-4_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Multimedia Indexing Algorithms Description for Implicit and Explicit Indexation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th FTRA International Conference on Multimedia and Ubiquitous Engineering (MUE 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jun 2011, Crète, Greece. pp.232 - 238, </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MUE.2011.49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed Architecture for Flexible Multimedia Management and Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Daniel Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Database and Expert Systems Applications (DEXA 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Toulouse, France. pp.249-263, </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-23091-2_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework to Manage Knowledge from Defect Resolution Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th IEEE Conference on Commerce and Enterprise Computing (CEC 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Sep 2011, Luxenbourg, Luxembourg. pp.10-17, </w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CEC.2011.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APHR: Annotated Personal Health Record for Enabling Pervasive Healthcare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Managing Health Information in Mobile Applications (HIMoA 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RWTH Aachen University, Germany, Jun 2011, Luleå, Sweden. pp.73-79, </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MDM.2011.26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système de recherche d'informations spatiales basé sur le croquis à main levée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moultazem Ghazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence francophone en Recherche d'Information et Applications (CORIA 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARIA : Association Francophone de Recherche d’Information (RI) et Applications, Mar 2010, Nancy, France. pp.337--348</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology-Based Solution for Personalized Recommendations in E-Learning Systems. Methodological Aspects and Evaluation Criterias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IEEE International Conference on Advanced Learning Technologies (ICALT 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jul 2010, Sousse, Tunisia. pp.469--471, </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICALT.2010.136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Generic Framework for the Integration of Heterogeneous Metadata Standards into a Multimedia Information Retrieval System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Adaptivity, Personalization and Fusion of Heterogeneous Information (RIAO 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Paris, France. pp.80-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00496706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ontology-Based Approach of Multimedia Information Personalized Search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Workshop on Adaptive Multimedia Retrieval (AMR 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Linz, Austria. pp.31-45, </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-27169-4_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spécification et utilisation d'un modèle de description d'algorithmes d'indexation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Veille Stratégique Scientifique et Technologique (VSST 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Toulouse, France. pp.(en ligne)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a User-aware Enrichment of Multimedia Metadata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romulus Grigoras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Workshop focusing on Semantic Multimedia Database Technologies (SMDT 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Saarbrücken, Germany. pp.30-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remodelling geographic data to facilitate the interrogation by sketch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moultazem Ghazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Signal-Image Technologies &amp; Internet-based Systems (SITIS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE; ACM, Nov 2009, Marrakech, Morocco. pp.264-270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation basée sur des ontologies pour développer des recommandations personnalisées dans les systèmes hypermédia adaptatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIIème Congrès INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France. pp.61-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Topological Relations between Uncertain Spatial Regions in Geo-spatial Databases: Uncertain Intersection and Difference Topological Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Advances in Databases, Knowledge, and Data Applications (DBKDA.2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Les Menuires, France. pp.56-68, </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DBKDA.2010.28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création et utilisation d'un résumé de métadonnées pour interroger efficacement des collections multimédias distribuées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27ème Congrès Informatique des Organisations et Systèmes d'Information et de Décision (INFORSID 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Toulouse, France. pp.227-242</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00389905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Heterogeneous Metadata into a Distributed Multimedia Information System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on COGnitive systems with Interactive Sensors (COGIS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Paris, France. (support électronique)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00435661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A spatio-temporal adaptation of the multimedia document presentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihen Maâzoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Web and Information Technologies (ICWIT 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Kerkennah, Tunisia. pp.589-599</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Services Adaptation to the User's Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Internet and Web Applications and Services (ICIW 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Venice/Mestre, Italy. pp.223-228, </w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIW.2009.39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geo-Spatio-Temporal Ontology for GIR on the Web</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Geographic Information on the Internet (GIIW 2009) @ ECIR 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Toulouse, France. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy Intersection and Difference Model for Topological Relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Fuzzy Systems Association World Congress and Conference of the European Society for Fuzzy Logic and Technology (IFSA-EUSFLAT 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Fuzzy Logic and Technology, Jul 2009, Lisbon, Portugal. pp.1079-1084</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a flexible content adaptation of semi-structured documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlem Kalaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlem Kalaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Web and Information Technologies (ICWIT 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Kerkennah, Tunisia. pp.559-572</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-level Topological Relations of the Spatial Reasoning System RCC-8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Advances in Databases, Knowledge, and Data Applications (DBKDA 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Gosier, France. pp.13-21, </w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DBKDA.2009.13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Automatizing and Optimizing the Selection of Indexing Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Metadata and Semantics Research (MTSR 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Milan, Italy. pp.48-59, </w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-04590-5_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00409967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Web Services Orchestration Solution for Semantic Multimedia Indexing and Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Complex, Intelligent and Software Intensive Systems (CISIS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Fukuoka, Japan. pp.1187--1192, </w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CISIS.2009.180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Generic Metadata Framework for the Indexation and the Management of Distributed Multimedia Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on New Technologies, Mobility and Security (NTMS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Cairo, Egypt. </w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NTMS.2009.5384702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensuring Semantic Annotation and Retrieval within Pervasive E-Learning Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web/Grid Information and Services Discovery Workshop @ Conference on Complex, Intelligent, and Software Intensive Systems (2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Barcelone, Spain. pp.959-964, </w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CISIS.2008.123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une Vision Pour un Contrôle d’Accès Adaptatif aux Systèmes de Santé Pervasifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Conférence Internationale sur la Science des Systèmes en Santé (2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Lyon, France. (support électronique)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methods of Adaptation for Web Information Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lobna Hlaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Engineering Science Conference (IESC 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Aleppo, Syria. pp.(electronic medium)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an Adaptive Web Information System Based on Web Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Autonomic and Autonomous Systems (ICAS 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Gosier, Guadeloupe. pp.272-277, </w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAS.2008.28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation de la présentation de documents semi-structurés selon les préférences utilisateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Informatique des Organisations et Systèmes d'Information et de Décision (INFORSID 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association INFORSID, May 2008, Fontainebleau, France. pp.359--374</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity among Geographic Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moultazem Ghazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Information and Communication Technologies: from Theory to Applications (2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Apr 2008, Damascus, Syria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTTA.2008.4530005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture Générique de Stockage Multimedia Réparti avec Recherche et Indexation distribuées (Projet ITEA2 LINDO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gaspard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pietquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Seignole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sulzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyse Vidéo pour le Renseignement et la Sécurité (AViRS 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Paris, France. (support électronique)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Solutions for Access Control within Pervasive Healthcare Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference On Smart homes and health Telematics (ICOST 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Ames, Iowa, United States. pp.42-53, </w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-540-69916-3_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ontology-Based Modeling Approach for Developing a Competencies-Oriented Collective Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toader Jucan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romulus Grigoras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IFIP World Computer Congress, TC 3 (WCC 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, https://link.springer.com/chapter/10.1007/978-0-387-09729-9_33, Sep 2008, Milano, Italy. pp.219-222, </w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-0-387-09729-9_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XQuery++: an extension of XQuery language for a graphical querying</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayez Gargouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Large-Scale Semantic Access to Content : Text, Image, Video and Sound (2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM SIGIR Special Interest Group on Information Retrieval, May 2007, Pittsburgh, United States. pp.262-267</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographic Elements Extraction using High Resolution Remote Sensing Imagery and XML Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Lopez-Ornelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Geoscience and Remote Sensing Symposium (IGARSS 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jul 2008, Boston, MA, United States. pp.125-136, </w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IGARSS.2008.4779020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Providing Multimedia Recommendations based on a Markov Decision Process Inside E-Learning Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romulus Grigoras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Multimedia Conference (EUROMEDIA 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUROSIS : European Multidisciplinary Society for Modelling and Simulation Technology; ETI Bvba : European Technology Institute Bvba, Apr 2008, Porto, Portugal. pp.11-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Satellite Imagery for Updating Spatio-Temporal Databases: Application to GIS and CLC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Geographic Information Systems (ICGIS 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Istanbul, Turkey. pp.102-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-classification and spatial reasoning: new approach to change detection for updating GIS database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Information and Communication Technologies: From Theory to Applications (ICTTA 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Damascus, Syria. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTTA.2008.4530039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA-GPS: A Location-Aware Geographical Pervasive System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Lopez-Ornelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Conference on Data Engineering Workshop (2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Apr 2008, Cancun, Mexico. pp.160-163, </w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDEW.2008.4498308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Context-Aware Web Information System Based on Web Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Research Challenge in Information Science (RCIS 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Marrakech, Morocco. pp.29-34, </w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RCIS.2008.4632090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Paradigm of Pervasive Information Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Digital Communications and Computer Applications (DCCA 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Irbid, Jordan. pp.1133-1141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating a Context Model in Web Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Web Services (Work-in-Progress) 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Utah, United States. pp.1195-1196, </w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWS.2007.110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double codage des niveaux de gris : application au corrélogramme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majdoulayne Hanifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelali Lasfar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème Colloque du Groupe de Recherche et d'Etudes du Traitement du Signal et des Images (GRETSI 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association GRETSI, Sep 2007, Troyes, France. pp.1177-1180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-class SVM classifier for coded texture-based image classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majdoulayne Hanifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelali Lasfar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference of E-Medical Systems (E-MEDISYS 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2007, Fez, Morocco. pp.61-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards context-aware web services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IADIS International Conference e-Society (2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, http://www.iadisportal.org/digital-library/towards-context-aware-web-services, Jul 2007, Lisbon, Portugal. pp.389-394</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de l'organisation : une approche topologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Gabriel Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes Journées Francophones Extraction et Gestion de Connaissances (EGC 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2007, Namur, Belgique. pp.557-568</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double codage de texture pour la classification d'images satellites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majdoulayne Hanifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Lafar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème édition du Congrès sur les Systèmes Electroniques Informatiques &amp; Traitement de l'information (SEI&amp;TI 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2007, Rabat, Maroc. pp.111-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'arbre recouvrant dans l'interrogation de documents XML</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdeslame Alilaouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence francophone en Recherche d'Information et Applications (CORIA 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Saint Etienne, France. pp.491-496</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interoperability In Pervasive Enterprise Information Systems: A Double-Faced Coin Between Security And Accessability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Enterprise Information Systems (ICEIS 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Funchal, Madeira, Portugal. pp.237-243, </w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0002396502370242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an adaptation of semi-structured document querying</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Context Based Information Retrieval (CIR 2007) in conjunction with CONTEXT 2007: International Conference on Modeling and Using Context</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Roskilde, Denmark. pp.(electronic medium)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distant Ubiquitous Collaborative E-Learning System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IADIS Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, Salamanca, Spain. pp.474-478</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steps Towards Pervasive Software: Does Software Engineering Need Reengineering?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th ISPE Conference on Concurrent Engineering: Research and Applications (2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, São José dos Campos, São Paulo, Brazil. pp.143-150, </w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-84628-976-7_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Réécriture de Requêtes XACML : Un mécanisme pour assurer une sécurité adaptable pour les systèmes de gestion de données pervasifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier GEDSIP (INFORSID 2007) : Gestion de données dans les systèmes d'information pervasifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Perros-Guirec, France. pp.42-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy querying of XML documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdeslame Alilaouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM International Conference on Web Intelligence (WI 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE; ACM, Sep 2005, Compiègne, France. pp.11-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une Approche d'Architecture d'un Système Hypermédia Adaptatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IBMA Conference on Internet and Information Technology in Modern Organizations (2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Business Information Management Association (IBIMA), Dec 2005, Cairo, Egypt. pp.668-672</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From individual way to awareness : behaviours study in a pedagogical system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Camps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Montreal, Canada. pp.3656--3661</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and querying multimedia document</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Intelligent Access of Multimedia Documents on Internet (MediaNet 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Tozeur, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la modélisation et à l'interrogation de documents multimédia par les métadonnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ème Congrès INFORSID 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Biarritz, France. pp.407-422</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de l'organisation : une représentation basée sur les acteurs et leurs relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Veille Stratégique Scientifique et Technologique (VSST 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRIT; UPC; SFBA, Oct 2004, Toulouse, France. pp.209-220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feature Extraction of Very High Spatial Resolution Images based on Semi-structurated</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Lopez-Ornelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Flouzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Laporterie-Dejean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on MultiDisciplinary Image, Video and Audio Retrieval and Mining (CoRIMedia 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Sherbrooke, Canada. pp.11-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Requêtes flexibles et données semi-structurées : Quelques éléments de discussion et d'implémentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine De Calmès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres francophones sur la logique floue et ses applications (LFA 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Tours, France. pp.23-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03375248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible querying of semi-structured data or documents: A preliminary discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Fuzzy Systems Association World Congress (IFSA 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03375249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A contribution to multimedia document annotation and representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Object-Oriented Information Systems (OOIS 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Genève, Switzerland. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A contribution to multimedia document modeling and organizing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Object-Oriented Information Systems (OOIS 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Montpelier, France. pp.434--444, </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/3-540-46102-7_45⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche d'Information Multimédia (Assises du GDR I3, Nancy, 2002)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2èmes Assises nationales du GDR i3 : Information, Interaction, Intelligence (2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2002, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Case-based queyrying and prediction: a fuzzy set approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine De Calmès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eyke Hüllermeier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Fuzzy Systems (FUZZ-IEEE 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Honolulu, Hawaii, United States. pp.735-739, </w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/FUZZ.2002.1005084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Descriptors and meta-documents for mono-media and multimedia documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International conference on Enterprise information systems (ICEIS 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de Castilla-La Mancha, Ciudad Real, Spain, Apr 2002, Cuidad Real, Spain. pp.11-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organising and Modelling Metadata for media-based documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International conference on Enterprise information systems (ICEIS 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de Castilla-La Mancha, Ciudad Real, Spain, Apr 2002, Cuidad Real, Spain. pp.18-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la Modélisation et Interrogation de métadonnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones D'Accès Intelligent aux Documents Multimédias sur l'Internet (MediaNet 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Souse, Tunisie. pp.173-184</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fuzzy set approach to flexible case-based querying: methodology and experimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine De Calmès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eyke Hüllermeier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Principles of Knowledge Representation and Reasoning (KR 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Toulouse, France. pp.449-458</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation homogène d'annotation des documents (GDR I3, Lyon, 2001)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR I3 : Information - Interaction - Intelligence (2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending the OOHDM methodology by eliciting metadata and generic structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Databázovej konferencie (DATAKON 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2001, Brno, Czech Republic. pp.249-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document multimédia et mémoire d'entreprise: concepts, méthodes, formalismes et outils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Document et Mémoire d'entreprise 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, J. Labiche (Univ. Rouen); GDR- I3 - GRCE : groupes de travail 5.2 (Écrit) et 6.1 (Ingénierie et Acquisition des Connaissances), Apr 2000, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ré-organisation des documents via les métadonnées (GDR I3, Lyon, 2001)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR I3 : Information - Interaction - Intelligence 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération flexible de documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conférence Nîmes TIC 2001, Dec 2001, Nîmes, France. pp.141-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bases de Documents multimedia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Bases de Données Avancées (BDA 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2001, Agadir, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reengineering the Web sites by using metadata and a methodological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Information Integration and Web-based Applications &amp; Services (IIWAS 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Software Competence Center Hagenberg, Austria; Johannes Kepler University Linz, Austria; National University of Singapore, Sep 2001, Linz/Autriche, Austria. pp.127-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document multimédia: indexation et recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International Francophone sur l'Ecrit et le Document (CI- FED/CIDE 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2000, Lyon, France. pp.10--20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serveurs multimodaux destinés aux personnes âgées : objectifs et programmes de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boissière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Mojahid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Oriola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etats Généraux du Programme de REcherches en Sciences COgnitives de Toulouse (PRESCOT 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03638821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepôts et documents semi-structurés : évolution textuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Metais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole thématique du CNRS "Document et Evolution"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-structured data querying optimization through logic technics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th European Conference on Symbolic and Quantitative Approaches to Reasoning with Uncertainty (ECSQARU 1999)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1999, London, United Kingdom. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documents multimédia (Conférence invitée Journées &amp;quot;Ecrit et Document&amp;quot; 1999 )</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées "Ecrit et Document" 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperbase Modelling for Integration of Distibuted unknown Structure Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Djennane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Imaging Science, Systems and Technology (CISST 1998)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, Las Vegas, Nevada, United States. pp.410-418</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Support à l'analyse d'impact : une technique automatisée et l'outil associé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Conférence sur l'INFormatique des ORganisations, des Systemes d’Information et de Décision (INFORSID 1998)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1998, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audio facilities for hypermedia consultation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Djennane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Workshop on Natural Language and Databases 1996</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil de Reécriture pour l'exploitation de Documentation Structurée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Comparot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Lambolez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Congrès INFormatique des ORganisations et Systèmes d’Information et de Décision (INFORSID 1995)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1995, Grenoble, France. pp.179-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage adverse et algorithmes de détection d'évènements : une première typologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier de Casanove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information (RESSI 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Chambon-Sur-Lac, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accès à l'information pour une personne en situation de handicap (Poster @ Workshop ACCEPT 2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ères Rencontres interdisciplinaires du handicap cognitif et de la perte d'autonomie - Workshop Assistance and Cognitive Contribution : Embodied Potential of Technology (ACCEPT 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Montpellier, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03213939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OVALIE : saisir les interactions alimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Simoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Courant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salon de la valorisation en sciences humaines et sociales CNRS - Innovatives-SHS 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02504991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une extraction contextuelle des métadonnées multimédias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13eme Conférence Internationale Francophone sur l'Extraction et la Gestion de Connaissance (EGC 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Toulouse, France. </w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRIT</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Actes d'EGC 2013, pp.7-8, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Information Systems Can Help in Alarm/Alert Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sédes Florence. </w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 978-1785483028</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03003828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Social Networks Phenomenons: Buzz, Rumor, and Spam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mezghani, Manel; Washha, Mahdi; Sèdes, Florence. </w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE - Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Chapître 8, pp.219-239, 2018, How Information Systems Can Help in Alarm/Alert Detection, 978-1-78548-302-8. </w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-1-78548-302-8.50008-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03034003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive Approach to Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Sharp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wieslaw Lubaszewski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernadette Sharp; Florence Sedes; Wieslaw Lubaszewski. </w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE Press - Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 234 p., 2017, 978-1785482533 ; eBook ISBN: 9780081023433</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffusion d'alarmes, diffusion d'alertes. De nouveaux enjeux pour les SI.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Polacsek</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence; Delmas, Rémi; Polacsek, Thomas. </w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 21 (4 : juillet - août 2016), 2016, Ingénierie des Systèmes d'Information</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03165009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computer Science and Ambient Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Calvary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Tigli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gaëlle Calvary; Thierry Delot; Florence Sedes; Jean-Yves Tigli. </w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 335 p., 2013, 978-1-84821-437-8. </w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781118580974⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social, Localisation et Mobilité : de nouveaux enjeux pour la gestion des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence; Delot, Thierry. Hermès Science, Numéro spécial (18 : 1), 2013, Ingénierie des Systèmes d'Information (ISI), ISSN 1633-1311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information, Interaction, Intelligence : le point sur le I(3)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Ogier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Marquis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cépaduès Editions, 268 p., 2012, 978-2364930094</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00870787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géomatique et ingénierie de l'information. Objets mobiles et réseaux spatiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Paegelow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monteil, Claude; Paegelow, Martin; Sèdes, Florence. </w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 17 (1), 126p., 2012, Ingénierie des Systèmes d'Information, 9782746239401</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Informatique et Intelligence Ambiante : des capteurs aux applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Calvary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Tigli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 366 p., 2012, Traité IC2, série Informatique et Systèmes d'Information, 978-2746229815</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UBIMOB'09 : Actes des 5èmes journées francophones Mobilité et Ubiquité 2009, 7-8 Juillet 2009, Lille, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Menga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence; Menga, David. </w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACM: Association for Computing Machinery, New York</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 978-1-60558-622-9. </w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1739268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion des Données dans les Systèmes d'Information Pervasifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delot, Thierry; Sèdes, Florence. </w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 14 (1), 2009, Ingénierie des Systèmes d'Information (ISI), 1633-1311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documents musicaux (vol. 11 Document Numérique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Desainte-Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jessel, Nadine; Sèdes, Florence; De-Sainte Catherine, Myriam. </w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 11 (3-4 (2008)), 2008, Document numérique, 978-2746224179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métadonnées et nouveaux Systèmes d'Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence. Hermes Science Publications, 12 (2/2007), 2007, RSTI série : Ingénierie des Systèmes d'Information, 978-2-7462-1913-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings 1st Workshop on Metadata and Adaptability in Web-based Information Systems (MAWIS'03), @ OOIS 2003, Genève, Suisse, 02/09/2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hervé, Martin; Sèdes, Florence. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Technologies for Information Systems: Proceedings of the 3rd International Workshop on New Developments in Digital Libraries, NDDL 2003, and the 1st International Workshop on Validation and Verification of Software for Enterprise Information Systems, VVEIS 2003, In conjunction with ICEIS 2003, Angers, France, April 2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Isaias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Augusto Wrede</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isaias, Pedro; Sèdes, Florence; Wrede, Juan Carlos Augusto. ICEIS Press, 2003, 972-98816-2-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bases de Données multimédia (ISI 2002)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence. Hermès Lavoisier, 7 (5-6), 2002, Ingénierie desSystèmes d'Information (ISI), ISSN: 1633-1311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biases, Discrimination and Decision-Making: Fate or Responsibility?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">WILEY. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethics and Digital Transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 978-1-786-30957-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Blockchain and IPFS-Enhanced Model for Attack Detection and Resource Efficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Jmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IFIP Advances in Information and Communication Technology ((volume 737)). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internet of Things (IFIP IoT 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 737, Springer Nature Switzerland, pp.163-174, 2025, IFIP Advances in Information and Communication Technology, 978-3-031-81899-8. </w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-81900-1_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biais, discrimination et prise de décision : fatalité ou responsabilité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE Editions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethique et transition numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE, pp. 47-66, A paraître, 978-1-83612-016-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04715803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advances in Data Management in the Big Data Era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Azzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvio Barbon Jr.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerio Bellandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Catarci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Ceravolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advancing Research in Information and Communication Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AICT - 600, </w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IFIP : International Federation for Information Processing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.99-126, 2021, IFIP Advances in Information and Communication Technology book series (IFIPAICT), 978-3-030-81700-8. </w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-81701-5_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03325984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-aware Egocentric network-based User Profiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alhajj, Reda; Rokne, Jon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Social Network Analysis and Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-7, 2017, 978-1-4614-7163-9. </w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4614-7163-9_110149-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A parametric study to construct time-aware social profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Quirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Missaou, Rokia; Abdessalem, Talel; Latapy, Matthieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Social Network Analysis: Information Propagation, User Behavior Modelling, Forecasting, and Vulnerability Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.21-50, 2017, Lecture Notes in Social Networks book series (LNSN), 978-3-319-53419-0. </w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-53420-6_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enriching the Qualitative Spatial Reasoning System RCC8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qualitative Spatio-Temporal Representation and Reasoning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IGI Global</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.203-254, 2012, Advances in Geospatial Technologies, 978-1616928681. </w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-61692-868-1.ch006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécurité et Systèmes Ambiants : une étude sur l'évolution de la gestion des accès dans les Systèmes d'Information Pervasifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence; Delot, Thierry; Calvary, Gaelle; Tigli, Jean-Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique et Intelligence Ambiante : des capteurs aux applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapitre 8, </w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.163-174, 2012, Traité IC2, série Informatique et Systèmes d'Information, 978-2746229815</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forensic : Analyse a posteriori aux fins d’investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Marraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sulzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christianne Mulat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dufour, Jean-Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Outils d'analyse vidéo : pour une pleine exploitation des données de vidéoprotection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, chapitre 3, </w:t></w:r><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.51-64, 2012, 978-2746238909</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Smart Systems», Intelligence Ambiante et sources d'énergie : état des lieux et applications à venir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Akhras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence; Delot, Thierry; Calvary, Gaelle; Tigli, Jean-Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique et Intelligence Ambiante : des capteurs aux applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapitre 4, </w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.77-92, 2012, Traité IC2, série Informatique et Systèmes d'Information, 978-2746229815</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un &amp;quot;CTRL +F&amp;quot; amélioré pour tout type de document numérique? Techniques et enjeux de la recherche de motifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bénel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Calabretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Eglin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Murisasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes F.; Ogier J-M.; Marquis P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information, Interaction, Intelligence – Le point sur le i3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cepadues, pp.215-238, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01353187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Posteriori Analysis for Investigative Purposes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Marraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sulzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christianne Mulat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dufour, Jean-Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Video Surveillance Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 3, </w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Wiley &amp; Sons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.33-46, 2012, 978-1848214330. </w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781118577851.ch3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Simple Management of Defects to Knowledge Discovery to Optimize Maintenance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Gabriel Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Özyer, Tansel; Kianmehr, Keivan; Tan, Mehmet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Trends in Information Reuse and Integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer-Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.115-141, 2011, 978-3-7091-0738-6. </w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-7091-0738-6_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology Based Multimedia Indexing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gargouri, Faiez; Jaziri, Wassim; Li, Xuelong. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ontology Theory, Management and Design: Advanced Tools and Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 13, </w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Science Reference</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.284-302, 2010, 978-1615208593. </w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-61520-859-3.ch013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapted Multimodal End-User Interfaces For Xml-Content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Encelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Grifoni, Patricia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimodal Human Computer Interaction and Pervasive Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 19, </w:t></w:r><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IGI Global</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.351-365, 2009, 978-1605663869. </w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-60566-386-9.ch019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01437642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology-Based User Competencies Modeling for E-Learning Recommender Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chevalier, Max; Julien, Christine; Soulé-Dupuy, Chantal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collaborative and Social Information Retrieval and Access: Techniques for Improved User Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 6, </w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IGI Global</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.119-138, 2009, 978-1605663067</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les temps du document numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger T. Pédauque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pédauque, Roger T. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Redocumentarisation du Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapitre 5, </w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cépaduès Editions, Toulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.103-134, 2007, 978-2854287288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Temps du Document Numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Calabretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Boidin-Lallich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyne Nanard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Prié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Salaün J.-M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Documents et Contenus : Création, Indexation et Navigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès, pp.13, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00106582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Media annotation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Djeraba, Chabane. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Mining: A Highway to Intelligent Multimedia Documents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22 (Chapter 10), </w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kluwer Academic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.197-211, 2002, Multimedia Systems and Applications Series (MMSA), 1-4020-7247-3. </w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4615-1141-0_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy logic techniques in multimedia database querying: A Preliminary Investigation of the Potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Robert Meersman; Zahir Tari; Scott Stevens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 11: Semantic Issues in Multimedia Systems (Chapter 13), , pp.211-229, 2001, IFIP - The International Federation for Information Processing book series (IFIPAICT), 978-1-4757-4916-8. </w:t></w:r><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-0-387-35561-0_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03385608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepôts et documents semi-structurés: évolution textuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Prade, Henri; Jeansoulin, Robert; Garbay, Catherine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Temps, l'Espace et l'Evolutif en Sciences du Traitement de l'Information - Ecole thématique du CNRS “Document et Evolution”, Marseille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Cépaduès, Toulouse, 2000, 978-2854285352</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Base de données documentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Lemaître</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Zurfluh, Gilles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traité Informatique des Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-14, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi est-il important d’avoir une égalité femmes-hommes dans le monde de l’IA ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Helme-Guizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Ternon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes en Sciences : une informaticienne (Cafés du Quai, Toulouse, 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03165030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimedia, Metadata & Databases for the Experimental Restaurant of the Future (talk)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03213941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary conceptual study of Artificial Intelligence (AI) for helping benefit-risk assessment practices: Towards a comprehensive qualification matrix of AI programs and devices (pre-print 2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Chassang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mogens Thomsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Delfin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restaurants in the Age of (Big) Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Courant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02504972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social interaction analysis: &amp;quot;in vivo&amp;quot; Restaurant Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Courant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02507255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Cerise - Rapport de synthèse : Etat de l'art sur la gestion de l'évolution de données et documentations semi-structurées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] IRIT. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Cerise - Rapport de synthèse : Synthèse pour l'élaboration d'un référentiel d'ingénierie des interfaces entre systèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Clos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] IRIT. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Cerise - Rapport de synthèse : Etat de l'art sur l'analyse d'impact et la traçabilité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Clos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] IRIT. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fant-AS-STIC «Les temps du document numérique», AS-95 - RTP DOC STIC CNRS - Rapport d'activités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Calabretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lallich-Boidin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] CNRS. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sic_00001162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foundations and practice of security. Part 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mosbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Tawbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufik Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Boulahia-Cuppens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foundations and Practice of Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Montréal, Canada. 14552, Springer Nature Switzerland, 2024, Lecture Notes in Computer Science, 978-3-031-57539-6. </w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-57540-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foundations and practice of security. Part 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mosbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Tawbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufik Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Boulahia-Cuppens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foundations and Practice of Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Montréal, Canada. 14551, Springer Nature Switzerland, 2024, Lecture Notes in Computer Science, 978-3-031-57536-5. </w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-57537-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foundations and Practice of Security: 15th International Symposium, FPS 2022, Ottawa, ON, Canada, December 12–14, 2022, Revised Selected Papers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy-Vincent Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mounier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlisle Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquin Garcia-Alfaro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium, FPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13877, Springer Nature Switzerland, pp.1-471, 2023, Lecture Notes in Computer Science (LNCS), 978-3-031-30121-6. </w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-30122-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04180387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction et gestion des connaissances (EGC'2013), Actes, 29 janvier - 01 février 2013, Toulouse, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Conférence Francophone sur l'Extraction et la Gestion des Connaissances (EGC 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann Editions, 470 p., 2013, Revue des Nouvelles Technologies de l'Information, RNTI-E-24, 978-2-70568-656-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00917853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INFORSID 2002 : Actes du XXème Congrès INFormatique des ORganisations et Systèmes d’Information et de Décision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Congrès INFormatique des ORganisations et Systèmes d’Information et de Décision (INFORSID 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Nantes, France. Association INFORSID, Toulouse, 434 p., 2002, 2-906855-18-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes & informatique : le grand Bond en avant ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HS2, pp.3-5, 2017, Femmes &amp; Informatique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03286587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SoLoMo : de nouveaux enjeux pour la gestion des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18 (1), 2013, 9782746245686</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03471030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lena fait ses adieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04693692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécurité des SI : La cybersécurité au cœur de la stratégie de l'ESRI (Saison 2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId724"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:86.979166666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Florence Sèdes </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Full professor in Computer Science (she/her)https://www.irit.fr/~Florence.Sedes/</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">florence-sedes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9273-302X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">033232679</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professor of Computer Science at the University of Sciences, Toulouse 3, in the research area of data science.Florence is active in database and information system research since 1987. She has published over one hundred papers, books and book chapters and has been leading international, European and national projects on personal (meta)data privacy and management, CCTV and forensic, IoT and security, geospatial and indoor/outdoor data, and social networks, with applications via deep/machine learning for alert, spam detection, social emotion and interaction. Her research interests include modelling, developing, evaluating, and characterizing (big) data systems and techniques from both problem driven and technique driven perspect ives. She has been heavily involved in designing data sets and platforms in order to enable assessment of the various contributions, software and systems of our community.Her research addresses gender imbalance and biases in AI.2020- 2024: Vice deputy chair woman Societal Responsability and Sustainable Development2017- present: CyberEdu Vice President </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.cyberedu.fr/pages/leprojet/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">2000- present : Full Professor in Computer Science, Université Toulouse III Paul Sabatier, IRIT (UMR CNRS 5505)National Council of Universities (nominated by Ministry)Senior member IEEEFrench Computer Science Societyboard member, in charge of Women in InformaticsIEEE Women in Engineering French chapter co-founder - PresidentFemmes & Sciences (French Women and Science society) board member</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (88)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social engineering et sécurité du système d’information - De la nécessité de la prévention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Degrace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur. Sécurité des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-h5358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05062932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards context and domain-aware algorithms for scene analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahim Mohamed Serouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Machine Learning Research Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04940546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain-powered trust management methodology in SIoT: A survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Jmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous Ben Amor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer-to-Peer Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (4), pp.194. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12083-025-02015-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust attack prevention based on Spark-blockchain in social IoT: a survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous Ben Amor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23, pp.3179--3198. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10207-024-00885-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04655317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Chloé Camou, joueuse et entrepreneuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23, pp.47-51. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.23.47⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oublions Lena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 189, 6 p. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/sif.1024.24.189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Colin de la Higuera, chaire UNESCO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23, pp.41-46. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.23.41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time prevention of trust-related attacks in social IoT using blockchain and Apache spark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 225, pp.65-82. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comcom.2024.06.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une gameuse dans le monde de l’eSport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Binaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04763127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and analyzing as a service (MAaaS) through cloud edge based on intelligent transportation applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Souki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoudha Ben Djemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cluster Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (3), p. 3379-3395. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10586-023-04146-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Peggy Vicomte, déléguée générale de l'association Femmes@Numerique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 21, pp.139-143. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.21.139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Interaction Analysis: &amp;quot;In Vivo&amp;quot; Restaurant Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Qodseya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Courant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia-Pacific Journal of Innovation in Hospitality and Tourism </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (3), pp.43-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey of Middlewares for self-adaptation and context-aware in Cloud of Things environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Souki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoudha Ben Djemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 207: Proceedings of the 26th International Conference on Knowledge-Based and Intelligent Information &amp; Engineering Systems (KES 2022) (Special issue), pp.2804-2813. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2022.09.338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03835485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and Inclusion Activities in EGC - A 2022 Report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Amer-Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Bonifati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Labroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGKDD explorations : newsletter of the Special Interest Group (SIG) on Knowledge Discovery &amp; Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (1), pp.52-56. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3544903.3544911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic and scalable multi-level trust management model for Social Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Supercomputing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 78 (6), pp.8137-8193. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11227-021-04205-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03700168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey of Middlewares for self-adaptation and context-aware in Cloud of Things environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Souki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoudha Ben Djemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 207, pp.2804-2813. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2022.09.338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hommage à Claudine Hermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18, pp.135-136. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.18.135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendeleïeva : un jeu de plateau pour mettre en valeur les femmes en sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18, pp.81-83. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.18.81⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hommage à Alice Recoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Gaudel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17, pp.119-122. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.17.119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les femmes de la cybersécurité se montrent « sans sweat à capuche » ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17, pp.115-116. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.17.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary conceptual study of Artificial Intelligence (AI) for helping benefit-risk assessment practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Chassang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mogens Thomsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Delfin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34 (2), pp.121 - 146. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/aic-201523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving vehicle re‐identification using CNN latent spaces: Metrics comparison and track‐to‐track extension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Malon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Computer Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (2), pp.85-98. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/cvi2.12010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126045v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Blockchain-Based trust management model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Knowledge-Based and Intelligent Information &amp; Engineering Systems: Proceedings of the 25th International Conference KES2021, 192, pp.1081-1091. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2021.08.111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les décodeuses du numérique &amp;quot;, une BD qui parle de, et fait parler de #femmesInformatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18, pp.85-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dataset column: ToCaDa dataset with multi-viewpoint synchronized videos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Malon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM SIGMultimedia Records</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (1), pp.article 5. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3548555.3548560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agissons ! Les femmes scientifiques et ingénieures font des propositions pour plus de mixité dans les métiers d’ingénieurs et de scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15, pp.109-111. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.15.109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNU 27e section : un compte-rendu de la session PEDR 2020 avec un focus sur l'égalité femmes-hommes et quelques recommandations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 16, pp.109-112. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.16.109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femme d’hier, d’aujourd’hui… pour les femmes de demain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14, pp.27. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.14.26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Collective-based Framework for Dynamic Retraining of Supervised Real-Time Spam Tweets Detection Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Qaroush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 135, pp.129-152. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eswa.2019.05.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02419466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bourses L’Oréal-UNESCO « Pour les femmes et la science »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13, pp.67-70. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.13.67⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forensics Usage of Video-Surveillance and Associated (Meta) Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sulzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Journal of Forensic Science and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (1), pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing Polemics Evolution from Twitter Streams Using Author-based Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Quirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rocio Abascal Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computación y Sistemas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (1), pp.35-45. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13053/cys-22-1-2762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02191829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité de l'information dans les réseaux sociaux : une méthode collaborative pour détecter les spams dans les tweets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21 (3), pp.33-53. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/DN.21.3.33-53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02451040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bourses L’Oréal-UNESCO « Pour les femmes et la science » 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, pp.11-13. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.12.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social collaborative service recommendation approach based on user’s trust and domain-specific expertise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlem Kalaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Generation Computer Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 80, pp.355-367. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.future.2017.05.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02562118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profile reliability to improve recommendation in social-learning context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online Information Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 48 (1), pp.1-22. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/OIR-02-2017-0068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02191820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-Supervised Algorithm with Knowledge-based Features for Learner's Profiles Interoperability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of technology enhanced learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (1/2), pp.137-159. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJTEL.2018.088343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02562112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic-based Reconstruction of User's Interests in Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computación y sistemas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (3), pp.545-558. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13053/CyS-21-3-2550⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02548079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavioural account-based features for filtering out social spammers in large-scale twitter data collections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 22 (3), pp.65-88. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ISI.22.3.65-88⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02548073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Producing relevant interests from social networks by mining users' tagging behaviour: A first step towards adapting social information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data and Knowledge Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, vol. 108, pp. 15-29. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.datak.2016.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01709183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egalité Femmes-Hommes & « numérique » : le point de vue de Sandrine Vaton, référente égalité à Télécom Bretagne (propos recueillis par Florence Sédès)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Hors Série numéro 2: Femmes &amp; Informatique (2), pp.83 - 88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes & informatique : le grand Bond en avant ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, HS2, pp.3-5. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.HS2.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches sociologiques des carrières scientifiques au féminin : état des lieux. Entretien avec Nicky Le Feuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, HS2, pp.51-59. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48556/SIF.1024.HS2.51⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Meta-)Data Modelling: Gathering Spatio-Temporal Data for Indoor-Outdoor Queries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM SIGSPATIAL Special (Special Interest Group on Spatial Information)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, vol. 9 (n° 1), pp. 35-42. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3124104.3124111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'influence de l'enrichissement de profil utilisateur sur la propagation de buzz dans les médias sociaux. Expérimentations sur Delicious</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Quirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, vol. 21 (n° 4), pp. 67-81. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/isi.21.4.67-81⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01429680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction du profil social de l'utilisateur dans un contexte dynamique : application d'une méthode de pondération temporelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, vol. 21 (n° 2), pp. 65-94. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/is.21.2.65-94⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01491214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal metadata filtering and synchronising in video surveillance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Oria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, vol. 21 (n° 3), pp. 75-91. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/isi.21.3.75-91⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing the information access assistant service for an evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kiswendsida Kisito Kaboré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Sié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Internet Technology and Secured Transactions.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (1), pp.25--42. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJITST.2015.073919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03209323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du comportement d'annotation du réseau social d'un utilisateur pour la détection des intérêts - Application sur Delicious</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4, pp.85--111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01371778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting sociosemantic communities by applying social network analysis in tweets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rocio Abascal-Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose Lema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Network Analysis and Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, vol. 5 (n° 1), pp. 1-17. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13278-015-0280-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimedia Data Management in Mobile Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Illari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco de Natale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Hanjalic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE MultiMedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Special Issue Jan.-Mar. 2014, 21 (1), pp.10-13. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MMUL.2014.12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03220758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une vision pervasive d'un système multimédia distribué : extention en vue d'un contrôle d'accès adaptatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 18 (1), pp.125-149. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/isi.18.1.125-149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A community based algorithm for deriving users' profiles from egocentrics networks: experiment on Facebook and DBLP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieudonné Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Network Analysis and Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (3), pp.667-683. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13278-013-0113-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01138555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On using generic profiles and views for dynamic web services adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Modern Internet of Things</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2 (3), pp.18-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dérivation de profils utilisateurs à partir de réseaux sociaux : une approche par communautés de réseaux égocentriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieudonné Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Ingénierie des Systèmes d’Information, 18 (1), pp.11-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : SoLoMo, de nouveaux enjeux pour la gestion des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 18 (1 : janvier/février), pp.7-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03614676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géomatique et ingénierie de l’information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Paegelow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 17 (1), pp.7-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualizing the relevance of social ties in user profile modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieudonné Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web Intelligence and Agent Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10 (2), pp.261-274. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/WIA-2012-0245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed multimedia indexing and optimal resources utilization: an implementation based on metadata, context and usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multimedia Processing and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2 (4), pp.197-225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semantic-Oriented Approach for Organizing and Developing Annotation for E-learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Daniel Dumitrescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Learning Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4 (3 July-Sept.), pp.239-248. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TLT.2010.40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A personalized recommendation framework based on cam and document annotations (@ RecSysTEL 2010)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Broisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Butoianu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Part of special issue: Proceedings of the 1st Workshop on Recommender Systems for Technology Enhanced Learning (RecSysTEL 2010), 1 (2), pp.2839-2848. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2010.08.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Personalization of XML Content Browsing Based on User Preferences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Encelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Access Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 6 (1-2: Accessibility to Library-Related Services), pp.193-214. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15367960802301010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enriching the spatial reasoning system RCC8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM SIGSPATIAL Special (Special Interest Group on Spatial Information)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1 (1), pp.14-20. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1517463.1517464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en oeuvre d'un modèle de contrôle d'accès adapté aux systèmes pervasifs. Application aux équipes mobiles gériatriques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (3), pp.59-78. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dn.12.3.59-78⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation visuelle de documents légataires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (1), pp.11--29. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dn.12.1.11-29%20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing and querying efficiently distributed semantic multimedia metadata collections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE MultiMedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Special issue, 16 (4), pp.12-21. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MMUL.2009.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00442150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Service-Oriented Semantic Annotation and Retrieval within Pervasive E-Learning Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Business Intelligence and Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Special Issue on Advances in Intelligent Information Management Systems and Applications, 4 (2), pp.122-140. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJBIDM.2009.026904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AQMIS: An Adaptive Querying Prototype for Mobile Information Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIWN Research Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 6, pp.29-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upstream adaptation mechanism for semi-structured documents querying with XQuery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Science and Software Technology (IJCSST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1 (1), pp.39--44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ontology-based Approach for Providing Multimedia Personalized Recommendations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romulus Grigoras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Web and Grid Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (3), pp.314-329. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJWGS.2008.021497⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interrogation flexible de données semi-structurées : une approche basée sur les ensembles flous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine De Calmès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue I3 - Information Interaction Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7 (2), pp.37-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a graphical querying language for XML data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayez Gargouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review on Computers and Software (IRECOS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 2 (2), pp.139-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Descriptors generation from very high spatial resolution satellite images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Lopez-Ornelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Sélection des meilleurs articles de SAGEO 2005, 385, pp.(en ligne). </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.8212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible Querying of Semi-Structured Data: a Fuzzy Set-Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine De Calmès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Intelligent Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 22 (7), pp.723-737. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/int.20225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03358850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un cadre pour l'étude des comportements sur une plate-forme pédagogique : du parcours individuel à la conscience de groupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Camps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, AEGC 2005, RNTI-E-5, pp.185-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de descripteurs : interrogation d'images satellitaires par les métadonnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, AEGC 2005, RNTI-E-5, pp.159-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche pour la description et l'interrogation d'images satellitaires à très haute résolution spatiale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Lopez-Ornelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Flouzat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Systèmes d'information spatio-temporels, 10 (4), pp.119-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des individus et de leurs relations pour l'aide à l'intégration des individus dans l'organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, EGC 2005 : Actes des Journées francophones d'Extraction et Gestion des Connaissances 2005, RNTI-E-3 (2), pp.599-610</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction de connaissances pour la description d'images satellitaires à très haute résolution spatiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Lopez-Ornelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, AEGC 2005, RNTI-E-5, pp.365-370</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indexation de séquences vidéo. Indices liés au temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 8 (4), pp.41-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00515961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexibility and fuzzy case-based evaluation in querying: An illustration in an experimental setting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine De Calmès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eyke Hüllermeier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Uncertainty, Fuzziness and Knowledge-Based Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 11 (1), pp.43-66. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218488503001941⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03370931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documents semi-structurés et métadonnées contribution à la réingénierie de collections de documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 8 (5-6), pp.153-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appariement d'informations dans les entrepôts de données : quelques approches pour le filtrage flexible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Metais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue I3 - Information Interaction Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2 (2), pp.63-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotations de média : Vers une représentation multidimensionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 7 (5-6), pp.45-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction dynamique de documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction des Connaissances et Apprentissage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 1 (4 / 2002), pp.363-374</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy logic techniques in Multimedia database queyring: a preliminary investigation of the potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Knowledge and Data Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 13 (3 - May/Jun 2001), pp.383-392. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/69.929896⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03394656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etendre une approche méthodologique pour la réingénierie des sites Web</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 6 (3/2001), pp.119-144</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Introduction de la Composante Sonore dans un Hypermédia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 2 (2-3), pp.373-391</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (179)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmarking Embedding Techniques for Modeling User Navigation Behavior on Task-Oriented Software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Boukharouba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Verhaeghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bortolaso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database and Expert Systems Applications DEXA 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Bangkok, Thailand, Thailand. pp.367-375, </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-032-02088-8_29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Engineering and Information System Security- A survey on the Necessity of Prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Degrace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASONAM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Niagara Falls (Ontario), Canada. pp. 193 - 208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMDA: Advancing Multimedia Data Annotation for Human-Centric Situations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahim Serouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sedes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MultiMedia Modeling 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Nara Japan, Japan. pp.84-90, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-96-2074-6_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04909771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain-Based Trust Management System for Enhancing Security in SIoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Jmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Challenges in Information Science RCIS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Séville, Espagne, France. pp.37-51, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-92474-3_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging LLMs for Fair Data Labeling and Validation in Crowdsourcing Environments [Vision Paper]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahim Mohamed Serouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Big Data (BigData)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Washington, DC, United States. pp.468-472, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BigData62323.2024.10825193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04909797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are Large Language Models the New Interface for Data Pipelines?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvio Barbon Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Ceravolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Groppe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustafa Jarrar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Maghool</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGMOD/PODS '24: International Conference on Management of Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Santiago AA Chile, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3663741.3664785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-Time Mitigation of Trust-Related Attacks in Social IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Model and Data Engineering (MEDI 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Sousse, Tunisia. pp.303-318, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-49333-1_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Engineering and Security: from human vulnerabilities to malicious threats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Degrace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WiMob 2024 - 20th International Conference on Wireless and Mobile Computing, Networking and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE ComSoc, Oct 2024, Paris, France. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMob61911.2024.10770451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécurité dans les SI &amp; social engineering - un état des lieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Large Language Models for Bias Mitigation and Fairness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahim Mohamed Serouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Joint Conference on Artificial Intelligence 2024 Workshop on AI Governance: Alignment, Morality, and Law</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Jeju Island, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Compositional Generalization with Neuro-Symbolic AI: A Comprehensive Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Lateb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Bouarab-Dahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IEEE international Conference on Embedded &amp; Distributed Systems (EDIS4 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bechar-Tahri Mohamed, Bechar, Algeria, Nov 2024, Bechar, Algeria. à paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Compositional Generalization With Neuro-Symbolic AI: A Comprehensive Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateb Nassim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Bouarab-Dahmani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 4th International Conference on Embedded & Distributed Systems (EDiS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, BECHAR, France. pp.207-212, </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EDiS63605.2024.10783296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Hybridization of LSTM and Random Forest Model to Predict Road Situation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Souki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoudha Ben Djemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31th IEEE International Conference on Enabling Technologies: Infrastructure for Collaborative Enterprises (WETICE 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Dec 2023, Paris, France. pp.1--7, </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WETICE57085.2023.10477806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From User Activity Traces to Navigation Graph for Software Enhancement: An Application of Graph Neural Network (GNN) on a Real-World Non-Attributed Graph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Boukharouba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bortolaso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Mouysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd ACM International Conference on Information and Knowledge Management (CIKM 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM Special Interest Group on Hypertext, Hypermedia and Web; ACM Special Interest Group on Information Retrieval, Oct 2023, Birmingham, United Kingdom. pp.5236-5237, </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3583780.3615998⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04253452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apache Spark Based Deep Learning for Social Transaction Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Jmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Web Information Systems and Technologies (WEBIST 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Rome, Italy. pp.365--372, </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0012202600003584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitor and Analyze Sensor Data from a Connected Vehicle Thanks to Cloud Edge Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Souki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoudha Ben Djemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Computer Science On-line Conference on Networks and Systems in Cybernetics (2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Virtual conference, France. pp.667-683, </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-35317-8_60⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An exploration of future challenges for crowd sourced vulnerability detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier de Casanove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Toulouse Hacking Convention (THCon 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Toulouse, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04085651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malicious human behaviour in information system security: Contribution to a Threat Model for Event Detection Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier De Casanove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Symposium on Foundations and Practice of Security (FPS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Ottawa, Canada. pp.208-220, </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-30122-3_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03815005v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application de GNN sur des graphes non-attribués : Benchmark de performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Boukharouba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bortolaso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Mouysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40ème Congrès annuel INFormatique des ORganisations et Systèmes d'Information et de Décision (INFORSID 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Dijon, France. à paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">We Are Open. The Door is Just Very Heavy...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Research Challenges in Information Science 16th International Conference (RCIS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méconduites académiques : exploration d’une distinction potentielle de genres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Decullier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque International de Recherche et Action sur l’Intégrité Académique 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRAFPA : Institut de Recherche et d'Action sur la Fraude et le Plagiat Académiques, Jun 2022, Coimbra, Portugal. pp.231-242</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03817559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying PDCA to Security, Education, Training and Awareness Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier de Casanove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Leleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Human Aspects of Information Security and Assurance (HAISA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFIP TC 11 Working Group 12: Human Aspects of Information Security and Assurance, Jul 2022, Mytilenne, Lesbos, Greece. pp.39-48, </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-12172-2_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03249016v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negative Filtering of CCTV Content -Forensic Video Analysis Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Conference on Availability, Reliability and Security (ARES 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Dublin, Ireland. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3407023.3407069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03001008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection des attaques de confiance dans l'Internet des Objets Social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38éme Congrès INFormatique des ORganisations et Systèmes d’Information et de Décision (INFORSID 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Dijon, France. pp.155-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning for Trust-Related Attacks Detection in Social Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on e-Business Engineering (ICEBE 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Shanghaï, China. pp.389-404, </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-34986-8_28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering for Traceability Managing in System Specifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juyeon Kang Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eun-Bee Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th IEEE International Requirements Engineering conference (RE 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Jeju Island, South Korea. pp.257-264, </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RE.2019.00035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">User-centric IoT: challenges and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twelfth International Conference on Mobile Ubiquitous Computing, Systems, Services and Technologies (UBICOMM 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Athens, Greece. pp.27-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Egocentric Network-based Learner Profiling in Adaptive E-learning Systems: A concept paper.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kriangsak Srisombat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Information and Education Technology (ICIET 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Aizu-Wakamatsu, Japan. pp.14-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual-Based Eye Contact Detection in Multi-Person Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Qodseya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Content-Based Multimedia Indexing (CBMI 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Dublin, Ireland. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CBMI.2019.8877471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02930110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Approach for CCTV Contents Filtering Based on Contextual Enrichment via Spatial and Temporal Metadata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MoMM2019 : 17th International Conference on Advances in Mobile Computing &amp; Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Munich, Germany. pp.195-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Outlier Detection: students profiling in an effort to indicate learning problems in Higher Educational Institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Novoseltseva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Annual Learning &amp; Student Analytics Conference (LSAC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Vandoeuvre-lès-Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03268010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling metadata of CCTV systems and Indoor Location Sensors for automatic filtering of relevant video content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE International Conference on Research Challenges in Information Science (RCIS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nantes, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RCIS.2018.8406677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrial Requirements Classification for Redundancy and Inconsistency Detection in SEMIOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juyeon Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 26th International Requirements Engineering Conference (RE 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Banff, Alberta, Canada. pp.297-303, </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RE.2018.00037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toulouse Campus Surveillance Dataset: scenarios, soundtracks, synchronized videos with overlapping and disjoint views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Malon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th ACM Multimedia Systems Conference (MMSys 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Jun 2018, Amsterdam, Netherlands. pp.393-398, </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3204949.3208133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using k-means for redundancy and inconsistency detection: application to industrial requirements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juyeon Kang Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International conference on Applications of Natural Language Processing to Information Systems (NLDB 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France. pp.501-508, </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-91947-8_52⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DiEvent: Towards an Automated Framework for Analyzing Dining Events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Qodseya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 34th International Conference on Data Engineering Workshops (ICDEW 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Paris, France. pp.163-168, </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDEW.2018.00034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02191799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toulouse Campus Surveillance Dataset: scenarios, soundtracks, synchronized videos with overlapping and disjoint views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Malon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th ACM Multimedia Systems Conference (MMSys 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Amsterdam, Netherlands. pp.393-398</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03623089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management of Mobile Objects Location for Video Content Filtering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Qodseya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Advances in Moble Computing and Multimedia (MoMM 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Yogyakarta, Indonesia. pp.44--52, </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3282353.3282368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03622638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audiovisual annotation procedure for multi-view field recordings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Malon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th International Conference on MultiMedia Modeling (MMM 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Thessaloniki, Greece. pp.399-410, </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-05710-7_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-Temporal Metadata Querying for CCTV Video Retrieval: Application in Forensic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Qodseya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th ACM SIGSPATIAL International Workshop on Indoor Spatial Awareness, in conjunction with ACM SIGSPATIAL Conference (ISA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Seattle, Washington, United States. pp.7-14, </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3282461.3282465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust Evaluation Model for Attack Detection in Social Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Risks and Security of Internet and Systems (CRISIS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, https://link.springer.com/chapter/10.1007/978-3-030-12143-3_5, Oct 2018, Arcachon, France. pp.48-64, </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-12143-3_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A clustering approach for detecting defects in technical documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juyeon Kang Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Workshop on Natural Language Processing and Cognitive Science (NLPCS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Cracovie, Poland. pp.27-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02191796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La qualité de l'information dans les réseaux sociaux en ligne: une approche non supervisée et rapide de détection de spam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35ème congrès INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Toulouse, France. pp.247-262</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Topic-Based Hidden Markov Model for Real-Time Spam Tweets Filtering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Qaroush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference on Knowledge-Based and Intelligent Information &amp; Engineering Systems (KES 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Marseille, France. pp.833-843, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2017.08.075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Quality in Social Networks: A Collaborative Method for Detecting Spam Tweets in Trending Topics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Qaroush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Industrial Engineering and Other Applications of Applied Intelligent Systems (IEA/AIE 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Arras, France. pp.211-223, </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-60045-1_24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating Seed Selection for Information Diffusion in Mobile Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Kaouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-Luc Beylot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, San Francisco, CA, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2017.7925787⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode collaborative pour identifier les spams: contribution à la qualité de l'information dans les réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème COnférence en Recherche d'Informations et Applications (CORIA 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Marseille, France. pp.139-152, </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24348/coria.2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02570810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a combinatorial analysis and parametric study to build time-aware social profiles.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Management of Digital EcoSystems (MEDES'17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Bangkok, Thailand. pp.113-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03624136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Quality in Social Networks: Predicting Spammy Naming Patterns for Retrieving Twitter Spam Accounts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Qaroush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Enterprise Information Systems (ICEIS 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Porto, Portugal. pp.610-622, </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006314006100622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Quality in Online Social Networks: A Fast Unsupervised Social Spam Detection Method for Trending Topics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dania Shilleh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yara Ghawadrah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reem Jazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Enterprise Information Systems (ICEIS 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Porto, Portugal. pp.633--675, </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006372006630675⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03116278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward free spam social networks: detecting and tracking spammers in Twitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème édition du Forum Jeunes Chercheurs du congrès INFORSID (INFORSID 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Grenoble, France. pp.33-36, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.26504.21763⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03159075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging Time for Spammers Detection on Twitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Qaroush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Management of Emergent Digital EcoSystems (MEDES 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Hendaye, France. pp.109--116, </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3012071.3012078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03159077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Time on Detecting Spammers in Twitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Qaroush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32ème Conférence Gestion de Données : Principes, Technologies et Applications (BDA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d’Informatique et d’Automatique pour les Systèmes (LIAS) - Université de Poitiers et ENSMA, Nov 2016, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03159076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking into Account the Evolution of Users Social Profile: Experiments on Twitter and some Learned Lessons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Quirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IEEE International Conference on Research Challenges in Information Science (RCIS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France. pp.87-98, </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RCIS.2016.7549325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01514634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expertise and Trust-Aware Social Web Service Recommendation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlem Kalaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Service Oriented Computing (ICSOC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Banff, Canada. pp.517-533</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Objects In Indoor Environment: Trajectories Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Advances in Moble Computing and Multimedia (MoMM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Singapore, Singapore. pp.332-336, </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3007120.3007154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learner's profile hierarchization in an interoperable education system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amours Ben Amor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Intelligent Systems Design and Applications (ISDA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Porto, Portugal. pp.549--558, </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-53480-0_54⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03165010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Querying indoor spatio-temporal data by hybrid trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jeveme Panta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th ACM International Workshop on Indoor Spatial Awareness (ISA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM SIGSPATIAL, Oct 2016, Burlingame, California, United States. pp.11--18, </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3005422.3005424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restaurants in the age of (big) data (6th Asia Euro 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Tourism, Hospitality &amp; Gastronomy Conference : India: «Envisioning Tourism in 2050» (Asia Euro 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITTM : Indian Institute of Tourism and Travel Management, Gwalior; Taylor’s University, Malaysia; UT2J : Université Toulouse 2 Jean Jaures, France, Nov 2016, Gwalior, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03165029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust Management in Social Internet of Things: A Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Abdelghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Conference on e-Business, e-Services and e-Society (I3E)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Swansea, United Kingdom. pp.430-441, </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-45234-0_39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A case study on the influence of the user profile enrichment on buzz propagation in social media: Experiments on Delicious</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Workshop on Information Systems for AlaRm Diffusion, an ADBIS 2015 Worshop : 19th East-European Conference on Advances in Databases and Information Systems (WISARD @ ADBIS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Poitiers, France. pp.567-577</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03662677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADMAN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Workshop on Information Systems for AlaRm Diffusion (WISARD @ ADBIS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Poitiers, France. pp.527-535, </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-23201-0_53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03664910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-aware Egocentric network-based User Profiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM International Conference on Advances in Social Networks Analysis and Mining (ASONAM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Paris, France. pp.569-572, </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2808797.2809415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01343052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrichissement du profil utilisateur à partir de son réseau social dans un contexte dynamique : application d'une méthode de pondération temporelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème congres INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Biarritz, France. pp.15-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01379380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comparative Study of Two Egocentric-based User Profiling Algorithms Experiment in Delicious</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Enterprise Information Systems (ICEIS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Barcelone, Spain. pp.632-639, </w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005377006320639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01364030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video spatio-temporal filtering based on cameras and target objects trajectories - Videosurveillance forensic framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Availability, Reliability and Security (ARES 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Toulouse, France. pp.611-617, </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ARES.2015.102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01343039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection des intérêts d'un utilisateur par l'exploitation du comportement d'annotation de son réseau égocentrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème congres INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Biarritz, France. pp.31-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01379390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal metadata filtering and synchronising invideo surveillance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Oria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31ème Conférence sur la Gestion de Données : Principes, Technologies et Applications (BDA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Porquerolles, France. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01343038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deriving user's profile from sparse egocentric networks: using snowball sampling and link prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Digital Information Management (ICDIM 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Sep 2014, Phitsanulok, Thailand. pp.80-85, </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDIM.2014.6991421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Enrichment of Social Users' Interests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Research Challenges in Information Science (RCIS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Marrakesh, Morocco. pp.1-11, </w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RCIS.2014.6861066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Tweet to Graph: Social Network Analysis for Semantic Information Extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rocio Abascal-Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose Lema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Research Challenges in Information Science (RCIS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Marrakesh, Morocco. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RCIS.2014.6861047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing tagged resources for social interests detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th nternational Conference on Enterprise Information Systems (ICEIS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Lisbonne, Portugal. pp. 340-345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01178560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de trajectoires cible/caméra : requêtes spatio-temporelles dans le cadre de la videosurveillance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones Extraction et Gestion de Connaissances - EGC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Rennes, France. pp.573-576</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche d'extraits vidéos par reconstitution des trajectoires de caméras mobiles à partir d'un modèle spatio-temporel-Application à la vidéosurveillance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32 ème Congrès INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. pp.11-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01140360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An approach for social interest detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29èmes Journées Bases de Données Avancées (BDA 2013) Session Jeunes Chercheurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology-based Flexible Topic Classification of Crowdsourcing Textual Resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Daniel Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Trausan-Matu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Management of Emergent Digital EcoSystems (MEDES 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Luxembourg, Luxembourg. pp.145-151, </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2536146.2536172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Access Assistant Service (IAAS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kiswendsida K. Kaboré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Sie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference for Internet Technology and Secured Transactions (ICITST 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Londres, United Kingdom. pp.554-557, </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICITST.2013.6750263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01202527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile objects and sensors within a video surveillance system: Spatio-temporal model and queries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Workshop on Information Management in Mobile Applications (IMMoA 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Riva del Garda, Italy. pp.52-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Pervasive Access Control within Video Surveillance Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Cross-Domain Conference and Workshop on Availability, Reliability, and Security in Information Systems (CD-ARES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Regensburg, Germany. pp.289-303, </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-40511-2_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting user's interests based on the accuracy of collaborative tagging information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Computer-Supported Cooperative Work (ECSCW 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Paphos, Cyprus. pp.21-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01225774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Modélisation du Contrôle d’accès aux Systèmes Pervasifs: La Sensibilité à la Situation et au Contexte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuquing Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Bertino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées francophones Mobilité et Ubiquité (UBIMOB 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT de Bayonne et du Pays Basque, Jun 2012, Anglet (64), France. pp.70-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle et techniques de dérivation de profils utilisateurs à partir de réseaux sociaux égocentrés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieudonné Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30ème Congrès INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Montpellier, France. pp.207-222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying Pervasive and Flexible Access Control to Distributed Multimedia Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Workshop on Information Management for Mobile Applications (IMMoA 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Istanbul, Turkey. pp.41-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimimal resources utilization for indexing within a distributed multimedia retrieval system: an implementation for a video surveillance use case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Distributed Multimedia Systems (DMS 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Knowledge Systems Institute, IL, USA, Aug 2012, Miami, United States. pp.107-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelisation générique du processus de développement des profils utilisateurs dans les systèmes d'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieudonné Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Séminaire Veille Stratégique Scientifique et Technologique (VSST 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRIT; INIST; CNRS, May 2012, Ajaccio, France. pp.Session 4 : Systèmes d’intelligence économique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A community based algorithm for deriving users' profiles from egocentrics networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieudonné Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM International Conference on Advances in Social Networks Analysis and Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Istanbul, Turkey. pp.266--273, </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ASONAM.2012.53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A knowledge-based approach to entity identification and classification in natural language text</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Daniel Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Trausan Matu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Semantic and Collaborative Technologies for the Web (K-Teams 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Bucharest, Romania. pp.91-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METHODEO : Méthodologie d'évaluation des algorithmes d'exploitation des enregistrements de la vidéoprotection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan d'Hose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Goudou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Dorizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Giulieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Interdisciplinaire sur la Sécurité Globale (WISG 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structuration et accès au Dossier Médical Personnel : approche par ontologies et politiques d'accès XACML</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Symposium sur l'Ingenierie de l'Information Medicale (SIIM 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Recherche en Informatique de Toulouse (IRIT), Jun 2011, Toulouse, France. pp.77-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competence-based Cooperative Framework for Iterative Decisions in the Aircraft Design Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Soubie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Computer Supported Cooperative Work in Design (CSCWD 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École Polytechnique Fédérale de Lausanne (EPFL), Jun 2011, Lausanne, Switzerland. pp.605--609, </w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSCWD.2011.5960180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generic Information System Architecture for Distributed Multimedia Indexation and Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th East-European Conference on Advances in Databases and Information Systems (ADBIS 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Vienne, Austria. pp.347-360, </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-23737-9_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting Indexation to the Content, Context and Queries Characteristics in Distributed Multimedia Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Signal Image Technology &amp; Internet-Based Systems (SITIS 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Dijon, France. pp.118-125, </w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2011.71⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Cooperative Framework for Project Resources Allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Soubie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Integrated Computing Technology (INTECH 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Sao Carlos, Brazil. pp.40-49, </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-22247-4_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Multimedia Indexing Algorithms Description for Implicit and Explicit Indexation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th FTRA International Conference on Multimedia and Ubiquitous Engineering (MUE 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jun 2011, Crète, Greece. pp.232 - 238, </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MUE.2011.49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed Architecture for Flexible Multimedia Management and Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Daniel Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Database and Expert Systems Applications (DEXA 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Toulouse, France. pp.249-263, </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-23091-2_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework to Manage Knowledge from Defect Resolution Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th IEEE Conference on Commerce and Enterprise Computing (CEC 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Sep 2011, Luxenbourg, Luxembourg. pp.10-17, </w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CEC.2011.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APHR: Annotated Personal Health Record for Enabling Pervasive Healthcare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Managing Health Information in Mobile Applications (HIMoA 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RWTH Aachen University, Germany, Jun 2011, Luleå, Sweden. pp.73-79, </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MDM.2011.26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système de recherche d'informations spatiales basé sur le croquis à main levée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moultazem Ghazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence francophone en Recherche d'Information et Applications (CORIA 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARIA : Association Francophone de Recherche d’Information (RI) et Applications, Mar 2010, Nancy, France. pp.337--348</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology-Based Solution for Personalized Recommendations in E-Learning Systems. Methodological Aspects and Evaluation Criterias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IEEE International Conference on Advanced Learning Technologies (ICALT 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jul 2010, Sousse, Tunisia. pp.469--471, </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICALT.2010.136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Generic Framework for the Integration of Heterogeneous Metadata Standards into a Multimedia Information Retrieval System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Adaptivity, Personalization and Fusion of Heterogeneous Information (RIAO 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Paris, France. pp.80-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00496706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation basée sur des ontologies pour développer des recommandations personnalisées dans les systèmes hypermédia adaptatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIIème Congrès INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France. pp.61-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remodelling geographic data to facilitate the interrogation by sketch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moultazem Ghazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Signal-Image Technologies &amp; Internet-based Systems (SITIS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE; ACM, Nov 2009, Marrakech, Morocco. pp.264-270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spécification et utilisation d'un modèle de description d'algorithmes d'indexation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Veille Stratégique Scientifique et Technologique (VSST 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Toulouse, France. pp.(en ligne)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a User-aware Enrichment of Multimedia Metadata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romulus Grigoras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Workshop focusing on Semantic Multimedia Database Technologies (SMDT 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Saarbrücken, Germany. pp.30-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ontology-Based Approach of Multimedia Information Personalized Search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Workshop on Adaptive Multimedia Retrieval (AMR 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Linz, Austria. pp.31-45, </w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-27169-4_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Topological Relations between Uncertain Spatial Regions in Geo-spatial Databases: Uncertain Intersection and Difference Topological Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Advances in Databases, Knowledge, and Data Applications (DBKDA.2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Les Menuires, France. pp.56-68, </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DBKDA.2010.28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Heterogeneous Metadata into a Distributed Multimedia Information System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on COGnitive systems with Interactive Sensors (COGIS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Paris, France. (support électronique)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00435661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création et utilisation d'un résumé de métadonnées pour interroger efficacement des collections multimédias distribuées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27ème Congrès Informatique des Organisations et Systèmes d'Information et de Décision (INFORSID 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Toulouse, France. pp.227-242</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00389905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A spatio-temporal adaptation of the multimedia document presentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihen Maâzoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Web and Information Technologies (ICWIT 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Kerkennah, Tunisia. pp.589-599</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Services Adaptation to the User's Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Internet and Web Applications and Services (ICIW 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Venice/Mestre, Italy. pp.223-228, </w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIW.2009.39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geo-Spatio-Temporal Ontology for GIR on the Web</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Geographic Information on the Internet (GIIW 2009) @ ECIR 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Toulouse, France. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Automatizing and Optimizing the Selection of Indexing Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Metadata and Semantics Research (MTSR 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Milan, Italy. pp.48-59, </w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-04590-5_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00409967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-level Topological Relations of the Spatial Reasoning System RCC-8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Advances in Databases, Knowledge, and Data Applications (DBKDA 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Gosier, France. pp.13-21, </w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DBKDA.2009.13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a flexible content adaptation of semi-structured documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlem Kalaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlem Kalaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Web and Information Technologies (ICWIT 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Kerkennah, Tunisia. pp.559-572</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy Intersection and Difference Model for Topological Relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Fuzzy Systems Association World Congress and Conference of the European Society for Fuzzy Logic and Technology (IFSA-EUSFLAT 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Fuzzy Logic and Technology, Jul 2009, Lisbon, Portugal. pp.1079-1084</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Web Services Orchestration Solution for Semantic Multimedia Indexing and Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Complex, Intelligent and Software Intensive Systems (CISIS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Fukuoka, Japan. pp.1187--1192, </w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CISIS.2009.180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Generic Metadata Framework for the Indexation and the Management of Distributed Multimedia Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on New Technologies, Mobility and Security (NTMS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Cairo, Egypt. </w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NTMS.2009.5384702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensuring Semantic Annotation and Retrieval within Pervasive E-Learning Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web/Grid Information and Services Discovery Workshop @ Conference on Complex, Intelligent, and Software Intensive Systems (2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Barcelone, Spain. pp.959-964, </w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CISIS.2008.123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une Vision Pour un Contrôle d’Accès Adaptatif aux Systèmes de Santé Pervasifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Conférence Internationale sur la Science des Systèmes en Santé (2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Lyon, France. (support électronique)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methods of Adaptation for Web Information Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lobna Hlaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Engineering Science Conference (IESC 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Aleppo, Syria. pp.(electronic medium)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographic Elements Extraction using High Resolution Remote Sensing Imagery and XML Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Lopez-Ornelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Geoscience and Remote Sensing Symposium (IGARSS 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jul 2008, Boston, MA, United States. pp.125-136, </w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IGARSS.2008.4779020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XQuery++: an extension of XQuery language for a graphical querying</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayez Gargouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Large-Scale Semantic Access to Content : Text, Image, Video and Sound (2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM SIGIR Special Interest Group on Information Retrieval, May 2007, Pittsburgh, United States. pp.262-267</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ontology-Based Modeling Approach for Developing a Competencies-Oriented Collective Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toader Jucan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romulus Grigoras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IFIP World Computer Congress, TC 3 (WCC 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, https://link.springer.com/chapter/10.1007/978-0-387-09729-9_33, Sep 2008, Milano, Italy. pp.219-222, </w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-0-387-09729-9_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Solutions for Access Control within Pervasive Healthcare Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference On Smart homes and health Telematics (ICOST 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Ames, Iowa, United States. pp.42-53, </w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-540-69916-3_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture Générique de Stockage Multimedia Réparti avec Recherche et Indexation distribuées (Projet ITEA2 LINDO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gaspard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pietquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Seignole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sulzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyse Vidéo pour le Renseignement et la Sécurité (AViRS 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Paris, France. (support électronique)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation de la présentation de documents semi-structurés selon les préférences utilisateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Informatique des Organisations et Systèmes d'Information et de Décision (INFORSID 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association INFORSID, May 2008, Fontainebleau, France. pp.359--374</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an Adaptive Web Information System Based on Web Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Autonomic and Autonomous Systems (ICAS 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Gosier, Guadeloupe. pp.272-277, </w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAS.2008.28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity among Geographic Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moultazem Ghazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Information and Communication Technologies: from Theory to Applications (2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Apr 2008, Damascus, Syria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTTA.2008.4530005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Providing Multimedia Recommendations based on a Markov Decision Process Inside E-Learning Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romulus Grigoras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Multimedia Conference (EUROMEDIA 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUROSIS : European Multidisciplinary Society for Modelling and Simulation Technology; ETI Bvba : European Technology Institute Bvba, Apr 2008, Porto, Portugal. pp.11-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-classification and spatial reasoning: new approach to change detection for updating GIS database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Information and Communication Technologies: From Theory to Applications (ICTTA 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Damascus, Syria. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTTA.2008.4530039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Satellite Imagery for Updating Spatio-Temporal Databases: Application to GIS and CLC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Geographic Information Systems (ICGIS 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Istanbul, Turkey. pp.102-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Context-Aware Web Information System Based on Web Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Research Challenge in Information Science (RCIS 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Marrakech, Morocco. pp.29-34, </w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RCIS.2008.4632090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA-GPS: A Location-Aware Geographical Pervasive System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Lopez-Ornelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Conference on Data Engineering Workshop (2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Apr 2008, Cancun, Mexico. pp.160-163, </w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDEW.2008.4498308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating a Context Model in Web Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Web Services (Work-in-Progress) 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Utah, United States. pp.1195-1196, </w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWS.2007.110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double codage des niveaux de gris : application au corrélogramme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majdoulayne Hanifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelali Lasfar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème Colloque du Groupe de Recherche et d'Etudes du Traitement du Signal et des Images (GRETSI 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association GRETSI, Sep 2007, Troyes, France. pp.1177-1180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Paradigm of Pervasive Information Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Digital Communications and Computer Applications (DCCA 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Irbid, Jordan. pp.1133-1141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-class SVM classifier for coded texture-based image classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majdoulayne Hanifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelali Lasfar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference of E-Medical Systems (E-MEDISYS 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2007, Fez, Morocco. pp.61-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double codage de texture pour la classification d'images satellites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majdoulayne Hanifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Lafar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème édition du Congrès sur les Systèmes Electroniques Informatiques &amp; Traitement de l'information (SEI&amp;TI 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2007, Rabat, Maroc. pp.111-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de l'organisation : une approche topologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Gabriel Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes Journées Francophones Extraction et Gestion de Connaissances (EGC 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2007, Namur, Belgique. pp.557-568</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards context-aware web services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IADIS International Conference e-Society (2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, http://www.iadisportal.org/digital-library/towards-context-aware-web-services, Jul 2007, Lisbon, Portugal. pp.389-394</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'arbre recouvrant dans l'interrogation de documents XML</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdeslame Alilaouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence francophone en Recherche d'Information et Applications (CORIA 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Saint Etienne, France. pp.491-496</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interoperability In Pervasive Enterprise Information Systems: A Double-Faced Coin Between Security And Accessability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Enterprise Information Systems (ICEIS 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Funchal, Madeira, Portugal. pp.237-243, </w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0002396502370242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an adaptation of semi-structured document querying</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Context Based Information Retrieval (CIR 2007) in conjunction with CONTEXT 2007: International Conference on Modeling and Using Context</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Roskilde, Denmark. pp.(electronic medium)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steps Towards Pervasive Software: Does Software Engineering Need Reengineering?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th ISPE Conference on Concurrent Engineering: Research and Applications (2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, São José dos Campos, São Paulo, Brazil. pp.143-150, </w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-84628-976-7_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distant Ubiquitous Collaborative E-Learning System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Soukkarieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IADIS Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, Salamanca, Spain. pp.474-478</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Réécriture de Requêtes XACML : Un mécanisme pour assurer une sécurité adaptable pour les systèmes de gestion de données pervasifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier GEDSIP (INFORSID 2007) : Gestion de données dans les systèmes d'information pervasifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Perros-Guirec, France. pp.42-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy querying of XML documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdeslame Alilaouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM International Conference on Web Intelligence (WI 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE; ACM, Sep 2005, Compiègne, France. pp.11-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une Approche d'Architecture d'un Système Hypermédia Adaptatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Zayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IBMA Conference on Internet and Information Technology in Modern Organizations (2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Business Information Management Association (IBIMA), Dec 2005, Cairo, Egypt. pp.668-672</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From individual way to awareness : behaviours study in a pedagogical system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Camps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Montreal, Canada. pp.3656--3661</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and querying multimedia document</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Intelligent Access of Multimedia Documents on Internet (MediaNet 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Tozeur, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la modélisation et à l'interrogation de documents multimédia par les métadonnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ème Congrès INFORSID 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Biarritz, France. pp.407-422</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feature Extraction of Very High Spatial Resolution Images based on Semi-structurated</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Lopez-Ornelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Flouzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Laporterie-Dejean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on MultiDisciplinary Image, Video and Audio Retrieval and Mining (CoRIMedia 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Sherbrooke, Canada. pp.11-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de l'organisation : une représentation basée sur les acteurs et leurs relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Veille Stratégique Scientifique et Technologique (VSST 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRIT; UPC; SFBA, Oct 2004, Toulouse, France. pp.209-220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Requêtes flexibles et données semi-structurées : Quelques éléments de discussion et d'implémentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine De Calmès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres francophones sur la logique floue et ses applications (LFA 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Tours, France. pp.23-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03375248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible querying of semi-structured data or documents: A preliminary discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Fuzzy Systems Association World Congress (IFSA 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03375249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A contribution to multimedia document annotation and representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Object-Oriented Information Systems (OOIS 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Genève, Switzerland. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A contribution to multimedia document modeling and organizing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Object-Oriented Information Systems (OOIS 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Montpelier, France. pp.434--444, </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/3-540-46102-7_45⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche d'Information Multimédia (Assises du GDR I3, Nancy, 2002)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2èmes Assises nationales du GDR i3 : Information, Interaction, Intelligence (2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2002, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la Modélisation et Interrogation de métadonnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones D'Accès Intelligent aux Documents Multimédias sur l'Internet (MediaNet 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Souse, Tunisie. pp.173-184</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organising and Modelling Metadata for media-based documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International conference on Enterprise information systems (ICEIS 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de Castilla-La Mancha, Ciudad Real, Spain, Apr 2002, Cuidad Real, Spain. pp.18-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Descriptors and meta-documents for mono-media and multimedia documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International conference on Enterprise information systems (ICEIS 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de Castilla-La Mancha, Ciudad Real, Spain, Apr 2002, Cuidad Real, Spain. pp.11-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Case-based queyrying and prediction: a fuzzy set approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine De Calmès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eyke Hüllermeier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Fuzzy Systems (FUZZ-IEEE 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Honolulu, Hawaii, United States. pp.735-739, </w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/FUZZ.2002.1005084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fuzzy set approach to flexible case-based querying: methodology and experimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine De Calmès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eyke Hüllermeier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Principles of Knowledge Representation and Reasoning (KR 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Toulouse, France. pp.449-458</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation homogène d'annotation des documents (GDR I3, Lyon, 2001)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR I3 : Information - Interaction - Intelligence (2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending the OOHDM methodology by eliciting metadata and generic structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Databázovej konferencie (DATAKON 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2001, Brno, Czech Republic. pp.249-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bases de Documents multimedia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Bases de Données Avancées (BDA 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2001, Agadir, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération flexible de documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conférence Nîmes TIC 2001, Dec 2001, Nîmes, France. pp.141-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ré-organisation des documents via les métadonnées (GDR I3, Lyon, 2001)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR I3 : Information - Interaction - Intelligence 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document multimédia et mémoire d'entreprise: concepts, méthodes, formalismes et outils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Document et Mémoire d'entreprise 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, J. Labiche (Univ. Rouen); GDR- I3 - GRCE : groupes de travail 5.2 (Écrit) et 6.1 (Ingénierie et Acquisition des Connaissances), Apr 2000, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document multimédia: indexation et recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International Francophone sur l'Ecrit et le Document (CI- FED/CIDE 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2000, Lyon, France. pp.10--20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reengineering the Web sites by using metadata and a methodological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Information Integration and Web-based Applications &amp; Services (IIWAS 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Software Competence Center Hagenberg, Austria; Johannes Kepler University Linz, Austria; National University of Singapore, Sep 2001, Linz/Autriche, Austria. pp.127-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serveurs multimodaux destinés aux personnes âgées : objectifs et programmes de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boissière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Mojahid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Oriola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etats Généraux du Programme de REcherches en Sciences COgnitives de Toulouse (PRESCOT 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03638821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepôts et documents semi-structurés : évolution textuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Metais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole thématique du CNRS "Document et Evolution"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-structured data querying optimization through logic technics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th European Conference on Symbolic and Quantitative Approaches to Reasoning with Uncertainty (ECSQARU 1999)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1999, London, United Kingdom. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documents multimédia (Conférence invitée Journées &amp;quot;Ecrit et Document&amp;quot; 1999 )</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées "Ecrit et Document" 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperbase Modelling for Integration of Distibuted unknown Structure Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Djennane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Imaging Science, Systems and Technology (CISST 1998)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, Las Vegas, Nevada, United States. pp.410-418</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Support à l'analyse d'impact : une technique automatisée et l'outil associé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Conférence sur l'INFormatique des ORganisations, des Systemes d’Information et de Décision (INFORSID 1998)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1998, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audio facilities for hypermedia consultation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Djennane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Workshop on Natural Language and Databases 1996</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil de Reécriture pour l'exploitation de Documentation Structurée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Comparot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Lambolez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Congrès INFormatique des ORganisations et Systèmes d’Information et de Décision (INFORSID 1995)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1995, Grenoble, France. pp.179-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage adverse et algorithmes de détection d'évènements : une première typologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier de Casanove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information (RESSI 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Chambon-Sur-Lac, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accès à l'information pour une personne en situation de handicap (Poster @ Workshop ACCEPT 2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ères Rencontres interdisciplinaires du handicap cognitif et de la perte d'autonomie - Workshop Assistance and Cognitive Contribution : Embodied Potential of Technology (ACCEPT 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Montpellier, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03213939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OVALIE : saisir les interactions alimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Simoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Courant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salon de la valorisation en sciences humaines et sociales CNRS - Innovatives-SHS 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02504991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une extraction contextuelle des métadonnées multimédias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Manzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13eme Conférence Internationale Francophone sur l'Extraction et la Gestion de Connaissance (EGC 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Toulouse, France. </w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRIT</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Actes d'EGC 2013, pp.7-8, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Information Systems Can Help in Alarm/Alert Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sédes Florence. </w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 978-1785483028</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03003828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Social Networks Phenomenons: Buzz, Rumor, and Spam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mezghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Washha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mezghani, Manel; Washha, Mahdi; Sèdes, Florence. </w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE - Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Chapître 8, pp.219-239, 2018, How Information Systems Can Help in Alarm/Alert Detection, 978-1-78548-302-8. </w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-1-78548-302-8.50008-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03034003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive Approach to Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Sharp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wieslaw Lubaszewski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernadette Sharp; Florence Sedes; Wieslaw Lubaszewski. </w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE Press - Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 234 p., 2017, 978-1785482533 ; eBook ISBN: 9780081023433</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffusion d'alarmes, diffusion d'alertes. De nouveaux enjeux pour les SI.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Polacsek</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence; Delmas, Rémi; Polacsek, Thomas. </w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 21 (4 : juillet - août 2016), 2016, Ingénierie des Systèmes d'Information</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03165009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computer Science and Ambient Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Calvary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Tigli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gaëlle Calvary; Thierry Delot; Florence Sedes; Jean-Yves Tigli. </w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 335 p., 2013, 978-1-84821-437-8. </w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781118580974⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social, Localisation et Mobilité : de nouveaux enjeux pour la gestion des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence; Delot, Thierry. Hermès Science, Numéro spécial (18 : 1), 2013, Ingénierie des Systèmes d'Information (ISI), ISSN 1633-1311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information, Interaction, Intelligence : le point sur le I(3)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Ogier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Marquis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cépaduès Editions, 268 p., 2012, 978-2364930094</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00870787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géomatique et ingénierie de l'information. Objets mobiles et réseaux spatiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Paegelow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monteil, Claude; Paegelow, Martin; Sèdes, Florence. </w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 17 (1), 126p., 2012, Ingénierie des Systèmes d'Information, 9782746239401</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Informatique et Intelligence Ambiante : des capteurs aux applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Calvary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Tigli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 366 p., 2012, Traité IC2, série Informatique et Systèmes d'Information, 978-2746229815</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UBIMOB'09 : Actes des 5èmes journées francophones Mobilité et Ubiquité 2009, 7-8 Juillet 2009, Lille, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Menga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence; Menga, David. </w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACM: Association for Computing Machinery, New York</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 978-1-60558-622-9. </w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1739268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion des Données dans les Systèmes d'Information Pervasifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delot, Thierry; Sèdes, Florence. </w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 14 (1), 2009, Ingénierie des Systèmes d'Information (ISI), 1633-1311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documents musicaux (vol. 11 Document Numérique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Desainte-Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jessel, Nadine; Sèdes, Florence; De-Sainte Catherine, Myriam. </w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 11 (3-4 (2008)), 2008, Document numérique, 978-2746224179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métadonnées et nouveaux Systèmes d'Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence. Hermes Science Publications, 12 (2/2007), 2007, RSTI série : Ingénierie des Systèmes d'Information, 978-2-7462-1913-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings 1st Workshop on Metadata and Adaptability in Web-based Information Systems (MAWIS'03), @ OOIS 2003, Genève, Suisse, 02/09/2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hervé, Martin; Sèdes, Florence. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Technologies for Information Systems: Proceedings of the 3rd International Workshop on New Developments in Digital Libraries, NDDL 2003, and the 1st International Workshop on Validation and Verification of Software for Enterprise Information Systems, VVEIS 2003, In conjunction with ICEIS 2003, Angers, France, April 2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Isaias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Augusto Wrede</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isaias, Pedro; Sèdes, Florence; Wrede, Juan Carlos Augusto. ICEIS Press, 2003, 972-98816-2-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bases de Données multimédia (ISI 2002)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence. Hermès Lavoisier, 7 (5-6), 2002, Ingénierie desSystèmes d'Information (ISI), ISSN: 1633-1311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biases, Discrimination and Decision-Making: Fate or Responsibility?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">WILEY. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethics and Digital Transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 978-1-786-30957-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Blockchain and IPFS-Enhanced Model for Attack Detection and Resource Efficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Jmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Amous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IFIP Advances in Information and Communication Technology ((volume 737)). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internet of Things (IFIP IoT 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 737, Springer Nature Switzerland, pp.163-174, 2025, IFIP Advances in Information and Communication Technology, 978-3-031-81899-8. </w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-81900-1_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biais, discrimination et prise de décision : fatalité ou responsabilité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE Editions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethique et transition numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE, pp. 47-66, A paraître, 978-1-83612-016-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04715803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advances in Data Management in the Big Data Era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Azzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvio Barbon Jr.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerio Bellandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Catarci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Ceravolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advancing Research in Information and Communication Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AICT - 600, </w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IFIP : International Federation for Information Processing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.99-126, 2021, IFIP Advances in Information and Communication Technology book series (IFIPAICT), 978-3-030-81700-8. </w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-81701-5_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03325984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-aware Egocentric network-based User Profiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alhajj, Reda; Rokne, Jon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Social Network Analysis and Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-7, 2017, 978-1-4614-7163-9. </w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4614-7163-9_110149-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A parametric study to construct time-aware social profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirinya On-At</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Quirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Missaou, Rokia; Abdessalem, Talel; Latapy, Matthieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Social Network Analysis: Information Propagation, User Behavior Modelling, Forecasting, and Vulnerability Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.21-50, 2017, Lecture Notes in Social Networks book series (LNSN), 978-3-319-53419-0. </w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-53420-6_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécurité et Systèmes Ambiants : une étude sur l'évolution de la gestion des accès dans les Systèmes d'Information Pervasifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Al Kukhun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence; Delot, Thierry; Calvary, Gaelle; Tigli, Jean-Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique et Intelligence Ambiante : des capteurs aux applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapitre 8, </w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.163-174, 2012, Traité IC2, série Informatique et Systèmes d'Information, 978-2746229815</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enriching the Qualitative Spatial Reasoning System RCC8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahed Alboody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Inglada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qualitative Spatio-Temporal Representation and Reasoning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IGI Global</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.203-254, 2012, Advances in Geospatial Technologies, 978-1616928681. </w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-61692-868-1.ch006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un &amp;quot;CTRL +F&amp;quot; amélioré pour tout type de document numérique? Techniques et enjeux de la recherche de motifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bénel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Calabretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Eglin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Murisasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes F.; Ogier J-M.; Marquis P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information, Interaction, Intelligence – Le point sur le i3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cepadues, pp.215-238, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01353187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forensic : Analyse a posteriori aux fins d’investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Marraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sulzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christianne Mulat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dufour, Jean-Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Outils d'analyse vidéo : pour une pleine exploitation des données de vidéoprotection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, chapitre 3, </w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès Science</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.51-64, 2012, 978-2746238909</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Smart Systems», Intelligence Ambiante et sources d'énergie : état des lieux et applications à venir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Akhras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence; Delot, Thierry; Calvary, Gaelle; Tigli, Jean-Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique et Intelligence Ambiante : des capteurs aux applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapitre 4, </w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.77-92, 2012, Traité IC2, série Informatique et Systèmes d'Information, 978-2746229815</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Posteriori Analysis for Investigative Purposes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Marraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sulzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christianne Mulat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dufour, Jean-Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Video Surveillance Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 3, </w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Wiley &amp; Sons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.33-46, 2012, 978-1848214330. </w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781118577851.ch3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Simple Management of Defects to Knowledge Discovery to Optimize Maintenance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Gabriel Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Özyer, Tansel; Kianmehr, Keivan; Tan, Mehmet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Trends in Information Reuse and Integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer-Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.115-141, 2011, 978-3-7091-0738-6. </w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-7091-0738-6_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology Based Multimedia Indexing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gargouri, Faiez; Jaziri, Wassim; Li, Xuelong. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ontology Theory, Management and Design: Advanced Tools and Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 13, </w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Science Reference</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.284-302, 2010, 978-1615208593. </w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-61520-859-3.ch013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapted Multimodal End-User Interfaces For Xml-Content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Encelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Jessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Grifoni, Patricia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimodal Human Computer Interaction and Pervasive Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 19, </w:t></w:r><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IGI Global</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.351-365, 2009, 978-1605663869. </w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-60566-386-9.ch019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01437642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology-Based User Competencies Modeling for E-Learning Recommender Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Brut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Amel Zayani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chevalier, Max; Julien, Christine; Soulé-Dupuy, Chantal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collaborative and Social Information Retrieval and Access: Techniques for Improved User Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 6, </w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IGI Global</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.119-138, 2009, 978-1605663067</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les temps du document numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger T. Pédauque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pédauque, Roger T. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Redocumentarisation du Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapitre 5, </w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cépaduès Editions, Toulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.103-134, 2007, 978-2854287288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Temps du Document Numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Calabretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Boidin-Lallich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyne Nanard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Prié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Salaün J.-M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Documents et Contenus : Création, Indexation et Navigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès, pp.13, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00106582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Media annotation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Djeraba, Chabane. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Mining: A Highway to Intelligent Multimedia Documents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22 (Chapter 10), </w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kluwer Academic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.197-211, 2002, Multimedia Systems and Applications Series (MMSA), 1-4020-7247-3. </w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4615-1141-0_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy logic techniques in multimedia database querying: A Preliminary Investigation of the Potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Prade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Robert Meersman; Zahir Tari; Scott Stevens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 11: Semantic Issues in Multimedia Systems (Chapter 13), , pp.211-229, 2001, IFIP - The International Federation for Information Processing book series (IFIPAICT), 978-1-4757-4916-8. </w:t></w:r><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-0-387-35561-0_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03385608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepôts et documents semi-structurés: évolution textuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Prade, Henri; Jeansoulin, Robert; Garbay, Catherine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Temps, l'Espace et l'Evolutif en Sciences du Traitement de l'Information - Ecole thématique du CNRS “Document et Evolution”, Marseille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Cépaduès, Toulouse, 2000, 978-2854285352</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Base de données documentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Lemaître</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Zurfluh, Gilles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traité Informatique des Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-14, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi est-il important d’avoir une égalité femmes-hommes dans le monde de l’IA ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Helme-Guizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Ternon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes en Sciences : une informaticienne (Cafés du Quai, Toulouse, 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03165030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimedia, Metadata & Databases for the Experimental Restaurant of the Future (talk)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03213941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary conceptual study of Artificial Intelligence (AI) for helping benefit-risk assessment practices: Towards a comprehensive qualification matrix of AI programs and devices (pre-print 2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Chassang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mogens Thomsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Delfin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restaurants in the Age of (Big) Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Courant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02504972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social interaction analysis: &amp;quot;in vivo&amp;quot; Restaurant Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Courant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02507255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Cerise - Rapport de synthèse : Etat de l'art sur la gestion de l'évolution de données et documentations semi-structurées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Codreanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] IRIT. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Cerise - Rapport de synthèse : Synthèse pour l'élaboration d'un référentiel d'ingénierie des interfaces entre systèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Clos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] IRIT. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Cerise - Rapport de synthèse : Etat de l'art sur l'analyse d'impact et la traçabilité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Clos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] IRIT. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fant-AS-STIC «Les temps du document numérique», AS-95 - RTP DOC STIC CNRS - Rapport d'activités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Calabretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Lallich-Boidin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] CNRS. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sic_00001162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foundations and practice of security. Part 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mosbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Tawbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufik Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Boulahia-Cuppens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foundations and Practice of Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Montréal, Canada. 14552, Springer Nature Switzerland, 2024, Lecture Notes in Computer Science, 978-3-031-57539-6. </w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-57540-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foundations and practice of security. Part 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mosbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Tawbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufik Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Boulahia-Cuppens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foundations and Practice of Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Montréal, Canada. 14551, Springer Nature Switzerland, 2024, Lecture Notes in Computer Science, 978-3-031-57536-5. </w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-57537-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foundations and Practice of Security: 15th International Symposium, FPS 2022, Ottawa, ON, Canada, December 12–14, 2022, Revised Selected Papers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy-Vincent Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mounier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlisle Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquin Garcia-Alfaro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium, FPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13877, Springer Nature Switzerland, pp.1-471, 2023, Lecture Notes in Computer Science (LNCS), 978-3-031-30121-6. </w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-30122-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04180387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction et gestion des connaissances (EGC'2013), Actes, 29 janvier - 01 février 2013, Toulouse, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Conférence Francophone sur l'Extraction et la Gestion des Connaissances (EGC 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann Editions, 470 p., 2013, Revue des Nouvelles Technologies de l'Information, RNTI-E-24, 978-2-70568-656-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00917853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INFORSID 2002 : Actes du XXème Congrès INFormatique des ORganisations et Systèmes d’Information et de Décision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sèdes, Florence. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Congrès INFormatique des ORganisations et Systèmes d’Information et de Décision (INFORSID 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Nantes, France. Association INFORSID, Toulouse, 434 p., 2002, 2-906855-18-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes & informatique : le grand Bond en avant ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HS2, pp.3-5, 2017, Femmes &amp; Informatique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03286587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SoLoMo : de nouveaux enjeux pour la gestion des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18 (1), 2013, 9782746245686</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03471030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lena fait ses adieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04693692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécurité des SI : La cybersécurité au cœur de la stratégie de l'ESRI (Saison 2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId724"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D49AA115"/>
+    <w:nsid w:val="B7A01CC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-sedes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9273-302X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/033232679" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cyberedu.fr/pages/leprojet/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062932v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence S&#232;des" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Degrace" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-h5358" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940546v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Mohamed Serouis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295065v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Jmal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Masmoudi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Amous Ben Amor" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12083-025-02015-7" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655317v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Amel Zayani" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10207-024-00885-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786696v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.23.47" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857813v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/sif.1024.24.189" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710477v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Amous" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2024.06.019" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786692v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.23.41" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763127v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235469v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Souki" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoudha Ben Djemaa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10586-023-04146-z" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061553v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.21.139" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878581v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Amer-Yahia" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bonifati" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Favre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Fromont" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Labroche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3544903.3544911" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835485v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.09.338" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706895v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Qodseya" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Courant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700168v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Abdelghani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Roman-Jimenez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-021-04205-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167163v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913451v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.18.135" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772116v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.18.81" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913454v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Gaudel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.17.119" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913453v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.17.115" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653205v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Chassang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogens Thomsen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rumeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Delfin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/aic-201523" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506827v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2021.08.111" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913448v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126045v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guyot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Malon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chambon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Charvillat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cvi2.12010" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913459v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.15.109" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03763498v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3548555.3548560" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913456v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.16.109" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913460v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.14.26" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419466v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Washha" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Qaroush" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Mezghani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2019.05.052" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913461v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.13.67" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562118v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Kala&#239;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2017.05.036" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02451040v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/DN.21.3.33-53" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913463v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.12.11" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191829v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Quirin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Abascal Mena" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13053/cys-22-1-2762" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442043v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jeveme Panta" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sulzer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191820v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Ghorbel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P&#233;ninou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/OIR-02-2017-0068" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562112v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJTEL.2018.088343" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709183v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2016.12.003" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548073v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ISI.22.3.65-88" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548079v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13053/CyS-21-3-2550" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511374v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vaton" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913439v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.HS2.3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913438v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.HS2.51" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873691v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3124104.3124111" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429680v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirinya On-At" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.21.4.67-81" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491214v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Canut" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/is.21.2.65-94" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447336v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Codreanu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Oria" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.21.3.75-91" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209323v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiswendsida Kisito Kabor&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Si&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJITST.2015.073919" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371778v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283863v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Abascal-Mena" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Lema" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-015-0280-2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220758v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Illari" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Natale" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Hanjalic" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMUL.2014.12" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467040v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Al Kukhun" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Manzat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.18.1.125-149" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7C384B58C1AC8550F81594AAB3BA1473AC8E00CC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467042v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233; Tchuente" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Jessel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193101v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laborie" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Soukkarieh" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138555v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-013-0113-0" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03614676v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645742v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Monteil" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Paegelow" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761357v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WIA-2012-0245" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763191v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Brut" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761369v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Daniel Dumitrescu" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TLT.2010.40" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763199v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Broisin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Butoianu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vidal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2010.08.009" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538160v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Encelle" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15367960802301010" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512661v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahed Alboody" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Inglada" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1517463.1517464" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765446v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJBIDM.2009.026904" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765449v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dn.12.1.11-29%20" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442150v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMUL.2009.68" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771521v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dn.12.3.59-78" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765451v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771530v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771542v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romulus Grigoras" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJWGS.2008.021497" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356865v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine De Calm&#232;s" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Prade" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773761v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayez Gargouri" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773771v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Lopez-Ornelas" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.8212" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358850v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/int.20225" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B5227DE1811E9FA456DEF89E5656EC7A9B995CF2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783521v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783523v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Camps" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783519v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Flouzat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783518v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Chevalier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783522v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515961v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lef&#232;vre" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370931v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dubois" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyke H&#252;llermeier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218488503001941" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783532v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Jedidi" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783542v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Metais" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783541v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chrisment" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783536v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394656v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/69.929896" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790365v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790375v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224483v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Boukharouba" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Verhaeghe" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02088-8_29" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295114v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909771v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Serouis" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sedes" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-2074-6_7" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069766v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-92474-3_3" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909797v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData62323.2024.10825193" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363786v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-49333-1_22" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710473v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvio Barbon Junior" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ceravolo" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Groppe" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Jarrar" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Maghool" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3663741.3664785" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667517v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705213v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Lateb" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Bouarab-Dahmani" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613192v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04756288v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob61911.2024.10770451" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295118v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lateb Nassim" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDiS63605.2024.10783296" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253452v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mouysset" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583780.3615998" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553624v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012202600003584" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530169v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WETICE57085.2023.10477806" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235484v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35317-8_60" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085651v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Casanove" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815005v3" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier De Casanove" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30122-3_13" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783370v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686718v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817559v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Decullier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249016v4" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leleu" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12172-2_4" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184015v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ephe.hal.science/hal-03001008v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3407023.3407069" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184004v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-34986-8_28" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942343v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juyeon Kang Choi" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eun-Bee Kang" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RE.2019.00035" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621661v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kriangsak Srisombat" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299242v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930110v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMI.2019.8877471" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621680v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268010v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Novoseltseva" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684113v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3204949.3208133" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279406v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juyeon Kang" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RE.2018.00037" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280353v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2018.8406677" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305354v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91947-8_52" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623089v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Roman Jimenez" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622638v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3282353.3282368" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191799v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDEW.2018.00034" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621820v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3282461.3282465" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684061v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-05710-7_33" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296115v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12143-3_5" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191796v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871343v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871345v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2017.08.075" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109249v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Mezghani" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Kaouk" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Luc Beylot" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2017.7925787" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871344v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60045-1_24" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570810v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24348/coria.2017" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624136v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809318v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006314006100622" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116278v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dania Shilleh" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Ghawadrah" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reem Jazi" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006372006630675" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159075v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.26504.21763" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692695v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165010v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Amours Ben Amor" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53480-0_54" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625895v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3007120.3007154" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159076v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514634v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2016.7549325" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159077v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3012071.3012078" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625887v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3005422.3005424" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165029v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01702224v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45234-0_39" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662677v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664910v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23201-0_53" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343039v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARES.2015.102" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364030v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005377006320639" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343052v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2808797.2809415" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379380v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379390v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343038v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080572v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDIM.2014.6991421" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147320v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2014.6861047" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147325v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2014.6861066" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178560v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081385v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140360v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668934v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202527v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiswendsida K. Kabor&#233;" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Sie" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICITST.2013.6750263" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082680v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Trausan-Matu" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2536146.2536172" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141635v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217394v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40511-2_20" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225774v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761367v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuquing Sun" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bertino" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761362v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761366v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761365v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761361v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761363v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASONAM.2012.53" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00652748v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chague" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan d'Hose" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Goudou" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Dorizzi" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Giulieri" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763186v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763187v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Trausan Matu" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817372v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23737-9_25" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-6165BS2Z-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763190v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2011.71" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763185v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Soubie" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2011.5960180" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761372v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-22247-4_4" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817375v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MUE.2011.49" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763188v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23091-2_22" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763189v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Claude" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boyer" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Durand" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC.2011.11" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761370v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MDM.2011.26" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763197v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moultazem Ghazal" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763192v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2010.136" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496706v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763196v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-27169-4_3" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763195v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763198v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763200v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763201v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763194v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DBKDA.2010.28" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389905v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435661v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765454v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihen Ma&#226;zoun" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765452v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIW.2009.39" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765450v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512741v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765453v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512746v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DBKDA.2009.13" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409967v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-04590-5_5" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765447v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISIS.2009.180" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817378v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NTMS.2009.5384702" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771535v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISIS.2008.123" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773754v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773753v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lobna Hlaoua" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771528v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAS.2008.28" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773752v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771529v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTTA.2008.4530005" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771527v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gaspard" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pietquin" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Seignole" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771540v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-69916-3_6" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771537v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toader Jucan" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-09729-9_33" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771534v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773755v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2008.4779020" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771536v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771538v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512759v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTTA.2008.4530039" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771526v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDEW.2008.4498308" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771539v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2008.4632090" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773757v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773767v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWS.2007.110" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773772v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdoulayne Hanifi" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Aboutajdine" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Lasfar" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773773v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773765v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773759v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Gabriel Boyer" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773763v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lafar" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773762v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeslame Alilaouar" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773760v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0002396502370242" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773770v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Zayani" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773756v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773764v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-84628-976-7_16" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-PBTFR0GS-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773766v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783520v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783526v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783524v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783529v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783527v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783528v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783531v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Laporterie-Dejean" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375248v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375249v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783533v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783540v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-46102-7_45" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790355v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Herv&#233;" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378861v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FUZZ.2002.1005084" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783538v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783537v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783539v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377597v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790364v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790359v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790361v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790363v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790366v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790362v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790358v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790360v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638821v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boissi&#232;re" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Maurel" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Christophe" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Mojahid" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Oriola" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790368v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790370v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790371v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790373v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Djennane" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790372v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Barros" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790374v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790377v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Comparot" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Lambolez" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668829v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213939v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02504991v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Poulain" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Simoulin" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303822v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irit.fr/EGC2013/index.php?page=posters" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003828v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/how-information-systems-can-help-in-alarm-alert-detection/sedes/978-1-78548-302-8" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034003v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B9781785483028500083" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-302-8.50008-3" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109254v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Sharp" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieslaw Lubaszewski" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/cognitive-approach-to-natural-language-processing/sharp/978-1-78548-253-3" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165009v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delmas" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Polacsek" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documentation.ensg.eu/index.php?lvl=bulletin_display&amp;amp;id=27510" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953365v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Calvary" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tigli" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wiley.com/en-us/Computer+Science+and+Ambient+Intelligence-p-9781848214378" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118580974" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761353v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870787v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ogier" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marquis" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761358v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.lavoisier.fr/informatique/geomatique-et-ingenierie-de-l-information-ingenierie-des-systemes-d-information-rsti-serie-isi-volume-17-n-1-janvier-fevrier-2012/monteil/hermes-science-publications/livre/9782746239401" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761355v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Calvary" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/informatique/informatique-et-intelligence-ambiante/calvary/descriptif-9782746229815" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771525v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Menga" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dl.acm.org/doi/proceedings/10.1145/1739268" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1739268" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765445v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iieta.org/Journals/ISI" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771532v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Desainte-Catherine" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dn.revuesonline.com/resnum.jsp?editionId=1191" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773768v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783534v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783535v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Isaias" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Augusto Wrede" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790356v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295111v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857799v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-81900-1_10" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715803v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03325984v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Azzini" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvio Barbon Jr." TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Bellandi" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziana Catarci" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-030-81701-5_4" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-81701-5_4" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109245v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/referenceworkentry/10.1007%2F978-1-4614-7163-9_110149-1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-7163-9_110149-1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109246v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-319-53420-6_2" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53420-6_2" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512655v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.igi-global.com/gateway/chapter/66760" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-61692-868-1.ch006" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761359v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761364v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Marraud" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cepas" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christianne Mulat" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/electricite-electronique/outils-d-analyse-video/dufour/descriptif-9782746238909" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761360v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Akhras" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353187v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien B&#233;nel" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Calabretto" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eglin" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gensel" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Murisasco" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761368v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781118577851.ch3" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118577851.ch3" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761356v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gabriel Boyer" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-7091-0738-6_6" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7091-0738-6_6" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763193v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.igi-global.com/chapter/ontology-based-multimedia-indexing/42895" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-61520-859-3.ch013" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437642v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.igi-global.com/chapter/adapted-multimodal-end-user-interfaces/35897" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-60566-386-9.ch019" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771541v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.igi-global.com/book/collaborative-social-information-retrieval-access/160" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773758v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger T. P&#233;dauque" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/donnees-informatique-ia-ihm/354-la-redocumentarisation-du-monde-9782854287288.html" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106582v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Boidin-Lallich" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Nanard" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pri&#233;" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783543v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-1-4615-1141-0_11" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4615-1141-0_11" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385608v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-35561-0_13" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790369v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790367v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lema&#238;tre" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.techniques-ingenieur.fr/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03954196v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Helme-Guizon" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ternon" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165030v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213941v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219893v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02504972v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02507255v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771522v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771524v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Clos" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771523v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00001162v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Lallich-Boidin" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734288v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mosbah" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Tawbi" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Ahmed" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Boulahia-Cuppens" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57540-2" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601607v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57537-2" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180387v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Vincent Jourdan" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mounier" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlisle Adams" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Garcia-Alfaro" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30122-3" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917853v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Vrain" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790357v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03286587v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03471030v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693692v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04756314v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-sedes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9273-302X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/033232679" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cyberedu.fr/pages/leprojet/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062932v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence S&#232;des" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Degrace" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-h5358" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940546v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Mohamed Serouis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295065v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Jmal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Masmoudi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Amous Ben Amor" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12083-025-02015-7" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655317v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Amel Zayani" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10207-024-00885-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786696v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.23.47" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857813v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/sif.1024.24.189" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786692v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.23.41" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710477v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Amous" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2024.06.019" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763127v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235469v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Souki" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoudha Ben Djemaa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10586-023-04146-z" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061553v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.21.139" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706895v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Qodseya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Courant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835485v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.09.338" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878581v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Amer-Yahia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bonifati" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Favre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Fromont" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Labroche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3544903.3544911" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700168v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Abdelghani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Roman-Jimenez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-021-04205-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167163v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913451v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.18.135" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772116v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.18.81" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913454v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Gaudel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.17.119" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913453v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.17.115" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653205v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Chassang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogens Thomsen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rumeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Delfin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/aic-201523" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126045v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guyot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Malon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chambon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Charvillat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cvi2.12010" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506827v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2021.08.111" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913448v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03763498v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3548555.3548560" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913459v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.15.109" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913456v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.16.109" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913460v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.14.26" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419466v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Washha" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Qaroush" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Mezghani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2019.05.052" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913461v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.13.67" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442043v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jeveme Panta" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sulzer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191829v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Quirin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Abascal Mena" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13053/cys-22-1-2762" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02451040v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/DN.21.3.33-53" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913463v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.12.11" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562118v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Kala&#239;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2017.05.036" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191820v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Ghorbel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P&#233;ninou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/OIR-02-2017-0068" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562112v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJTEL.2018.088343" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548079v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13053/CyS-21-3-2550" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548073v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ISI.22.3.65-88" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709183v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2016.12.003" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511374v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vaton" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913439v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.HS2.3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913438v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.HS2.51" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873691v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3124104.3124111" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429680v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirinya On-At" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.21.4.67-81" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491214v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Canut" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/is.21.2.65-94" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447336v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Codreanu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Oria" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.21.3.75-91" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209323v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiswendsida Kisito Kabor&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Si&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJITST.2015.073919" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371778v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283863v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Abascal-Mena" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Lema" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-015-0280-2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220758v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Illari" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Natale" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Hanjalic" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMUL.2014.12" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467040v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Al Kukhun" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Manzat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.18.1.125-149" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7C384B58C1AC8550F81594AAB3BA1473AC8E00CC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138555v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233; Tchuente" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Jessel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-013-0113-0" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193101v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laborie" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Soukkarieh" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467042v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03614676v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645742v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Monteil" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Paegelow" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761357v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WIA-2012-0245" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763191v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Brut" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761369v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Daniel Dumitrescu" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TLT.2010.40" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763199v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Broisin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Butoianu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vidal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2010.08.009" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538160v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Encelle" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15367960802301010" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512661v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahed Alboody" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Inglada" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1517463.1517464" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771521v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dn.12.3.59-78" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765449v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dn.12.1.11-29%20" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442150v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMUL.2009.68" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765446v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJBIDM.2009.026904" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765451v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771530v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771542v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romulus Grigoras" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJWGS.2008.021497" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356865v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine De Calm&#232;s" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Prade" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773761v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayez Gargouri" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773771v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Lopez-Ornelas" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.8212" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358850v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/int.20225" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B5227DE1811E9FA456DEF89E5656EC7A9B995CF2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783523v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Camps" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783521v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783519v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Flouzat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783518v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Chevalier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783522v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515961v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lef&#232;vre" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370931v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dubois" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyke H&#252;llermeier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218488503001941" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783532v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Jedidi" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783542v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Metais" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783541v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chrisment" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783536v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394656v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/69.929896" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790365v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790375v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224483v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Boukharouba" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Verhaeghe" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02088-8_29" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295114v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909771v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Serouis" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sedes" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-2074-6_7" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069766v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-92474-3_3" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909797v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData62323.2024.10825193" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710473v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvio Barbon Junior" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ceravolo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Groppe" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Jarrar" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Maghool" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3663741.3664785" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363786v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-49333-1_22" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04756288v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob61911.2024.10770451" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613192v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667517v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705213v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Lateb" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Bouarab-Dahmani" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295118v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lateb Nassim" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDiS63605.2024.10783296" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530169v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WETICE57085.2023.10477806" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253452v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mouysset" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583780.3615998" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553624v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012202600003584" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235484v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35317-8_60" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085651v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Casanove" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815005v3" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier De Casanove" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30122-3_13" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783370v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686718v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817559v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Decullier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249016v4" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leleu" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12172-2_4" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ephe.hal.science/hal-03001008v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3407023.3407069" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184015v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184004v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-34986-8_28" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942343v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juyeon Kang Choi" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eun-Bee Kang" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RE.2019.00035" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299242v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621661v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kriangsak Srisombat" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930110v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMI.2019.8877471" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621680v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268010v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Novoseltseva" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280353v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2018.8406677" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279406v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juyeon Kang" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RE.2018.00037" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684113v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3204949.3208133" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305354v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91947-8_52" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191799v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDEW.2018.00034" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623089v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Roman Jimenez" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622638v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3282353.3282368" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684061v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-05710-7_33" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621820v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3282461.3282465" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296115v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12143-3_5" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191796v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871343v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871345v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2017.08.075" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871344v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60045-1_24" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109249v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Mezghani" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Kaouk" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Luc Beylot" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2017.7925787" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570810v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24348/coria.2017" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624136v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809318v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006314006100622" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116278v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dania Shilleh" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Ghawadrah" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reem Jazi" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006372006630675" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159075v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.26504.21763" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159077v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3012071.3012078" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159076v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514634v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2016.7549325" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692695v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625895v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3007120.3007154" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165010v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Amours Ben Amor" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53480-0_54" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625887v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3005422.3005424" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165029v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01702224v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45234-0_39" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662677v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664910v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23201-0_53" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343052v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2808797.2809415" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379380v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364030v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005377006320639" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343039v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARES.2015.102" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379390v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343038v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080572v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDIM.2014.6991421" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147325v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2014.6861066" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147320v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2014.6861047" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178560v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081385v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140360v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668934v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082680v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Trausan-Matu" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2536146.2536172" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202527v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiswendsida K. Kabor&#233;" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Sie" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICITST.2013.6750263" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141635v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217394v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40511-2_20" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225774v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761367v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuquing Sun" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bertino" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761362v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761366v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761365v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761361v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761363v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASONAM.2012.53" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763187v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Trausan Matu" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00652748v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chague" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan d'Hose" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Goudou" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Dorizzi" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Giulieri" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763186v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763185v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Soubie" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2011.5960180" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817372v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23737-9_25" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-6165BS2Z-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763190v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2011.71" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761372v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-22247-4_4" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817375v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MUE.2011.49" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763188v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23091-2_22" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763189v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Claude" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boyer" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Durand" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC.2011.11" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761370v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MDM.2011.26" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763197v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moultazem Ghazal" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763192v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2010.136" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496706v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763201v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763200v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763195v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763198v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763196v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-27169-4_3" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763194v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DBKDA.2010.28" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435661v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389905v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765454v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihen Ma&#226;zoun" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765452v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIW.2009.39" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765450v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409967v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-04590-5_5" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512746v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DBKDA.2009.13" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765453v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512741v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765447v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISIS.2009.180" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817378v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NTMS.2009.5384702" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771535v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISIS.2008.123" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773754v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773753v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lobna Hlaoua" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773755v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2008.4779020" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771534v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771537v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toader Jucan" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-09729-9_33" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771540v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-69916-3_6" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771527v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gaspard" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pietquin" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Seignole" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773752v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771528v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAS.2008.28" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771529v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTTA.2008.4530005" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771536v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512759v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTTA.2008.4530039" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771538v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771539v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2008.4632090" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771526v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDEW.2008.4498308" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773767v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWS.2007.110" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773772v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdoulayne Hanifi" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Aboutajdine" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Lasfar" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773757v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773773v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773763v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lafar" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773759v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Gabriel Boyer" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773765v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773762v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeslame Alilaouar" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773760v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0002396502370242" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773770v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Zayani" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773764v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-84628-976-7_16" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-PBTFR0GS-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773756v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773766v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783520v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783526v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783524v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783529v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783527v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783531v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Laporterie-Dejean" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783528v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375248v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375249v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783533v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783540v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-46102-7_45" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790355v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Herv&#233;" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783539v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783537v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783538v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378861v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FUZZ.2002.1005084" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377597v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790364v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790359v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790362v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790366v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790363v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790361v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790360v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790358v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638821v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boissi&#232;re" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Maurel" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Christophe" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Mojahid" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Oriola" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790368v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790370v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790371v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790373v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Djennane" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790372v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Barros" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790374v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790377v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Comparot" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Lambolez" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668829v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213939v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02504991v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Poulain" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Simoulin" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303822v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irit.fr/EGC2013/index.php?page=posters" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003828v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/how-information-systems-can-help-in-alarm-alert-detection/sedes/978-1-78548-302-8" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034003v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B9781785483028500083" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-302-8.50008-3" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109254v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Sharp" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieslaw Lubaszewski" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/cognitive-approach-to-natural-language-processing/sharp/978-1-78548-253-3" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165009v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delmas" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Polacsek" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documentation.ensg.eu/index.php?lvl=bulletin_display&amp;amp;id=27510" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953365v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Calvary" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tigli" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wiley.com/en-us/Computer+Science+and+Ambient+Intelligence-p-9781848214378" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118580974" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761353v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870787v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ogier" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marquis" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761358v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.lavoisier.fr/informatique/geomatique-et-ingenierie-de-l-information-ingenierie-des-systemes-d-information-rsti-serie-isi-volume-17-n-1-janvier-fevrier-2012/monteil/hermes-science-publications/livre/9782746239401" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761355v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Calvary" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/informatique/informatique-et-intelligence-ambiante/calvary/descriptif-9782746229815" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771525v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Menga" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dl.acm.org/doi/proceedings/10.1145/1739268" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1739268" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765445v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iieta.org/Journals/ISI" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771532v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Desainte-Catherine" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dn.revuesonline.com/resnum.jsp?editionId=1191" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773768v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783534v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783535v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Isaias" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Augusto Wrede" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790356v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295111v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857799v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-81900-1_10" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715803v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03325984v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Azzini" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvio Barbon Jr." TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Bellandi" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziana Catarci" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-030-81701-5_4" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-81701-5_4" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109245v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/referenceworkentry/10.1007%2F978-1-4614-7163-9_110149-1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-7163-9_110149-1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109246v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-319-53420-6_2" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53420-6_2" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761359v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512655v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.igi-global.com/gateway/chapter/66760" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-61692-868-1.ch006" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353187v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien B&#233;nel" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Calabretto" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eglin" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gensel" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Murisasco" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761364v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Marraud" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cepas" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christianne Mulat" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/electricite-electronique/outils-d-analyse-video/dufour/descriptif-9782746238909" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761360v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Akhras" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761368v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781118577851.ch3" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118577851.ch3" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761356v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gabriel Boyer" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-7091-0738-6_6" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7091-0738-6_6" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763193v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.igi-global.com/chapter/ontology-based-multimedia-indexing/42895" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-61520-859-3.ch013" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437642v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.igi-global.com/chapter/adapted-multimodal-end-user-interfaces/35897" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-60566-386-9.ch019" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771541v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.igi-global.com/book/collaborative-social-information-retrieval-access/160" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773758v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger T. P&#233;dauque" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/donnees-informatique-ia-ihm/354-la-redocumentarisation-du-monde-9782854287288.html" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106582v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Boidin-Lallich" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Nanard" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pri&#233;" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783543v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-1-4615-1141-0_11" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4615-1141-0_11" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385608v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-35561-0_13" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790369v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790367v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lema&#238;tre" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.techniques-ingenieur.fr/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03954196v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Helme-Guizon" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ternon" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165030v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213941v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219893v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02504972v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02507255v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771522v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771524v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Clos" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771523v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00001162v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Lallich-Boidin" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734288v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mosbah" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Tawbi" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Ahmed" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Boulahia-Cuppens" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57540-2" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601607v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57537-2" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180387v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Vincent Jourdan" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mounier" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlisle Adams" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Garcia-Alfaro" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30122-3" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917853v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Vrain" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790357v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03286587v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03471030v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693692v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04756314v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>