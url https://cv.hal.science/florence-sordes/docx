--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -489,529 +489,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05008601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The level of education is associated with an anxiety-depressive state among men and women – findings from France during the first quarter of the COVID-19 pandemic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Endométriose et qualité de vie : le rôle du soutien social et des stratégies de coping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandra Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Joannès</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clotilde Garraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Sordes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12889-023-16280-9⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 579 (1), pp.47-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/bupsy.579.0047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04167806v1</w:t>
+                <w:t xml:space="preserve">hal-04138824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endométriose et qualité de vie : le rôle du soutien social et des stratégies de coping</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The level of education is associated with an anxiety-depressive state among men and women – findings from France during the first quarter of the COVID-19 pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Joannès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niamh M Redmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Kelly-Irving</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">josephine klinkenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandra Guillemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 579 (1), pp.47-58. </w:t>
+              <w:t xml:space="preserve">BMC Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (1), pp.1405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/bupsy.579.0047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12889-023-16280-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04138824v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04167806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and preliminary validation of the questionnaire 'Evaluation of the constitution of social circles (ECSC)' in patients treated for cancer of the upper aerodigestive tract</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alcohol Use in Older Adults: A Systematic Review of Biopsychosocial Factors, Screening Tools, and Treatment Options</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Megherbi-Moulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Igier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Balaguer</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bénédicte Julian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Franchitto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Sordes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Folia Phoniatrica et Logopaedica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000525352⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Mental Health and Addiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22, pp.2073-2115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11469-022-00974-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03716864v1</w:t>
+                <w:t xml:space="preserve">hal-03903989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alcohol Use in Older Adults: A Systematic Review of Biopsychosocial Factors, Screening Tools, and Treatment Options</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valérie Igier</w:t>
+                <w:t xml:space="preserve">Development and preliminary validation of the questionnaire 'Evaluation of the constitution of social circles (ECSC)' in patients treated for cancer of the upper aerodigestive tract</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Balaguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Pommée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pinquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Farinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Julian</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Virginie Woisard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mental Health and Addiction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22, pp.2073-2115. </w:t>
+              <w:t xml:space="preserve">Folia Phoniatrica et Logopaedica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 75 (1), pp.52-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11469-022-00974-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1159/000525352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03903989v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determinants of sanitary measures and lockdown compliance among health professionals during the COVID-19 pandemic</w:t>
               </w:r>
@@ -1121,382 +1121,382 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03564652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détresse psychologique et sentiment de solitude : quels impacts du confinement lié à la Covid-19 dans la population française ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cassandra Guillemot</w:t>
+                <w:t xml:space="preserve">De la créativité pour une meilleure qualité de vie durant un cancer : une étude expérimentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Croiset</w:t>
+                <w:t xml:space="preserve">Marie Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzo Cipriani</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adeline Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Dérédec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Dally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Trauma and Dissociation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejtd.2020.100189⟩</w:t>
+              <w:t xml:space="preserve">Cancer(s) et Psy(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (1), pp.129-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/crpsy.005.0129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03623120v1</w:t>
+                <w:t xml:space="preserve">hal-04027122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la créativité pour une meilleure qualité de vie durant un cancer : une étude expérimentale</w:t>
+                <w:t xml:space="preserve">The difference in cancer experience in creative people. An exploratory study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Adeline Cabot</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Sordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Dérédec</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Luc Sudres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer(s) et Psy(s)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/crpsy.005.0129⟩</w:t>
+              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 179 (5), pp.438-441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2020.08.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04027122v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04027140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The difference in cancer experience in creative people. An exploratory study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Détresse psychologique et sentiment de solitude : quels impacts du confinement lié à la Covid-19 dans la population française ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandra Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Croiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Sudres</w:t>
+                <w:t xml:space="preserve">Enzo Cipriani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 179 (5), pp.438-441. </w:t>
+              <w:t xml:space="preserve">European Journal of Trauma and Dissociation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (2), pp.100189. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.amp.2020.08.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejtd.2020.100189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04027140v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03623120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parcours de soin disparate et complexe : évaluations et impacts sur la qualité de vie des patientes endométriosiques</w:t>
               </w:r>
@@ -1997,51 +1997,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Buttin-Longueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes-Ader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Sudres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Domaison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2304,191 +2304,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04973996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment réinventer le soutien aux aidants de patients dialysés ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ilaisa Vaimua Selui</w:t>
+                <w:t xml:space="preserve">Exploration des déterminants psychologiques de la persistance de la consommation de tabac et d'alcool chez les patients atteints de cancer des VADS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaëlle Preaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La psychologie dans tous ses états - édition n°2 autour de Annalisa Casini, Dec 2024, Toulouse, France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nicole Cantisano; Valérie Le Floch, Dec 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">12èmes Journées Doctorales de l'Association Francophone de Psychologie de la Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFPSA, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04831171v1</w:t>
+                <w:t xml:space="preserve">hal-04973973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration des déterminants psychologiques de la persistance de la consommation de tabac et d'alcool chez les patients atteints de cancer des VADS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anaëlle Preaubert</w:t>
+                <w:t xml:space="preserve">Comment réinventer le soutien aux aidants de patients dialysés ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaisa Vaimua Selui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12èmes Journées Doctorales de l'Association Francophone de Psychologie de la Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFPSA, Jun 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">La psychologie dans tous ses états - édition n°2 autour de Annalisa Casini, Dec 2024, Toulouse, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nicole Cantisano; Valérie Le Floch, Dec 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04973973v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04831171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs prédictifs à l'arrêt de la consommation de tabac et d'alcool après un diagnostic de cancer ORL.</w:t>
               </w:r>
@@ -2720,51 +2720,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dialyse et psychologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaisa Vaimua Selui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3031,77 +3031,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Simpps UFTMP de Toulouse. Retour d’expérience pendant le confinement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzo Cipriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandra Guillemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Croiset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La santé mentale sur les campus universitaires face aux défis contemporains : de la discrimination à la COVID-19. Regards croisés : Communication, Droit et Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3329,355 +3329,355 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive factors for smoking and alcohol cessation following a diagnosis of head and neck cancer</w:t>
+                <w:t xml:space="preserve">Compréhension des déterminants de la persistance de la consommation de tabac et d'alcool chez les patients atteints de cancer ORL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaëlle Preaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th Annual Conference of the European Health Psychology Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Cascais, Portugal</w:t>
+              <w:t xml:space="preserve">19èmes journées scientifiques du GREPACO : Psychopathologie cognitive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, TOULOUSE (Université Jean Jaurès), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04973921v1</w:t>
+                <w:t xml:space="preserve">hal-04973904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compréhension des déterminants de la persistance de la consommation de tabac et d'alcool chez les patients atteints de cancer ORL</w:t>
+                <w:t xml:space="preserve">Predictive factors for smoking and alcohol cessation following a diagnosis of head and neck cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaëlle Preaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19èmes journées scientifiques du GREPACO : Psychopathologie cognitive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, TOULOUSE (Université Jean Jaurès), France</w:t>
+              <w:t xml:space="preserve">38th Annual Conference of the European Health Psychology Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Cascais, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04973904v1</w:t>
+                <w:t xml:space="preserve">hal-04973921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche psychologique du vécu de l'hémodialyse chez le patient et l'aidant : déterminants de la qualité de vie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les déterminants du sevrage de l'alcool et du tabac dans le cas des cancers VADS : Quels enseignements pour une future prise en charge ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaëlle Preaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ilaisa Vaimua Selui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'Association Francophone de Psychologie de la Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Montpelier, France</w:t>
+              <w:t xml:space="preserve">Journée Scientifique des Doctorants de l'Ecole Doctorale CLESCO 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04398492v1</w:t>
+                <w:t xml:space="preserve">hal-04478226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les déterminants du sevrage de l'alcool et du tabac dans le cas des cancers VADS : Quels enseignements pour une future prise en charge ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Qualité de vie de la dyade patient-aidant et prise en charge dans le cas de l’hémodialyse chez les patients insuffisants rénaux : proposition d’un protocole de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaisa Vaimua Selui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12èmes Congrès de l'Association Francophone de Psychologie de la Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Montpellier Université Paul Valéry-Montpellier 3, France</w:t>
+              <w:t xml:space="preserve">Journée Scientifique des Doctorants de l'école doctorale Clesco</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04470967v1</w:t>
+                <w:t xml:space="preserve">hal-04398480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déterminants du sevrage de l'alcool et du tabac dans le cas des cancers VADS : Quels enseignements pour une future prise en charge ?</w:t>
               </w:r>
@@ -3693,276 +3693,276 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Anaëlle Preaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique des Doctorants de l'Ecole Doctorale CLESCO 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">12èmes Congrès de l'Association Francophone de Psychologie de la Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Montpellier Université Paul Valéry-Montpellier 3, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04478226v1</w:t>
+                <w:t xml:space="preserve">hal-04470967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité de vie de la dyade patient-aidant et prise en charge dans le cas de l’hémodialyse chez les patients insuffisants rénaux : proposition d’un protocole de recherche</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptation transculturelle et validation de l'échelle de bien-être subjectif (ebes) dans la population générale française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Megherbi-Moulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Jullian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Franchitto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Igier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ilaisa Vaimua Selui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique des Doctorants de l'école doctorale Clesco</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">12ème Congrès de l'AFPSA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04398480v1</w:t>
+                <w:t xml:space="preserve">hal-04355847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation transculturelle et validation de l'échelle de bien-être subjectif (ebes) dans la population générale française</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Approche psychologique du vécu de l'hémodialyse chez le patient et l'aidant : déterminants de la qualité de vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaisa Vaimua Selui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème Congrès de l'AFPSA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Congrès de l'Association Francophone de Psychologie de la Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Montpelier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04355847v1</w:t>
+                <w:t xml:space="preserve">hal-04398492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déterminants du sevrage de l'alcool et du tabac dans le cas des cancers VADS : Quels enseignements pour une future prise en charge ?</w:t>
               </w:r>
@@ -4106,269 +4106,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04470838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La consommation d'alcool chez les personnes âgées : Une étude systématique des facteurs biopsychosociaux, des outils de dépistage et des options thérapeutiques</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Valérie Igier</w:t>
+                <w:t xml:space="preserve">Dyadicope-Qol - Les déterminants psychosociaux de la qualité de vie des aidants naturels des patients atteints de lymphome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dylan Muccia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Cantisano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisèle Compaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Congrès Francophone Fragilité du Sujet Âgé et Prévention de la Perte d’Autonomie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">11ème Congrès de l’Association Francophone de Psychologie de la Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Visio Conférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04362318v1</w:t>
+                <w:t xml:space="preserve">hal-04677759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dyadicope-Qol - Les déterminants psychosociaux de la qualité de vie des aidants naturels des patients atteints de lymphome</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guy Laurent</w:t>
+                <w:t xml:space="preserve">La consommation d'alcool chez les personnes âgées : Une étude systématique des facteurs biopsychosociaux, des outils de dépistage et des options thérapeutiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Megherbi-Moulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Franchitto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Jullian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Igier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sordes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème Congrès de l’Association Francophone de Psychologie de la Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Visio Conférence, France</w:t>
+              <w:t xml:space="preserve">9ème Congrès Francophone Fragilité du Sujet Âgé et Prévention de la Perte d’Autonomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04677759v1</w:t>
+                <w:t xml:space="preserve">hal-04362318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact psychologique de la différence de parcours de soins des patients traités par anticancéreux à domicile</w:t>
               </w:r>
@@ -4780,51 +4780,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472662v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Megherbi-Moulay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Jullian" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Franchitto" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Igier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sordes Florence" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18343123" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023530v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sordes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11482-025-10439-9" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008601v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Guillemot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Klinkenberg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2023.06.019" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167806v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Joann&#232;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niamh M Redmond" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Kelly-Irving" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=josephine klinkenberg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-023-16280-9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138824v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Garraud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.579.0047" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716864v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Balaguer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Pomm&#233;e" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinquier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Farinas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Woisard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000525352" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903989v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Julian" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-022-00974-z" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564652v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Muccia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dajon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecylia Ablana" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Delpech" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2022.100760" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623120v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Croiset" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Cipriani" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejtd.2020.100189" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027122v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leli&#232;vre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cabot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny D&#233;r&#233;dec" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Dally" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crpsy.005.0129" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027140v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Sudres" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2020.08.019" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191114v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490906v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Croiset" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2019.07.001" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111544v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dhellemmes" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;lan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2019.09.009" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111540v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delmas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2018.10.007" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04450211v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Sudres" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597193v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Buttin-Longueville" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sordes-Ader" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Domaison" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02073771v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Esparb&#232;s-Pistre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tap" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/spira.1997.1596" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973996v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Preaubert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raynal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831171v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaisa Vaimua Selui" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973973v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973944v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973869v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04470935v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04398470v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;sir&#233;e Lamarque" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973828v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677747v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Compaci" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Laurent" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433646v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695846v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968976v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973921v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973904v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04398492v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04470967v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04478226v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04398480v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355847v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04470829v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04470838v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362318v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677759v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695867v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04204955v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.7571" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472662v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Megherbi-Moulay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Jullian" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Franchitto" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Igier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sordes Florence" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18343123" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023530v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sordes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11482-025-10439-9" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008601v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Guillemot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Klinkenberg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2023.06.019" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138824v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Garraud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.579.0047" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167806v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Joann&#232;s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niamh M Redmond" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Kelly-Irving" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=josephine klinkenberg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-023-16280-9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903989v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Julian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-022-00974-z" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716864v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Balaguer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Pomm&#233;e" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinquier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Farinas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Woisard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000525352" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564652v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Muccia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dajon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecylia Ablana" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Delpech" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2022.100760" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027122v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leli&#232;vre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cabot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny D&#233;r&#233;dec" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Dally" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crpsy.005.0129" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027140v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Sudres" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2020.08.019" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623120v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Croiset" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Cipriani" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejtd.2020.100189" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191114v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490906v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Croiset" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2019.07.001" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111544v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dhellemmes" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;lan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2019.09.009" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111540v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delmas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2018.10.007" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04450211v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Sudres" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597193v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Buttin-Longueville" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sordes-Ader" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Domaison" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02073771v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Esparb&#232;s-Pistre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tap" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/spira.1997.1596" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973996v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Preaubert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raynal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973973v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831171v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaisa Vaimua Selui" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973944v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973869v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04470935v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04398470v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;sir&#233;e Lamarque" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973828v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677747v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Compaci" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Laurent" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433646v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695846v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968976v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973904v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973921v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04478226v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04398480v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04470967v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355847v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04398492v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04470829v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04470838v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677759v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362318v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695867v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04204955v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.7571" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>