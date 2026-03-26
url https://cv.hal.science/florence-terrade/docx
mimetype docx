--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Florence Terrade </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure de Psychologie de la santé</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">florence-terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0008-2747-9791</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">087293447</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000140037367</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Endometriosis Support and Development of Digital Technology–Based Interventions: Systematic Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Nadarajah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cabagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JMIR Human Factors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12, pp.e71859. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/71859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05315251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing deterrents to engage in plasmapheresis donation: Evaluation of an experimental flyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel-Tréhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Lebaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Danic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfusion Clinique et Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32 (1), pp.69-76. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2025.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptability of a physical activity program using a digital tool in the management of endometriosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cabagno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Disability and Rehabilitation: Assistive Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17483107.2025.2569791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05301964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychosocial and cognitive engineering contributions to blood transfusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel-Tréhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Lebaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Danic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfusion Clinique et Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26 (3), pp.184-187. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2019.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are French pig farmers and veterinarians knowledgeable about emerging foodborne pathogens? The case of hepatitis E virus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Salines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Andraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preventive Veterinary Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 156, pp.1 - 7. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.prevetmed.2018.04.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determinants of plasma donation: A review of the literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel-Tréhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Lebaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Danic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfusion Clinique et Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (3), pp.106 - 109. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2017.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between quality of life of adolescents with type 1 diabetes and parents’ illness perception as evaluated by adolescents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Terrasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Nivot-Adamiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Aline Guitteny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology, Health and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 23 (3), pp.347 - 359. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13548506.2017.1348608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’engagement dans le don de plasma : étude des déterminants chez des donneurs réguliers en plasmaphérèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delépine-Farvacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Danic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Lebaudy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfusion Clinique et Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (2), pp.38 - 46. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2017.02.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From technological acceptability to appropriation by users : Methodological steps for device assessment in road safety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herî Barbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Anceaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Greffeuille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 67 (3396), pp.159-165. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aap.2014.01.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01470381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologie communautaire et psychologie de la santé : l’implication de la recherche psychosociale dans la promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Préau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 57 (2), pp.111 - 118. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psfr.2012.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologie communautaire et psychologie de la santé : l'implication de la recherche psychosociale dans la promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Préau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01213044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceived self-efficacy and risky driving behaviors: The mediating role of subjective risk estimates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Morisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Swiss Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4 (69), pp.233-238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00624372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'acceptabilité sociale : la prise en compte des déterminants sociaux dans l'analyse de l'acceptabilité des systèmes technologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Pasquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Reerink-Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Guingouain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (72), pp.383-395</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00624396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auto-évaluation des connaissances et élaboration défensive de l'information sur le risque : application à la lecture d'un message sur le S.I.D.A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers Internationaux de Psychologie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plongez dans l'univers des doctorants DIGISPORT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabagno, G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagnement de l'endométriose par des interventions basées sur le numérique : une revue systématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Nadarajah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabagno, G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes journées doctorales de l'association francophone de Psychologie de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Francophone de Psychologie de la Santé (AFPSA), Feb 2025, Liège (Belgique), Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude longitudinale des effets d’un programme d’activités physiques en présentiel ou digital sur la qualité de vie et la motivation de patientes atteintes d'endométriose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabagno, G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Cheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème congrès de l'AFPSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05262050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facteurs influençant l'intention et la décision des femmes de rechercher un diagnostic pour l'endométriose : rôle de la symptomatologie, des croyances en matière de santé et de l'influence sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inas Redjem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Nadarajah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Loyal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorales de l’AFPSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05262058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme d'activités physiques adaptées (APA) en numérique versus présentiel pour l'endométriose : acceptation des programmes et effets pérennes contrastés ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cabagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIeme Journées d'Etudes Francophones en Activité Physique Adaptée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité d’un programme numérique d’activité physique pour des femmes atteintes d’endométriose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genevieve Cabagno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ÈME Congrès de l’Association Francophone de Psychologie de la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Montpellier (34000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04360961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparative des effets du caractère social des conduites sur l'acceptabilité des services de maintien à domicile chez les personnes âgées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Juhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Reerink-Boulanger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Ergo'IA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Biarritz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00625595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computed influence of bonding straps over induced current on cable inside a composite structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Tristant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. de Sèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Reineix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference On Lightning and Static Electricity 2007 (ICOLSE 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00200397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en charge par l'AP en présentiel versus via un support numérique : effets sur l'engagement des personnes souffrant d'une maladie chronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genevieve Cabagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe Journées d’Études Francophones en Activité Physique Adaptée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Nantes (44000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04360947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptions du don de plasma : impact du type de collecte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Lebaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Danic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société Française de Transfusion Sanguine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Nantes, France. 26 (3), pp.S39, 2019, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2019.06.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversion du don de sang au don de plasma : impact de l’étiquetage social/fonctionnel et de l’environnement de don</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Lebaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Danic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société Française de Transfusion Sanguine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Bordeaux, France. 24 (3), pp.324, 2017, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2017.06.131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connaissances et représentations du don de plasma parmi une population étudiante française dans un contexte de don volontaire et non rémunéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Lebaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Danic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société Française de Transfusion Sanguine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Bordeaux, France. 24 (3), pp.323-324, 2017, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2017.06.130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facteurs humains et usages des antibiotiques en filière cunicole : Étude de quelques déterminants psychologiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Bouquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihoc E.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chauveau V.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Journées de la Recherche Cunicole, 19-20 novembre.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01754672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compréhension, perception des risques et acceptabilité de certaines questions qui pourraient être ajoutées au questionnaire pré don</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministère de la santé et des sports. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologie de la santé: de la théorie aux applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La psychologie sociale : applicabilité et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de rennes, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId108"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Florence Terrade </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure de Psychologie de la santé</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">florence-terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0008-2747-9791</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">087293447</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000140037367</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Endometriosis Support and Development of Digital Technology–Based Interventions: Systematic Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Nadarajah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cabagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JMIR Human Factors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12, pp.e71859. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/71859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05315251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing deterrents to engage in plasmapheresis donation: Evaluation of an experimental flyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel-Tréhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Lebaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Danic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfusion Clinique et Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32 (1), pp.69-76. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2025.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptability of a physical activity program using a digital tool in the management of endometriosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cabagno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Disability and Rehabilitation: Assistive Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17483107.2025.2569791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05301964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychosocial and cognitive engineering contributions to blood transfusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel-Tréhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Lebaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Danic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfusion Clinique et Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26 (3), pp.184-187. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2019.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are French pig farmers and veterinarians knowledgeable about emerging foodborne pathogens? The case of hepatitis E virus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Salines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Andraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preventive Veterinary Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 156, pp.1 - 7. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.prevetmed.2018.04.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determinants of plasma donation: A review of the literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel-Tréhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Lebaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Danic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfusion Clinique et Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (3), pp.106 - 109. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2017.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between quality of life of adolescents with type 1 diabetes and parents’ illness perception as evaluated by adolescents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Terrasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Nivot-Adamiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Aline Guitteny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology, Health and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 23 (3), pp.347 - 359. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13548506.2017.1348608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’engagement dans le don de plasma : étude des déterminants chez des donneurs réguliers en plasmaphérèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delépine-Farvacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Danic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Lebaudy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfusion Clinique et Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (2), pp.38 - 46. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2017.02.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From technological acceptability to appropriation by users : Methodological steps for device assessment in road safety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herî Barbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Anceaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Greffeuille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 67 (3396), pp.159-165. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aap.2014.01.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01470381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologie communautaire et psychologie de la santé : l’implication de la recherche psychosociale dans la promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Préau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 57 (2), pp.111 - 118. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psfr.2012.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologie communautaire et psychologie de la santé : l'implication de la recherche psychosociale dans la promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Préau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01213044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceived self-efficacy and risky driving behaviors: The mediating role of subjective risk estimates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Morisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Swiss Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4 (69), pp.233-238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00624372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'acceptabilité sociale : la prise en compte des déterminants sociaux dans l'analyse de l'acceptabilité des systèmes technologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Pasquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Reerink-Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Guingouain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (72), pp.383-395</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00624396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auto-évaluation des connaissances et élaboration défensive de l'information sur le risque : application à la lecture d'un message sur le S.I.D.A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers Internationaux de Psychologie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagnement de l'endométriose par des interventions basées sur le numérique : une revue systématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Nadarajah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabagno, G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes journées doctorales de l'association francophone de Psychologie de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Francophone de Psychologie de la Santé (AFPSA), Feb 2025, Liège (Belgique), Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude longitudinale des effets d’un programme d’activités physiques en présentiel ou digital sur la qualité de vie et la motivation de patientes atteintes d'endométriose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabagno, G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Cheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème congrès de l'AFPSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05262050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facteurs influençant l'intention et la décision des femmes de rechercher un diagnostic pour l'endométriose : rôle de la symptomatologie, des croyances en matière de santé et de l'influence sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inas Redjem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Nadarajah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Loyal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorales de l’AFPSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05262058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme d'activités physiques adaptées (APA) en numérique versus présentiel pour l'endométriose : acceptation des programmes et effets pérennes contrastés ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cabagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIeme Journées d'Etudes Francophones en Activité Physique Adaptée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité d’un programme numérique d’activité physique pour des femmes atteintes d’endométriose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genevieve Cabagno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ÈME Congrès de l’Association Francophone de Psychologie de la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Montpellier (34000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04360961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparative des effets du caractère social des conduites sur l'acceptabilité des services de maintien à domicile chez les personnes âgées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Juhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Somat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Reerink-Boulanger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Ergo'IA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Biarritz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00625595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computed influence of bonding straps over induced current on cable inside a composite structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Tristant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. de Sèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Reineix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference On Lightning and Static Electricity 2007 (ICOLSE 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00200397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plongez dans l'univers des doctorants DIGISPORT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabagno, G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en charge par l'AP en présentiel versus via un support numérique : effets sur l'engagement des personnes souffrant d'une maladie chronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tivizio Pavic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genevieve Cabagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe Journées d’Études Francophones en Activité Physique Adaptée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Nantes (44000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04360947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptions du don de plasma : impact du type de collecte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Lebaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Danic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société Française de Transfusion Sanguine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Nantes, France. 26 (3), pp.S39, 2019, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2019.06.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversion du don de sang au don de plasma : impact de l’étiquetage social/fonctionnel et de l’environnement de don</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Lebaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Danic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société Française de Transfusion Sanguine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Bordeaux, France. 24 (3), pp.324, 2017, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2017.06.131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connaissances et représentations du don de plasma parmi une population étudiante française dans un contexte de don volontaire et non rémunéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&iduser=386 Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Lebaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Danic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société Française de Transfusion Sanguine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Bordeaux, France. 24 (3), pp.323-324, 2017, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tracli.2017.06.130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facteurs humains et usages des antibiotiques en filière cunicole : Étude de quelques déterminants psychologiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Bouquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihoc E.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chauveau V.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Journées de la Recherche Cunicole, 19-20 novembre.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01754672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compréhension, perception des risques et acceptabilité de certaines questions qui pourraient être ajoutées au questionnaire pré don</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministère de la santé et des sports. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologie de la santé: de la théorie aux applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Terrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La psychologie sociale : applicabilité et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de rennes, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId108"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="17FACB4E"/>
+    <w:nsid w:val="0088F6DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-terrade" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-2747-9791" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/087293447" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140037367" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315251v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tivizio Pavic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Nadarajah" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Somat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Cabagno" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Terrade" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/71859" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294085v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Beurel-Tr&#233;han" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lebaudy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Danic" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2025.01.003" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301964v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17483107.2025.2569791" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496119v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Lebaudy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Danic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2019.06.001" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01880372v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Salines" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&amp;iduser=386 Terrade" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rose" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2018.04.015" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L3Z9MGML-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01880387v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Danic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2017.06.001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-34SJXLXN-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01880377v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Terrasson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nivot-Adamiak" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Guitteny" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2017.1348608" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01880390v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Del&#233;pine-Farvacques" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2017.02.003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GB9CQTN6-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470381v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Her&#238; Barbeau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Anceaux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Greffeuille" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2014.01.016" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5WKCRZXV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01880396v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pr&#233;au" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2012.03.006" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8LTRC24C-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01213044v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00624372v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Morisset" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00624396v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pasquier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reerink-Boulanger" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Guingouain" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01610010v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meyer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391560v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cabagno, G." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964536v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262050v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262058v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inas Redjem" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles David" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Loyal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834819v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360961v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Cabagno" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625595v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jamet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Juhel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200397v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tristant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de S&#232;ze" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Perrin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reineix" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360947v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496144v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Beurel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2019.06.020" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-16RBHRFL-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496137v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2017.06.131" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VL0LBWTV-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496133v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2017.06.130" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZNLZ9R7B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01754672v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rouxel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihoc E." TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chauveau V." TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711197v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711160v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florence-terrade" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-2747-9791" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/087293447" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140037367" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315251v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tivizio Pavic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Nadarajah" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Somat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Cabagno" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Terrade" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/71859" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294085v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Beurel-Tr&#233;han" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lebaudy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Danic" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2025.01.003" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301964v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17483107.2025.2569791" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496119v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Lebaudy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Danic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2019.06.001" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01880372v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Salines" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Http://www.Sites.Univ-Rennes2.Fr/crpcc/index.Php?rub=fiche&amp;iduser=386 Terrade" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rose" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2018.04.015" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L3Z9MGML-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01880387v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Danic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2017.06.001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-34SJXLXN-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01880377v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Terrasson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nivot-Adamiak" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Guitteny" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2017.1348608" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01880390v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Del&#233;pine-Farvacques" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2017.02.003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GB9CQTN6-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470381v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Her&#238; Barbeau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Anceaux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Greffeuille" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2014.01.016" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5WKCRZXV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01880396v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pr&#233;au" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2012.03.006" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8LTRC24C-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01213044v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00624372v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Morisset" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00624396v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pasquier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reerink-Boulanger" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Guingouain" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01610010v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meyer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964536v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cabagno, G." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262050v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262058v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inas Redjem" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles David" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Loyal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834819v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360961v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Cabagno" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625595v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jamet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Juhel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200397v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tristant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de S&#232;ze" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Perrin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reineix" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391560v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360947v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496144v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Beurel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2019.06.020" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-16RBHRFL-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496137v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2017.06.131" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VL0LBWTV-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496133v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tracli.2017.06.130" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZNLZ9R7B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01754672v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rouxel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihoc E." TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chauveau V." TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711197v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711160v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>