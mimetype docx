--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -217,347 +217,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03493345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing Methods to Circumvent the Conundrum of Chromosomal Rearrangements Occurring in Multiplex Gene Edition</w:t>
+                <w:t xml:space="preserve">Engineering the Yeast Yarrowia lipolytica for Production of Polylactic Acid Homopolymer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vinciane Borsenberger</w:t>
+                <w:t xml:space="preserve">Sophie Lajus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Croux</w:t>
+                <w:t xml:space="preserve">Simon Dusséaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fayza Daboussi</w:t>
+                <w:t xml:space="preserve">Jonathan Verbeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Neuvéglise</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Coraline Rigouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhongpeng Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Synthetic Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acssynbio.0c00325⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fbioe.2020.00954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02960618v1</w:t>
+                <w:t xml:space="preserve">hal-03012010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineering the Yeast Yarrowia lipolytica for Production of Polylactic Acid Homopolymer</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Developing Methods to Circumvent the Conundrum of Chromosomal Rearrangements Occurring in Multiplex Gene Edition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Dusséaux</w:t>
+                <w:t xml:space="preserve">Vinciane Borsenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Verbeke</w:t>
+                <w:t xml:space="preserve">Christian Croux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coraline Rigouin</w:t>
+                <w:t xml:space="preserve">Fayza Daboussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhongpeng Guo</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cécile Neuvéglise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 8, </w:t>
+              <w:t xml:space="preserve">ACS Synthetic Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (9), pp.2562-2575. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fbioe.2020.00954⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acssynbio.0c00325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03012010v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02960618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An artificial chromosome ylAC enables efficient assembly of multiple genes in Yarrowia lipolytica for biomanufacturing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhong-Peng Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinciane Borsenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Croux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -621,90 +621,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production and characterization of two medium-chain-length polydroxyalkanoates by engineered strains of Yarrowia lipolytica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coraline Rigouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lajus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connie Ocando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinciane Borsenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Nicaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -807,51 +807,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Randa Cheikhrouhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Guicherd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinciane Borsenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechnology and Bioengineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 12 p. </w:t>
@@ -883,351 +883,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02271476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing cellulolytic Yarrowia lipolytica as a platform for the production of valuable products in consolidated bioprocessing of cellulose</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multiple parameters drive the efficiency of CRISPR/Cas9-induced gene modifications in Yarrowia lipolytica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinciane Borsenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamila Onesime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lestrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Rigouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhongpeng Guo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Alain Marty</w:t>
+                <w:t xml:space="preserve">Cécile Neuvéglise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13068-018-1144-6⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 430 (21), pp.4293-4306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2018.08.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01886473v1</w:t>
+                <w:t xml:space="preserve">hal-02154346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple parameters drive the efficiency of CRISPR/Cas9-induced gene modifications in Yarrowia lipolytica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vinciane Borsenberger</w:t>
+                <w:t xml:space="preserve">Developing cellulolytic Yarrowia lipolytica as a platform for the production of valuable products in consolidated bioprocessing of cellulose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhongpeng Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Djamila Onesime</w:t>
+                <w:t xml:space="preserve">Michael O'Donohue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Lestrade</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cécile Neuvéglise</w:t>
+                <w:t xml:space="preserve">Alain Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 430 (21), pp.4293-4306. </w:t>
+              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (1), 15 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmb.2018.08.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13068-018-1144-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154346v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01886473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increasing medium chain fatty acids production in Yarrowia lipolytica by metabolic engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coraline Rigouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Croux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinciane Borsenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maher Ben Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1291,103 +1291,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production of medium chain fatty acids by Yarrowia lipolytica: Combining molecular design and TALEN to engineer the fatty acid synthase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coraline Rigouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Gueroult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Croux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinciane Borsenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Synthetic Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
@@ -1553,441 +1553,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01886420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction of a Highly Active Xylanase Displaying Oleaginous Yeast: Comparison of Anchoring Systems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metabolic engineering for ricinoleic acid production in the oleaginous yeast Yarrowia lipolytica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Bozonnet</w:t>
+                <w:t xml:space="preserve">Athanasios Béopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Verbeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Guicherd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Dumon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Nicaud</w:t>
+                <w:t xml:space="preserve">Mélusine Boubila-Bressy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (4), </w:t>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 98 (1), pp.251-262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0095128⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00253-013-5295-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01204357v1</w:t>
+                <w:t xml:space="preserve">hal-01204299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic engineering for ricinoleic acid production in the oleaginous yeast Yarrowia lipolytica</w:t>
+                <w:t xml:space="preserve">Yarrowia lipolytica lipase Lip2: An efficient enzyme for the production of concentrates of docosahexaenoic acid ethyl ester</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Athanasios Béopoulos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Verbeke</w:t>
+                <w:t xml:space="preserve">Leticia Casas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muchalin Meunchan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Cot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bordes</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mélusine Boubila-Bressy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00253-013-5295-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 180, pp.30 - 36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiotec.2014.03.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01204299v1</w:t>
+                <w:t xml:space="preserve">hal-01268675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yarrowia lipolytica lipase Lip2: An efficient enzyme for the production of concentrates of docosahexaenoic acid ethyl ester</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Muchalin Meunchan</w:t>
+                <w:t xml:space="preserve">Construction of a Highly Active Xylanase Displaying Oleaginous Yeast: Comparison of Anchoring Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlène Cot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Duquesne</w:t>
+                <w:t xml:space="preserve">Sophie Bozonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dumon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Nicaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbiotec.2014.03.018⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0095128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01268675v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production of stable isotope labelled lipase Lip2 from Yarrowia lipolytica for NMR: Investigation of several expression systems</w:t>
               </w:r>
@@ -2171,51 +2171,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Cambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioresource Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 125, pp.267 - 274. </w:t>
@@ -2579,51 +2579,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rungtiwa Piamtongkam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Laguerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2680,286 +2680,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02957976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rationally engineered double substituted variants of Yarrowia lipolytica lipase with enhanced activity coupled with highly inverted enantioselectivity towards 2-bromo-phenyl acetic acid esters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the Conformational States and Rearrangements of Yarrowia lipolytica Lipase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Cambon</w:t>
+                <w:t xml:space="preserve">Pierre Escalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Piamtongkam</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">I. André</w:t>
+                <w:t xml:space="preserve">Lionel Mourey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology and Bioengineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 99 (7), pp.2225 - 2234. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2010.07.040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02956412v1</w:t>
+                <w:t xml:space="preserve">hal-02667777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Conformational States and Rearrangements of Yarrowia lipolytica Lipase</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Barbe</w:t>
+                <w:t xml:space="preserve">Rationally engineered double substituted variants of Yarrowia lipolytica lipase with enhanced activity coupled with highly inverted enantioselectivity towards 2-bromo-phenyl acetic acid esters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Cambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Piamtongkam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Escalier</w:t>
+                <w:t xml:space="preserve">F. Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Mourey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle André</w:t>
+                <w:t xml:space="preserve">S. Duquesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biotechnology and Bioengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02667777v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02956412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of Yarrowia lipolytica extracellular lipase Lip2p glycosylation.</w:t>
               </w:r>
@@ -3131,51 +3131,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Dossat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Nicaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Marty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 70 (3), pp.493-502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3253,77 +3253,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining enzymatic and metabolic engineering in the yeast Yarrowia lipolytica to produce original lipids and polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinciane Borsenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhongpeng Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Croux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rigouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3378,90 +3378,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A panel of genetic tools to easily engineer the yeast Yarrowia lipolytica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinciane Borsenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhongpeng Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Croux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Truan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3598,90 +3598,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineering enzymes and lipid metabolism for the diversification of lipids and lipids derived products in the yeast Y. lipolytica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coraline Rigouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lajus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinciane Bornsberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Croux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28ème colloque du Club de Biocatalyse en Synthèse Organique (CBSO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CBSO, Sep 2021, Lège-Cap Ferret, France</w:t>
@@ -3723,77 +3723,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineering enzymes and lipid metabolism for the diversification of lipid and lipid derived products in the yeast Y. lipolytica.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coraline Rigouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lajus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Croux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Guéroult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3848,90 +3848,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consolidated bio-processing of lignocellulosic biomass for the production of valuable biomolecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bozonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael O'Donohue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th Carbohydrate Bioengineering Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Toulouse, France</w:t>
@@ -3954,247 +3954,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02966592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzymes to rethink the lifecycle of plastics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CROC'N CHOLERA: a synthetic microbial consortium against cholera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Heux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Fauré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emballages alimentaires : innover pour la sécurité et la durabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Carrefour de l'innovation agronomique, Jun 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">iGEM 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02961550v1</w:t>
+                <w:t xml:space="preserve">hal-04757170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CROC'N CHOLERA: a synthetic microbial consortium against cholera</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enzymes to rethink the lifecycle of plastics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Duquesne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iGEM 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Boston, United States</w:t>
+              <w:t xml:space="preserve">Emballages alimentaires : innover pour la sécurité et la durabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Carrefour de l'innovation agronomique, Jun 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04757170v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02961550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleaginous yeasts as a platform for the production of biofuel and chemicals</w:t>
               </w:r>
@@ -4305,103 +4305,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">APICOLI: an alternative solution against Varroa destructor, a parasitic mite of bees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaymeuang Cam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Truan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Heux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iGEM 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Boston, United States</w:t>
@@ -4443,51 +4443,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SUBTITREE: a project anchored in a local problem, the colored canker of the plane tree</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Truan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4568,77 +4568,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yarrowia lipolytica yeast is efficient for high throughput screening of optimized enzymes, enzyme production and lipid bioconversion or synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Nicaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Marty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès annuel de la SFBBM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Ax-les Thermes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4715,51 +4715,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rungtiwa Piamtongkam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23ème Colloque du Club de Bioconversions en Synthèse Organique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Royat, France</w:t>
@@ -4827,51 +4827,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rungtiwa Piamtongkam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Laguerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4945,90 +4945,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome Editing in Y. lipolytica Using TALENs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Rigouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Croux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayza Daboussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bordes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5105,77 +5105,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leticia Casas-Godoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Gasteazoro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lipases and Phospholipases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 1, 2018, Methods in Molecular Biology, 978-1-4939-8671-2. </w:t>
@@ -5642,51 +5642,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493345v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Kyoung Park" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bordes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Letisse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Nicaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mec.2020.e00158" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960618v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Borsenberger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Croux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayza Daboussi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Neuv&#233;glise" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.0c00325" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03012010v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lajus" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Duss&#233;aux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Verbeke" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Rigouin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongpeng Guo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2020.00954" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624142v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhong-Peng Guo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Duquesne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Truan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-0936-y" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317181v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connie Ocando" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-019-1140-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271476v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Robin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gueroult" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randa Cheikhrouhou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guicherd" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.27102" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886473v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duquesne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Donohue" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marty" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-018-1144-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154346v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Onesime" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lestrade" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2018.08.024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883879v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Ben Khaled" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chardot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-018-0989-5" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605956v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Dubois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.7b00034" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886420v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Tauzin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Xiao" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nouaille" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Bourgeois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13480" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204357v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bozonnet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0095128" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204299v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios B&#233;opoulos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lusine Boubila-Bressy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-013-5295-x" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268675v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Casas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muchalin Meunchan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Cot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2014.03.018" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-42DCSK4C-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635918v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nars" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Saurel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Saves" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Remaud Simeon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pep.2014.05.007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CFS491F1-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204260v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monnat Theerachat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Emond" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cambon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2012.07.117" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4JXLRD79-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652026v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rungtiwa Piamtongkam" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbe" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Andr&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.23124" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XKMSSSNV-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648212v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tarquis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Nicaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Marty" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2011.06.035" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XL79PQ7C-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02957976v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Laguerre" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enzmictec.2010.06.001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXCK12N6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02956412v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cambon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Piamtongkam" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bordes" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duquesne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Andr&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667777v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Escalier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Mourey" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2010.07.040" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174139v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale P. Jolivet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fudalej" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Cancino" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vignaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1567-1364.2007.00293.x" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174143v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dossat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2007.06.008" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QZD3KZW6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781385v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rigouin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770603v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781402v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Grimaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786155v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Bornsberger" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770608v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gu&#233;roult" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966592v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Guo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961550v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757170v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Enjalbert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Heux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Millard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Faur&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998423v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillouet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Sagnak" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bornot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cameleyre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gorret" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757154v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaymeuang Cam" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lauthier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757134v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kanitzer" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218181v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218195v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218190v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03332065v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1414-3_2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172509v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Casas-Godoy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Gasteazoro" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8672-9_1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808742v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-600-5_18" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811173v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Sandoval" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-600-5_1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493345v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Kyoung Park" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bordes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Letisse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Nicaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mec.2020.e00158" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03012010v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lajus" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Duss&#233;aux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Verbeke" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Rigouin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongpeng Guo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2020.00954" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960618v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Borsenberger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Croux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayza Daboussi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Neuv&#233;glise" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.0c00325" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624142v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhong-Peng Guo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Duquesne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Truan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-0936-y" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317181v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connie Ocando" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-019-1140-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271476v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Robin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gueroult" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randa Cheikhrouhou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guicherd" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.27102" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154346v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Onesime" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lestrade" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2018.08.024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886473v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duquesne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Donohue" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marty" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-018-1144-6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883879v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Ben Khaled" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chardot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-018-0989-5" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605956v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Dubois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.7b00034" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886420v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Tauzin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Xiao" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nouaille" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Bourgeois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13480" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204299v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios B&#233;opoulos" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lusine Boubila-Bressy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-013-5295-x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268675v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Casas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muchalin Meunchan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Cot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2014.03.018" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-42DCSK4C-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204357v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bozonnet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0095128" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635918v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nars" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Saurel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Saves" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Remaud Simeon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pep.2014.05.007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CFS491F1-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204260v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monnat Theerachat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Emond" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cambon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2012.07.117" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4JXLRD79-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652026v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rungtiwa Piamtongkam" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbe" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Andr&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.23124" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XKMSSSNV-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648212v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tarquis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Nicaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Marty" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2011.06.035" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XL79PQ7C-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02957976v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Laguerre" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enzmictec.2010.06.001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXCK12N6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667777v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Escalier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Mourey" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2010.07.040" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02956412v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cambon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Piamtongkam" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bordes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duquesne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Andr&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174139v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale P. Jolivet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fudalej" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Cancino" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vignaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1567-1364.2007.00293.x" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174143v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dossat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2007.06.008" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QZD3KZW6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781385v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rigouin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770603v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781402v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Grimaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786155v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Bornsberger" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770608v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gu&#233;roult" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966592v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Guo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757170v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Enjalbert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Heux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Millard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Faur&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961550v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998423v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillouet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Sagnak" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bornot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cameleyre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gorret" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757154v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaymeuang Cam" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lauthier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757134v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kanitzer" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218181v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218195v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218190v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03332065v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1414-3_2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172509v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Casas-Godoy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Gasteazoro" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8672-9_1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808742v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-600-5_18" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811173v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Sandoval" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-600-5_1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>