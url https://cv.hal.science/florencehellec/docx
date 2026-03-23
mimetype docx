--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -755,282 +755,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03039945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Questioning the work of farmers, advisors, teachers and researchers in agro-ecological transition. A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Coquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Cerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Auricoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Joannon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Barcellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 38 (5), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-018-0524-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02094932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quand les recherches en sciences sociales s’invitent dans la gestion de l’eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Levain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 26 (4), pp.395-406. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/nss/2018054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02138321v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-02094932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soigner autrement ses animaux. La construction par les éleveurs de nouvelles approches thérapeutiques</w:t>
               </w:r>
@@ -1232,51 +1232,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception d'une conduite de génisses laitières sous vaches nourrices : pour une intensification écologique des systèmes d'élevage herbager ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1340,51 +1340,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regards croisés sur des démarches de protection de l’eau associant le monde agricole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Reau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1554,290 +1554,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02641717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'outil foncier, une solution délicate pour protéger les captages d'eau potable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne F. Barataud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hellec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Économie rurale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 347, pp.3-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02629742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conseillers et éleveurs en agriculture biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hellec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015,  227 (3), pp.223-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pour.227.0223⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Farmers' Professional Dialogue Networks and Dynamics of Change: The Case of ICP and No-Tillage Adoption in Burgundy (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Compagnone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rural Sociology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 2 (80), pp.248-273. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/ruso.12058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01687628v1</w:t>
-              </w:r>
-[...158 lines deleted...]
-                <w:t xml:space="preserve">hal-02629742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revenir sur l'exemplarité de Vittel : formes et détours de l'écologisation d'un territoire agricole</w:t>
               </w:r>
@@ -1905,51 +1905,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protection de l'eau et agriculture : une négociation au long cours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne F. Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2156,51 +2156,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raisonnement des pratiques et des changements de pratiques en matière de désherbage : regards agronomique et sociologique à partir d'enquêtes chez des agriculteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Compagnone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2991,51 +2991,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le métier d’éleveur laitier à l’épreuve du bien-être animal. Repenser l’élevage des veaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des axes Risques et Marchandisations de l’IRISSO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Dauphine, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3563,191 +3563,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03140150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Un exemple de collaboration entre sciences techniques et sciences sociales: Quelle utilisation par les éleveurs d’un outil alternatif de gestion de la santé animale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Manoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hellec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée GIS AGENAE et Elevages Demain - Comment associer sciences biotechniques et sciences sociales et humaines pour les élevages de demain ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGENAE - Analyse du Génome des Animaux d'Elevage (AGENAE). FRA., Jan 2018, Paris, France. n.p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02790594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Animal health management on organic farm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Manoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Le Bris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ruault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Society for Economics and Social Sciences of Animal Health (ISESSAH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concevoir pas à pas et évaluer des systèmes d'élevages durables et autonomes en transition vers un système agri-alimentaire territorialisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3766,152 +3861,57 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion du réseau des fermes expérimentales de l'UMT Riel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, La Blanche Maison, France. 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791695v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">hal-02790594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilisation d'un outil alternatif de pilotage de l'alimentation en élevage laitier</w:t>
               </w:r>
@@ -3973,247 +3973,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02789413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Élever des génisses laitières sous vaches nourrices : entre réduction du temps de travail et performances techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hellec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion du réseau SAEB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Paris, France. 10 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02790415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pratiques alternatives en santé animale : le cas de l’utilisation de l’aromathérapie par les éleveurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire SAD-CRAG – « Quels savoirs pour quelles actions ? Développer, partager et valoriser les connaissances, pratiques et expériences agroécologiques »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Patit Bourg (Guadeloupe), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04673927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...80 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concevoir pas à pas des systèmes d'élevages durables et autonomes. TEMPO &amp;quot;Take Easy with Milk Production&amp;quot; : une transition vers un système agri-alimentaire territorialisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4380,103 +4380,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agroecological transition: the work of farmers, advisers, teachers and researchers in question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Cerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Auricoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Joannon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Barcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium for Work in Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Association on Work in Agriculture, Nov 2016, Maringa, Brazil. 12 p</w:t>
@@ -4505,90 +4505,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nager en eaux troubles. Retour sur la place de la recherche dans des territoires traitant des rapports entre agriculture et qualité de l'eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne F. Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Levain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Trevisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4620,178 +4620,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02797008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle justice environnementale pour la gestion qualitative de l’eau ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les agriculteurs face à la protection de l’environnement, de nouvelles formes de domination ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Congrès AFS : Les dominations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Association Française de Sociologie (AFS). FRA., Sep 2013, Nantes, France. 1p</w:t>
+              <w:t xml:space="preserve">, Association Française de Sociologie (AFS). FRA., Sep 2013, Nantes, France. 3 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02805576v1</w:t>
+                <w:t xml:space="preserve">hal-02809210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les agriculteurs face à la protection de l’environnement, de nouvelles formes de domination ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quelle justice environnementale pour la gestion qualitative de l’eau ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Congrès AFS : Les dominations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Association Française de Sociologie (AFS). FRA., Sep 2013, Nantes, France. 3 p</w:t>
+              <w:t xml:space="preserve">, Association Française de Sociologie (AFS). FRA., Sep 2013, Nantes, France. 1p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02809210v1</w:t>
+                <w:t xml:space="preserve">hal-02805576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agriculture et protection de l'eau: l'enjeu foncier</w:t>
               </w:r>
@@ -4928,51 +4928,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La protection de l'eau potable à Lons-le-Saunier : Un cas exemplaire de négociation avec les agriculteurs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne F. Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5181,277 +5181,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Protection intégrée des cultures et changements de pratiques en agriculture : quelles dynamiques liées aux réseaux d'agriculteurs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hellec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3ème journées de recherches en sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). Paris, FRA., 2009, Montpellier, France. n.p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02813797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La récupération de la rhétorique professionnelle par le management et ses conséquences pour les salariés. L'exemple des inséminateurs dans les coopératives d'élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées Internationales de Sociologie du Travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de changements et développement des pratiques respectueuses de l'environnement en grandes cultures. Étude comparative de trois réseaux d'agriculteurs de Bourgogne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Compagnone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46. Colloque ASRDLF : Entre projets locaux de développement et globalisation de l'économie : quels équilibres pour les espaces régionaux ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Clermont Ferrand, France. 20 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02819385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...67 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raisonnement des pratiques et des changements de pratiques en matière de désherbage : regards agronomique et sociologique à partir d'enquêtes chez des agriculteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Compagnone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5601,51 +5601,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raisonnement des pratiques et des changements de pratiques en matière de désherbage : regards agronomique et sociologique à partir d'enquêtes chez des agriculteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Compagnone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5720,165 +5720,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02819315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le métier d’inséminateur bovin face à la libéralisation du secteur de l’insémination : &amp;quot;pousses-paillettes&amp;quot; ou spécialiste de la reproduction dans les élevages ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hellec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Congrès de l'Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Des éleveurs usagers ou clients ? Un débat autour du service de l'insémination bovine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les mondes ruraux à l'épreuve des sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02751760v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02753813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formes de coopération dans la relation de service et figures de la reconnaissance professionnelle : l'exemple de l'inséminateur bovin</w:t>
               </w:r>
@@ -6232,51 +6232,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raisonnement des pratiques et des changements de pratiques en matière de désherbage : regards agronomique et sociologique à partir d’enquêtes chez des agriculteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Compagnone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6624,51 +6624,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Manoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ducrot, Christian; Fortané, Nicolas; Paul, Mathilde. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Approches interdisciplinaires en santé animale : Dialogue entre sciences sociales et vétérinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions QUAE, 2024, 9782759239719</w:t>
@@ -6697,51 +6697,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Materner les veaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7682,51 +7682,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propositions techniques et dynamiques de changement des agriculteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Compagnone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7790,51 +7790,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propositions techniques et dynamiques de changement des agriculteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Compagnone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8030,247 +8030,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02818300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sociabilité vue comme moyen de l’action organisée : Introduction</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La place de la sociabilité dans la relation de service : L’exemple des inséminateurs de bovins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'organisation à l'épreuve : Autour du temps, de la sociabilité, de la rationalité et du métier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, 2007, 978-2-7535-0451-6</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Sens Social, 978-2-7535-0451-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02812835v1</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">hal-02816253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sociabilité vue comme moyen de l’action organisée : Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Foli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'organisation à l'épreuve : Autour du temps, de la sociabilité, de la rationalité et du métier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, 2007, 978-2-7535-0451-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02812835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sociabilité vue comme moyen de l'action organisée : introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
-              <w:r>
-[...70 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Foli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8544,523 +8544,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les maquignons #2 – Premiers pas sur le terrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hellec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Être éleveuse en famille aujourd’hui #3. Le rôle de mère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Les maquignons #2 – Premiers pas sur le terrain</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les maquignons #1 – L’émergence d’un nouvel objet de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Les maquignons #1 – L’émergence d’un nouvel objet de recherche</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reducing antibiotic use in livestock farms: might women drive this change?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:t xml:space="preserve">2020, pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Reducing antibiotic use in livestock farms: might women drive this change?</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03040691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigating veterinary homeopathy (1). A gradual initiation into the homeopathic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Investigating veterinary homeopathy (1). A gradual initiation into the homeopathic approach</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03040744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enquêter sur l’homéopathie vétérinaire (3). Y croire ou pas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2020, pp.1-8</w:t>
+              <w:t xml:space="preserve">2019, 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Enquêter sur l’homéopathie vétérinaire (3). Y croire ou pas</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enquêter sur l'homéopathie vétérinaire (1). Une initiation progressive à la démarche homéopathique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02789929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquêter sur l'homéopathie vétérinaire (2). Les récits de guérison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785810v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-02789929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’aromathérapie en élevage, une affaire de science ?</w:t>
               </w:r>
@@ -10370,95 +10370,95 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un dispositif d'échange de savoirs et savoir-faire pour accompagner la transition agroécologique vers des systèmes de polyculture-élevage autonomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Barataud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Godfroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Blouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Barataud</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
@@ -10584,51 +10584,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne F. Barataud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10815,51 +10815,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04394712v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Comer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Benoit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hellec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fortan&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2023.116109" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03819888v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Constancis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bareille" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Vaarst" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01448765.2022.2124884" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04673465v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Manoli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058817v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Duval" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Experton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferchaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2022.35.4.7368" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03036547v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Verwer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosann E Juni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin S&#248;rheim" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3220/LBF1596195636000" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03039945v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138321v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018054" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02094932v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Coquil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Auricoste" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Barcellini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-018-0524-4" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620304v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101571v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ducrot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Adam" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Beaugrand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belloc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bluhm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2018.31.4.2395" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622655v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pailler" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197798v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Reau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641717v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brives" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Deverre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia P. Garnier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687628v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Compagnone" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ruso.12058" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JD7H9TLJ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607419v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.227.0223" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629742v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Barataud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633257v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645924v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Martin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2013097" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643594v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Blouet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.020.0157" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642799v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667279v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Mac&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morlon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Munier-Jolain" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/pvy4-ky63" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05369431v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Carnoye" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud P&#233;lot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.hs1.2025.0062" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05369524v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04920567v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746359v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Aigueperse" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Messager" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Mialon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670406v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675692v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04398086v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670410v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04345439v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675708v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675698v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03174676v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Belluz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03142550v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisseau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lehebel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786027v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140150v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785710v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Le Bris" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ruault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791695v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fiorelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Godfroy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790594v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789413v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04673927v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790415v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786919v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580679v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Joly" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Defois" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929017v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797008v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Trevisan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805576v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809210v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123144v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744982v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746376v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751702v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756047v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754151v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819385v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813797v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754642v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754429v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819315v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mac&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751760v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753813v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751043v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02942444v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durpoix" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Puech" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797886v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687472v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mac&#233; Karen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05191675v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.boull.2025.01.0077" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05191684v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.boull.2025.01.0101" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04965072v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03964980v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04516291v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Paul" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elgaronline.com/edcollchap/book/9781803925554/book-part-9781803925554-20.xml?rskey=1RJKBz&amp;amp;result=1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781803925554.00020" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901571v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gautier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03601857v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fortane" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bonnet-Beaugrand" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde C. Paul" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.decitre.fr/editeur/Presses+de+l+Ecole+des+mines" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788553v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.educagri.fr/a-paraitre/5481-humains-et-animaux-dans-les-agricultures-alternatives-9791027503551.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799321v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Deville" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4708-conseil-prive-en-agriculture.html?thm_Id=8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798108v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pressesdesciencespo.fr/en/livre/?GCOI=27246100260290" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.028.0101" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796879v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3365-dynamiques-des-agricultures-biologiques.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806553v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810397v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805981v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.educagri.fr/livres/4635-repenser-la-protection-des-cultures-innovations-et-transitions.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687466v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802134v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100319360" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818300v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812835v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coton" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Foli" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816253v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=1596" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757549v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.12800" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04681570v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05371400v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05371429v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05371433v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05371444v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05371452v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03040691v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03040744v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785758v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785810v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789929v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785715v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787293v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785074v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05371420v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04398131v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Donadieu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289917v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boivin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922316v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789489v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790719v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675682v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04342509v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertrand" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chubilleau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Collineau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Colomb-Cotinat" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03142490v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Nicourt" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cabaret" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03048219v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juni Rosann E. Johanssen" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788424v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Douine" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791090v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Anglade" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801058v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817174v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04394712v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Comer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Benoit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hellec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fortan&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2023.116109" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03819888v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Constancis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bareille" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Vaarst" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01448765.2022.2124884" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04673465v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Manoli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058817v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Duval" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Experton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferchaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2022.35.4.7368" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03036547v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Verwer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosann E Juni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin S&#248;rheim" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3220/LBF1596195636000" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03039945v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02094932v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Coquil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Auricoste" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Barcellini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-018-0524-4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138321v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petit" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018054" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620304v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101571v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ducrot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Adam" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Beaugrand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belloc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bluhm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2018.31.4.2395" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622655v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pailler" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197798v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Reau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641717v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brives" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Deverre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia P. Garnier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629742v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Barataud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607419v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.227.0223" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687628v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Compagnone" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ruso.12058" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JD7H9TLJ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633257v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645924v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Martin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2013097" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643594v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Blouet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.020.0157" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642799v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667279v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Mac&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morlon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Munier-Jolain" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/pvy4-ky63" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05369431v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Carnoye" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud P&#233;lot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.hs1.2025.0062" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05369524v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04920567v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746359v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Aigueperse" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Messager" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Mialon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670406v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675692v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04398086v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670410v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04345439v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675708v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675698v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03174676v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Belluz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03142550v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisseau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lehebel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786027v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140150v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790594v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785710v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Le Bris" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ruault" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791695v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fiorelli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Godfroy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789413v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790415v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04673927v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786919v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580679v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Joly" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Defois" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929017v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797008v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Trevisan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809210v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805576v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123144v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744982v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746376v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751702v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756047v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813797v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754151v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819385v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754642v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754429v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819315v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mac&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753813v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751760v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751043v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02942444v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durpoix" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Puech" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797886v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687472v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mac&#233; Karen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05191675v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.boull.2025.01.0077" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05191684v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.boull.2025.01.0101" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04965072v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03964980v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04516291v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Paul" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elgaronline.com/edcollchap/book/9781803925554/book-part-9781803925554-20.xml?rskey=1RJKBz&amp;amp;result=1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781803925554.00020" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901571v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gautier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03601857v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fortane" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bonnet-Beaugrand" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde C. Paul" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.decitre.fr/editeur/Presses+de+l+Ecole+des+mines" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788553v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.educagri.fr/a-paraitre/5481-humains-et-animaux-dans-les-agricultures-alternatives-9791027503551.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799321v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Deville" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4708-conseil-prive-en-agriculture.html?thm_Id=8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798108v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pressesdesciencespo.fr/en/livre/?GCOI=27246100260290" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.028.0101" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796879v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3365-dynamiques-des-agricultures-biologiques.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806553v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810397v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805981v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.educagri.fr/livres/4635-repenser-la-protection-des-cultures-innovations-et-transitions.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687466v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802134v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100319360" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818300v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816253v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=1596" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812835v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coton" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Foli" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757549v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.12800" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04681570v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05371400v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05371429v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05371444v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05371433v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05371452v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03040691v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03040744v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785758v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789929v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785810v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785715v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787293v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785074v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05371420v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04398131v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Donadieu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289917v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boivin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922316v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789489v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790719v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675682v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04342509v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertrand" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chubilleau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Collineau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Colomb-Cotinat" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03142490v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Nicourt" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cabaret" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03048219v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juni Rosann E. Johanssen" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788424v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Douine" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791090v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Anglade" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801058v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817174v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>