--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Florent BAUDIN </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pressure support ventilation improves ventilation during inhalational induction of anesthesia in children: A pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Guerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirine Boussena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde De-Queiroz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Bouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Anesthesia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 101, pp.111710. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclinane.2024.111710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence, management, health-care burden, and 90-day outcomes of prolonged mechanical ventilation in the paediatric intensive care unit (LongVentKids): an international, prospective, cross-sectional cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atsushi Kawaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analia Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Chiusolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Hau Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet Child &amp; Adolescent Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9 (1), pp.37-46. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S2352-4642(24)00296-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Home noninvasive ventilation in pediatric patients: Does one size fit all?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Khirani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Griffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Amaddeo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscille Bierme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Respiratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 238, pp.107983. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rmed.2025.107983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy and tolerance of intravenous methylprednisolone pulses in children with severe bronchopulmonary dysplasia requiring respiratory support</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josseline Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lélia Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Coutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Butin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Godbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.27344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fibreoptic intubation in children and young people in resource-limited settings: A case series during a humanitarian aid operation in Guinea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Kardous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumar Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Benateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia and Intensive Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0310057X241272111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new nonsense pathogenic variant in exon 1 of PHOX2B leads to the diagnosis of congenital central hypoventilation syndrome with intra-familial variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Pelleter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Desaintjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Gyapay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Massenavette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 31 (7), pp.470-472. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.arcped.2024.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment on: Comparison of volume-controlled ventilation, pressure-controlled ventilation and pressure-controlled ventilation-volume guaranteed in infants and young children in the prone position: A prospective randomized study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Salaün</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Kern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Anesthesia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 98, pp.111563. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclinane.2024.111563⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors of late respiratory support or oxygen weaning in infants with bronchopulmonary dysplasia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alma Garcia-Anton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lélia Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Portefaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Plaisant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.27367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress cardiomyopathy in the paediatric population: a case series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Annino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Cantais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Heart Journal. Case Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (3), </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ehjcr/ytae030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alveolar target ventilation and dead space in children under anaesthesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Gardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde de Queiroz Siqueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloise Cerceuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Bouhamri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chassard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Anaesthesiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 40 (7), pp.495-500. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/EJA.0000000000001832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Respiratory physiology during NAVA ventilation in neonates born with a congenital diaphragmatic hernia: The “NAVA‐diaph” pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lélia Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Butin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Plaisant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Claris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (5), pp.1542-1550. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.26357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical practice guidelines: management of severe bronchiolitis in infants under 12&nbsp;months old admitted to a pediatric critical care unit.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Milési</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Essouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Intensive Care Medicine, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00134-022-06918-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypophosphatemia in infants with severe bronchiolitis and association with length of mechanical ventilation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Lusteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (9), pp.2513-2519. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.26538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weaning from noninvasive respiratory support in children in acute settings: Expert consensus statement using modified Delphi methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mortamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Milési</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nilufer Yalindag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Kneyber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 59 (2), pp.348-354. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.26753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Executive Summary of the Second International Guidelines for the Diagnosis and Management of Pediatric Acute Respiratory Distress Syndrome (PALICC-2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yolanda López-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narayan Prabhu Iyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melania Bembea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asya Agulnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (2), pp.143-168. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PCC.0000000000003147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en charge de la bronchiolite aiguë grave chez le nourrisson de moins de 12 mois hospitalisé en soins critiques pédiatriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Milési</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Essouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6 (2), pp.154-159. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.perped.2023.04.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04225839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk of admission to the pediatric intensive care unit for SARS-CoV-2 delta and omicron infections.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Recher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Leteurtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Pediatric Infectious Diseases Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Journal of the Pediatric Infectious Diseases Society, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jpids/piad010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring in Pediatric Acute Respiratory Distress Syndrome: From the Second Pediatric Acute Lung Injury Consensus Conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anoopindar Bhalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muneyuki Takeuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Cruces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (Supplement 1 2S), pp.S112-S123. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PCC.0000000000003163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planned Peri-Extubation Fasting in Critically Ill Children: An International Survey of Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Nabialek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyvonne Tume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloise Cercueil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Morice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Bouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pediatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fped.2022.905058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevention of submicron aerosolized particle dispersion: evaluation of an aerosol box using a pediatric simulation model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominic Rivest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Levy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Buyck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Lung Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48 (9-10), pp.266-274. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01902148.2022.2135795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capillary refill time for the management of acute circulatory failure: a survey among pediatric and adult intensivists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Jacquet-Lagrèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cléo Wiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Ruste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Emergency Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (1), pp.131. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12873-022-00681-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03831073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidence of Refeeding Syndrome in Critically Ill Children With Nutritional Support</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tajnja Vasileva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyvonne Tume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Chessel Ford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pediatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fped.2022.932290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High flow nasal cannula: an alternative to continuous positive airway pressure in cats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Pouzot Pouzot-Névoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Allaouchiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Feline Medicine and Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (4), pp.405 - 406. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1098612x20977779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257759v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurrence and risk factors associated with seizures in infants with severe bronchiolitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Toulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pediatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 180 (9), pp.2959-2967. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00431-021-04070-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High flow nasal cannula: an alternative to continuous positive airway pressure in cats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Pouzot Pouzot-Névoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Allaouchiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Feline Medicine and Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (4), pp.405-406. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1098612X20977779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pediatric barrier enclosure for nasopharyngeal suctioning during Covid-19 pandemic: A simulation based-study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Buyck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Levy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl-Eric Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Emergency Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 45, pp.608-610. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ajem.2020.11.077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ventilation in pediatric anesthesia: A French multicenter prospective observational study (PEDIAVENT)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Lebossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde de Queiroz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourdaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Veyckemans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Anesthesia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30 (8), pp.912-921. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pan.13909⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving mealtimes for paediatric intensive care children and families: A quality improvement initiative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malorie de Monte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Marty Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Zamor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Ford-Chessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nursing in Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 26 (4), pp.288-296. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nicc.12567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capillary refill time variation induced by passive leg raising predicts capillary refill time response to volume expansion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Jacquet-Lagrèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Bouhamri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Portran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 23 (1), pp.281. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-019-2560-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02467823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship Between Diaphragmatic Electrical Activity and Esophageal Pressure Monitoring in Children*</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Essouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mortamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 20 (7), pp.e319-e325. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PCC.0000000000001981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutritional Status Deterioration Occurs Frequently During Children’s ICU Stay*</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Gaillard Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Ford-Chessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gervet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 20 (8), pp.714-721. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PCC.0000000000001979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disaster preparedness in French paediatric hospitals 2 years after terrorist attacks of 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mortamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noella Lode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Roumeliotis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Disease in Childhood</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 104 (4), p322 LP - 327. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/archdischild-2017-314658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurally adjusted ventilatory assist decreases work of breathing during non-invasive ventilation in infants with severe bronchiolitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Essouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 23 (1), 3 p. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-019-2379-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural feedback is effective in preterm infants during neurally adjusted ventilatory assist, when using clinically relevant settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Bridier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tine François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 54 (12), pp.1878-1879. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.24478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal ICU… Why not also use the existing veterinary ICUs?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Pouzot-Nevoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Louzier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Goy-Thollot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Intensive Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9, pp.93. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13613-019-0568-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04845569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renal transplantation in children under 3 years of age: Experience from a single‐center study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amna Klich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Ranchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Demede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (2), </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/petr.13116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04384537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiological Effect of Prone Position in Children with Severe Bronchiolitis: A Randomized Cross-Over Study (BRONCHIO-DV)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Essouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Portefaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Pediatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 205, pp. 112-119.e4. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpeds.2018.09.066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renal transplantation in children under 3years of age: Experience from a single-center study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amna Klich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Ranchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Demede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (2), p. e13116. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/petr.13116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viral Bronchiolitis in PICUs: Looking Further Than the Acute Phase!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 18 (12), pp. 1178-1179. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PCC.0000000000001353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Flow Nasal Cannula in the Pediatric ICU: Popular or Efficient?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Pouyau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Respiratory Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (8), pp. 1116-1117. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4187/respcare.05720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infections invasives à méningocoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Hees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Gillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pédiatrie - Maladies infectieuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.4-283-B-10. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1637-5017(17)65452-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasal high flow in management of children with status asthmaticus: a retrospective observational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Vanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Massenavette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Pouyau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Intensive Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7, pp.55. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13613-017-0278-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of Bohr and Enghoff Dead Space Equations in Mechanically Ventilated Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourgoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Brossier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Wysocki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Respiratory Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (4), pp. 468-474. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4187/respcare.05108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thigh Ultrasound Monitoring Identifies Decreases in Quadriceps Femoris Thickness as a Frequent Observation in Critically Ill Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic V. Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David K. Young</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Rabilloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uvaraj Periasami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoj John</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 18 (8), pp.e339-e34. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PCC.0000000000001235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité de la prise en charge des traumatismes graves de l'enfant en salle d'accueil des urgences vitales adulte ou pédiatrique : une étude avant-après</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Floccard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois-Pierrick Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Courtil-Teyssedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde de Queiroz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 23 (4), pp. 367-372. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.arcped.2015.12.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01488311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurally adjusted ventilator assist (NAVA) reduces asynchrony during non-invasive ventilation for severe bronchiolitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Pouyau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleur Cour-Andlauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 50 (12), pp. 1320-1327. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.23139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation de la prise en charge ventilatoire en pédiatrie : de l’exploration physiologique aux applications cliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pédiatrie. Université claude Bernard Lyon 1, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04966106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ventilation mécanique dans les pathologies obstructives de l'enfant : physiopathologie des interventions ventilatoires et non ventilatoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [q-bio.OT]. Université de Lyon, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019LYSE1056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02303044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic accuracy of a calibrated abdominal compression to predict fluid responsiveness in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Jacquet-Lagreze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiberghien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Hanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Courtil-Teyssedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Réanimation de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, PARIS, France. pp. 1323-1331, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bja.2018.06.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02441333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId240"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Florent BAUDIN </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pressure support ventilation improves ventilation during inhalational induction of anesthesia in children: A pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Guerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirine Boussena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde De-Queiroz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Bouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Anesthesia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 101, pp.111710. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclinane.2024.111710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Home noninvasive ventilation in pediatric patients: Does one size fit all?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Khirani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Griffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Amaddeo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscille Bierme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Respiratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 238, pp.107983. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rmed.2025.107983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence, management, health-care burden, and 90-day outcomes of prolonged mechanical ventilation in the paediatric intensive care unit (LongVentKids): an international, prospective, cross-sectional cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atsushi Kawaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analia Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Chiusolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Hau Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet Child &amp; Adolescent Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9 (1), pp.37-46. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S2352-4642(24)00296-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy and tolerance of intravenous methylprednisolone pulses in children with severe bronchopulmonary dysplasia requiring respiratory support</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josseline Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lélia Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Coutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Butin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Godbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.27344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment on: Comparison of volume-controlled ventilation, pressure-controlled ventilation and pressure-controlled ventilation-volume guaranteed in infants and young children in the prone position: A prospective randomized study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Salaün</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Kern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Anesthesia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 98, pp.111563. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclinane.2024.111563⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new nonsense pathogenic variant in exon 1 of PHOX2B leads to the diagnosis of congenital central hypoventilation syndrome with intra-familial variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Pelleter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Desaintjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Gyapay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Massenavette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 31 (7), pp.470-472. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.arcped.2024.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fibreoptic intubation in children and young people in resource-limited settings: A case series during a humanitarian aid operation in Guinea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Kardous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumar Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Benateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia and Intensive Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0310057X241272111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors of late respiratory support or oxygen weaning in infants with bronchopulmonary dysplasia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alma Garcia-Anton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lélia Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Portefaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Plaisant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.27367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress cardiomyopathy in the paediatric population: a case series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Annino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Cantais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Heart Journal. Case Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (3), </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ehjcr/ytae030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alveolar target ventilation and dead space in children under anaesthesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Gardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde de Queiroz Siqueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloise Cerceuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Bouhamri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chassard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Anaesthesiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 40 (7), pp.495-500. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/EJA.0000000000001832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weaning from noninvasive respiratory support in children in acute settings: Expert consensus statement using modified Delphi methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mortamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Milési</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nilufer Yalindag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Kneyber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 59 (2), pp.348-354. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.26753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypophosphatemia in infants with severe bronchiolitis and association with length of mechanical ventilation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Lusteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (9), pp.2513-2519. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.26538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical practice guidelines: management of severe bronchiolitis in infants under 12&nbsp;months old admitted to a pediatric critical care unit.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Milési</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Essouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Intensive Care Medicine, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00134-022-06918-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Respiratory physiology during NAVA ventilation in neonates born with a congenital diaphragmatic hernia: The “NAVA‐diaph” pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lélia Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Butin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Plaisant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Claris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (5), pp.1542-1550. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.26357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Executive Summary of the Second International Guidelines for the Diagnosis and Management of Pediatric Acute Respiratory Distress Syndrome (PALICC-2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yolanda López-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narayan Prabhu Iyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melania Bembea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asya Agulnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (2), pp.143-168. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PCC.0000000000003147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk of admission to the pediatric intensive care unit for SARS-CoV-2 delta and omicron infections.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Recher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Leteurtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Pediatric Infectious Diseases Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Journal of the Pediatric Infectious Diseases Society, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jpids/piad010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en charge de la bronchiolite aiguë grave chez le nourrisson de moins de 12 mois hospitalisé en soins critiques pédiatriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Milési</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Essouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6 (2), pp.154-159. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.perped.2023.04.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04225839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring in Pediatric Acute Respiratory Distress Syndrome: From the Second Pediatric Acute Lung Injury Consensus Conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anoopindar Bhalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muneyuki Takeuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Cruces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (Supplement 1 2S), pp.S112-S123. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PCC.0000000000003163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planned Peri-Extubation Fasting in Critically Ill Children: An International Survey of Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Nabialek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyvonne Tume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloise Cercueil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Morice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Bouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pediatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fped.2022.905058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevention of submicron aerosolized particle dispersion: evaluation of an aerosol box using a pediatric simulation model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominic Rivest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Levy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Buyck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Lung Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48 (9-10), pp.266-274. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01902148.2022.2135795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capillary refill time for the management of acute circulatory failure: a survey among pediatric and adult intensivists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Jacquet-Lagrèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cléo Wiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Ruste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Emergency Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (1), pp.131. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12873-022-00681-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03831073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidence of Refeeding Syndrome in Critically Ill Children With Nutritional Support</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tajnja Vasileva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyvonne Tume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Chessel Ford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pediatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fped.2022.932290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High flow nasal cannula: an alternative to continuous positive airway pressure in cats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Pouzot Pouzot-Névoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Allaouchiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Feline Medicine and Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (4), pp.405 - 406. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1098612x20977779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257759v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pediatric barrier enclosure for nasopharyngeal suctioning during Covid-19 pandemic: A simulation based-study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Buyck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Levy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl-Eric Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Emergency Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 45, pp.608-610. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ajem.2020.11.077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High flow nasal cannula: an alternative to continuous positive airway pressure in cats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Pouzot Pouzot-Névoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Allaouchiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Feline Medicine and Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (4), pp.405-406. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1098612X20977779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurrence and risk factors associated with seizures in infants with severe bronchiolitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Toulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pediatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 180 (9), pp.2959-2967. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00431-021-04070-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ventilation in pediatric anesthesia: A French multicenter prospective observational study (PEDIAVENT)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Lebossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde de Queiroz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourdaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Veyckemans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Anesthesia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30 (8), pp.912-921. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pan.13909⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving mealtimes for paediatric intensive care children and families: A quality improvement initiative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malorie de Monte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Marty Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Zamor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Ford-Chessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nursing in Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 26 (4), pp.288-296. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nicc.12567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capillary refill time variation induced by passive leg raising predicts capillary refill time response to volume expansion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Jacquet-Lagrèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Bouhamri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Portran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 23 (1), pp.281. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-019-2560-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02467823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship Between Diaphragmatic Electrical Activity and Esophageal Pressure Monitoring in Children*</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Essouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mortamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 20 (7), pp.e319-e325. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PCC.0000000000001981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutritional Status Deterioration Occurs Frequently During Children’s ICU Stay*</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Gaillard Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Ford-Chessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gervet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 20 (8), pp.714-721. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PCC.0000000000001979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurally adjusted ventilatory assist decreases work of breathing during non-invasive ventilation in infants with severe bronchiolitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Essouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 23 (1), 3 p. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-019-2379-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disaster preparedness in French paediatric hospitals 2 years after terrorist attacks of 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mortamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noella Lode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Roumeliotis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Disease in Childhood</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 104 (4), p322 LP - 327. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/archdischild-2017-314658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural feedback is effective in preterm infants during neurally adjusted ventilatory assist, when using clinically relevant settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Bridier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tine François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 54 (12), pp.1878-1879. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.24478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal ICU… Why not also use the existing veterinary ICUs?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Pouzot-Nevoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Louzier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Goy-Thollot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Intensive Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9, pp.93. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13613-019-0568-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04845569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renal transplantation in children under 3years of age: Experience from a single-center study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amna Klich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Ranchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Demede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (2), p. e13116. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/petr.13116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renal transplantation in children under 3 years of age: Experience from a single‐center study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amna Klich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Ranchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Demede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (2), </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/petr.13116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04384537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiological Effect of Prone Position in Children with Severe Bronchiolitis: A Randomized Cross-Over Study (BRONCHIO-DV)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Essouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Portefaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Pediatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 205, pp. 112-119.e4. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpeds.2018.09.066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viral Bronchiolitis in PICUs: Looking Further Than the Acute Phase!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 18 (12), pp. 1178-1179. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PCC.0000000000001353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infections invasives à méningocoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Hees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Gillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pédiatrie - Maladies infectieuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.4-283-B-10. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1637-5017(17)65452-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Flow Nasal Cannula in the Pediatric ICU: Popular or Efficient?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Pouyau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Respiratory Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (8), pp. 1116-1117. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4187/respcare.05720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of Bohr and Enghoff Dead Space Equations in Mechanically Ventilated Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourgoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Brossier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Emeriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Wysocki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Respiratory Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (4), pp. 468-474. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4187/respcare.05108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasal high flow in management of children with status asthmaticus: a retrospective observational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Vanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Massenavette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Pouyau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Intensive Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7, pp.55. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13613-017-0278-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thigh Ultrasound Monitoring Identifies Decreases in Quadriceps Femoris Thickness as a Frequent Observation in Critically Ill Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic V. Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David K. Young</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Rabilloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uvaraj Periasami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoj John</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 18 (8), pp.e339-e34. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PCC.0000000000001235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité de la prise en charge des traumatismes graves de l'enfant en salle d'accueil des urgences vitales adulte ou pédiatrique : une étude avant-après</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Floccard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois-Pierrick Desgranges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Courtil-Teyssedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde de Queiroz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 23 (4), pp. 367-372. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.arcped.2015.12.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01488311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurally adjusted ventilator assist (NAVA) reduces asynchrony during non-invasive ventilation for severe bronchiolitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Pouyau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleur Cour-Andlauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Pulmonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 50 (12), pp. 1320-1327. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ppul.23139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation de la prise en charge ventilatoire en pédiatrie : de l’exploration physiologique aux applications cliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pédiatrie. Université claude Bernard Lyon 1, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04966106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ventilation mécanique dans les pathologies obstructives de l'enfant : physiopathologie des interventions ventilatoires et non ventilatoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Baudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [q-bio.OT]. Université de Lyon, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019LYSE1056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02303044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic accuracy of a calibrated abdominal compression to predict fluid responsiveness in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Jacquet-Lagreze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiberghien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Hanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Courtil-Teyssedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Réanimation de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, PARIS, France. pp. 1323-1331, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bja.2018.06.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02441333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId240"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966130v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Lauret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Guerin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Boussena" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde De-Queiroz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bouvet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinane.2024.111710" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966123v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Kawaguchi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Analia Fernandez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Baudin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Chiusolo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hau Lee" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2352-4642(24)00296-7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934309v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Khirani" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Griffon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Amaddeo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Bierme" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmed.2025.107983" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834093v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josseline Reynaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;lia Dreyfus" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Coutier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Butin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Godbert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.27344" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966138v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Laurent" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Kardous" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Diallo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Collet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Benateau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0310057X241272111" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804243v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pelleter" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Desaintjean" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Gyapay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Massenavette" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2024.06.003" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966144v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Sala&#252;n" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Kern" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinane.2024.111563" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833811v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Garcia-Anton" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Portefaix" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Plaisant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.27367" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966145v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Annino" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Cantais" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Javouhey" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjcr/ytae030" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966170v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Gardon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde de Queiroz Siqueira" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Cerceuil" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Bouhamri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chassard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EJA.0000000000001832" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966176v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Plaisant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Claris" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.26357" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04531061v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mil&#233;si" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Durand" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Emeriaud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Essouri" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-022-06918-4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966165v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Lusteau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Valla" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.26538" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966156v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mortamet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilufer Yalindag" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kneyber" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.26753" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966182v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda L&#243;pez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narayan Prabhu Iyer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melania Bembea" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asya Agulnik" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000003147" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04225839v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.perped.2023.04.004" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04547925v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Recher" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Leteurtre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Morin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jpids/piad010" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966180v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anoopindar Bhalla" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muneyuki Takeuchi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruces" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000003163" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966189v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Nabialek" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyvonne Tume" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Cercueil" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morice" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2022.905058" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966183v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tabone" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Rivest" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Levy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Buyck" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jouvet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01902148.2022.2135795" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03831073v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Jacquet-Lagr&#232;ze" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;o Wiart" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Schweizer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Didier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ruste" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12873-022-00681-x" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966187v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Blanc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tajnja Vasileva" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chessel Ford" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2022.932290" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03257759v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pouzot Pouzot-N&#233;voret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Hocine" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Allaouchiche" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1098612x20977779" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966195v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Huguet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Toulouse" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00431-021-04070-7" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03722124v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1098612X20977779" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966198v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl-Eric Aubin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajem.2020.11.077" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966205v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leboss&#233;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde de Queiroz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourdaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Veyckemans" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pan.13909" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966202v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malorie de Monte" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Marty Petit" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Zamor" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ford-Chessel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nicc.12567" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02467823v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourredine Bouhamri" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Portran" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-019-2560-0" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966213v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Beck" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000001981" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966211v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Valla" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Gaillard Le Roux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gervet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000001979" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944031v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noella Lode" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Roumeliotis" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/archdischild-2017-314658" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223958v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-019-2379-8" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966208v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Bridier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.24478" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04845569v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pouzot-Nevoret" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Louzier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goy-Thollot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-019-0568-x" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384537v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Loiseau" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bacchetta" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amna Klich" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ranchin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Demede" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/petr.13116" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089408v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Portefaix" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpeds.2018.09.066" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486259v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160471v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000001353" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159523v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pouyau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4187/respcare.05720" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825850v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hees" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Gillet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1637-5017(17)65452-8" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714376v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Buisson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Vanel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-017-0278-1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160472v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourgoin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brossier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wysocki" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4187/respcare.05108" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714646v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic V. Valla" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David K. Young" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rabilloud" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uvaraj Periasami" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoj John" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000001235" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488311v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Floccard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Pierrick Desgranges" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Courtil-Teyssedre" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2015.12.023" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160272v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Cour-Andlauer" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Berthiller" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Robert" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.23139" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/844F54BC030ADBB6BB469812E88C7233B857C22F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04966106v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02303044v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LYSE1056" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441333v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Jacquet-Lagreze" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tiberghien" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Evain" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hanna" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bja.2018.06.030" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966130v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Lauret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Guerin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Boussena" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde De-Queiroz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bouvet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinane.2024.111710" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934309v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Khirani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Griffon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Amaddeo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Baudin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Bierme" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmed.2025.107983" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966123v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Kawaguchi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Analia Fernandez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Chiusolo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hau Lee" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2352-4642(24)00296-7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834093v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josseline Reynaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;lia Dreyfus" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Coutier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Butin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Godbert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.27344" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966144v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Sala&#252;n" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Kern" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinane.2024.111563" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804243v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pelleter" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Desaintjean" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Gyapay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Massenavette" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2024.06.003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966138v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Laurent" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Kardous" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Diallo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Collet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Benateau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0310057X241272111" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833811v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Garcia-Anton" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Portefaix" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Plaisant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.27367" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966145v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Annino" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Cantais" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Javouhey" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjcr/ytae030" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966170v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Gardon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde de Queiroz Siqueira" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Cerceuil" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Bouhamri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chassard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EJA.0000000000001832" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966156v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mortamet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mil&#233;si" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilufer Yalindag" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kneyber" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.26753" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966165v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Lusteau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Valla" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.26538" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04531061v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Durand" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Emeriaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Essouri" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-022-06918-4" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966176v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Plaisant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Claris" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.26357" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966182v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda L&#243;pez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narayan Prabhu Iyer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melania Bembea" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asya Agulnik" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000003147" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04547925v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Recher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Leteurtre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Morin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jpids/piad010" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04225839v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.perped.2023.04.004" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966180v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anoopindar Bhalla" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muneyuki Takeuchi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruces" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000003163" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966189v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Nabialek" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyvonne Tume" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Cercueil" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morice" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2022.905058" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966183v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tabone" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Rivest" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Levy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Buyck" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jouvet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01902148.2022.2135795" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03831073v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Jacquet-Lagr&#232;ze" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;o Wiart" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Schweizer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Didier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ruste" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12873-022-00681-x" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966187v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Blanc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tajnja Vasileva" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chessel Ford" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2022.932290" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03257759v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pouzot Pouzot-N&#233;voret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Hocine" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Allaouchiche" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1098612x20977779" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966198v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl-Eric Aubin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajem.2020.11.077" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03722124v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1098612X20977779" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966195v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Huguet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Toulouse" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00431-021-04070-7" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966205v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leboss&#233;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde de Queiroz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourdaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Veyckemans" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pan.13909" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966202v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malorie de Monte" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Marty Petit" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Zamor" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ford-Chessel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nicc.12567" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02467823v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourredine Bouhamri" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Portran" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-019-2560-0" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966213v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Beck" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000001981" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966211v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Valla" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Gaillard Le Roux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gervet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000001979" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223958v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-019-2379-8" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944031v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noella Lode" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Roumeliotis" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/archdischild-2017-314658" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966208v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Bridier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.24478" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04845569v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pouzot-Nevoret" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Louzier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goy-Thollot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-019-0568-x" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486259v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Loiseau" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bacchetta" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amna Klich" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ranchin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Demede" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/petr.13116" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384537v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089408v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Portefaix" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpeds.2018.09.066" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160471v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000001353" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825850v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hees" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Gillet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1637-5017(17)65452-8" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159523v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pouyau" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4187/respcare.05720" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160472v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourgoin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brossier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wysocki" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4187/respcare.05108" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714376v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Buisson" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Vanel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-017-0278-1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714646v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic V. Valla" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David K. Young" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rabilloud" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uvaraj Periasami" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoj John" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000001235" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488311v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Floccard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Pierrick Desgranges" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Courtil-Teyssedre" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2015.12.023" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160272v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Cour-Andlauer" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Berthiller" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Robert" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppul.23139" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/844F54BC030ADBB6BB469812E88C7233B857C22F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04966106v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02303044v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LYSE1056" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441333v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Jacquet-Lagreze" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tiberghien" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Evain" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hanna" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bja.2018.06.030" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>