--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -904,274 +904,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04709615v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and reliable computation of the instantaneous orbital collision probability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficient and Validated Numerical Evaluation of Abelian Integrals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bréhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Brisebarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Masson</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Bruno Salvy</w:t>
+                <w:t xml:space="preserve">Mioara Joldeş</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Warwick Tucker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Guidance, Control, and Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2514/1.G008102⟩</w:t>
+              <w:t xml:space="preserve">ACM Transactions on Mathematical Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 50 (1), pp.1 - 38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3637550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04134188v1</w:t>
+                <w:t xml:space="preserve">hal-03561096v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient and Validated Numerical Evaluation of Abelian Integrals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast and reliable computation of the instantaneous orbital collision probability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Arzelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Brisebarre</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mioara Joldes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mioara Joldeş</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Warwick Tucker</w:t>
+                <w:t xml:space="preserve">Bruno Salvy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Mathematical Software</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 50 (1), pp.1 - 38. </w:t>
+              <w:t xml:space="preserve">Journal of Guidance, Control, and Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3637550⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/1.G008102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03561096v2</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04134188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Symbolic-Numeric Validation Algorithm for Linear ODEs with Newton-Picard Method</w:t>
               </w:r>
@@ -1687,51 +1687,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast and reliable computation of the instantaneous orbital collision probability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Arzelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1821,51 +1821,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Arzelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mioara Joldeş</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2325,209 +2325,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01830253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validated Semi-Analytical Transition Matrices for Linearized Relative Spacecraft Dynamics via Chebyshev Series Approximations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Newton-like Validation Method for Chebyshev Approximate Solutions of Linear Ordinary Differential Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bréhard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Gazzino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SCITECH 2018 - AIAA Science and Technology Forum and Exposition, 28th Space Flight Mechanics Meeting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2514/6.2018-1960⟩</w:t>
+              <w:t xml:space="preserve">ISSAC 2018 - 43rd International Symposium on Symbolic and Algebraic Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, New York, United States. pp.103-110, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3208976.3209000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01540170v3</w:t>
+                <w:t xml:space="preserve">hal-01654396v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Newton-like Validation Method for Chebyshev Approximate Solutions of Linear Ordinary Differential Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Validated Semi-Analytical Transition Matrices for Linearized Relative Spacecraft Dynamics via Chebyshev Series Approximations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Ricardo Arantes Gilz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bréhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Gazzino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISSAC 2018 - 43rd International Symposium on Symbolic and Algebraic Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, New York, United States. pp.103-110, </w:t>
+              <w:t xml:space="preserve">SCITECH 2018 - AIAA Science and Technology Forum and Exposition, 28th Space Flight Mechanics Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Kissimmee, United States. pp.1-23, </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3208976.3209000⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/6.2018-1960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01654396v2</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01540170v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linearized Impulsive Fixed-Time Fuel-Optimal Space rendezvous: A New Numerical Approach</w:t>
               </w:r>
@@ -3329,51 +3329,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510315v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Br&#233;hard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Corinaldesi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Poteaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507599v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Arzelier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mioara Joldes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955638v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmin Kr&#252;ger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Vinciguerra" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393037v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Petrault" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal El Safah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fortin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny G. Sorce" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626388v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161151v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02085895v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brisebarre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warwick Tucker" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709615v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hubrecht" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3770066" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04134188v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Salvy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.G008102" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561096v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mioara Jolde&#351;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3637550" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161118v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123054v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.G004560" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526272v3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3208103" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04466875v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mezzarobba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARITH61463.2024.00025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138791v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Soudant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3597066.3597122" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04240944v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03158347v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Lasserre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohie Laurens" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC45484.2021.9683445" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02088529v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Mahboubi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pous" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ITP.2019.8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006645v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006606v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830253v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Serra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540170v3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Ricardo Arantes Gilz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gazzino" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2018-1960" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654396v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3208976.3209000" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275427v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Deak" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Louembet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.09.064" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444341v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rondepierre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02077552v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Martire" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02337901v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LYSEN032" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008009v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gaillard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6cdde290b1103523b5da14286df67b8df99b14a4;origin=https://github.com/damien-pous/approx-models;visit=swh:1:snp:0b56d5fef783663a395578bc5fb64f9f8afa0342;anchor=swh:1:rev:2304ba7730fbb293d4cb55f609994d7bdaf4e83f" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510315v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Br&#233;hard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Corinaldesi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Poteaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507599v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Arzelier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mioara Joldes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955638v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmin Kr&#252;ger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Vinciguerra" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393037v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Petrault" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal El Safah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fortin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny G. Sorce" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626388v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161151v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02085895v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brisebarre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warwick Tucker" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709615v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hubrecht" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3770066" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561096v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mioara Jolde&#351;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3637550" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04134188v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Salvy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.G008102" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161118v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123054v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.G004560" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526272v3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3208103" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04466875v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mezzarobba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARITH61463.2024.00025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138791v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Soudant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3597066.3597122" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04240944v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03158347v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Lasserre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohie Laurens" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC45484.2021.9683445" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02088529v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Mahboubi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pous" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ITP.2019.8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006645v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006606v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830253v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Serra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654396v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3208976.3209000" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540170v3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Ricardo Arantes Gilz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gazzino" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2018-1960" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275427v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Deak" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Louembet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.09.064" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444341v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rondepierre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02077552v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Martire" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02337901v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LYSEN032" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008009v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gaillard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6cdde290b1103523b5da14286df67b8df99b14a4;origin=https://github.com/damien-pous/approx-models;visit=swh:1:snp:0b56d5fef783663a395578bc5fb64f9f8afa0342;anchor=swh:1:rev:2304ba7730fbb293d4cb55f609994d7bdaf4e83f" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>