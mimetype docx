--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1937,172 +1937,172 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une analyse de filières opérationnelles de séparation à la source au prisme de la démonstration</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Note pour concevoir et exploiter les réseaux de collecte de l'urine humaine dans des bâtiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">LEESU, Ecole des Ponts, Univ Paris Est Creteil. 2024</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Arceau-IF. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04553119v1</w:t>
+                <w:t xml:space="preserve">hal-02009165v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Note pour concevoir et exploiter les réseaux de collecte de l'urine humaine dans des bâtiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une analyse de filières opérationnelles de séparation à la source au prisme de la démonstration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lena Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Arceau-IF. 2024</w:t>
+              <w:t xml:space="preserve">LEESU, Ecole des Ponts, Univ Paris Est Creteil. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02009165v4</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04553119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La séparation à la source des excrétats humains dans les petites collectivités : vers de nouvelles filières de circularité couplant assainissement et fertilisation. Rapport d'avancement de thèse année 1</w:t>
               </w:r>
@@ -2850,51 +2850,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2946,242 +2946,352 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05143612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers de nouveaux engrais d'origine humaine ?</w:t>
+                <w:t xml:space="preserve">La recherche en associatif : l'exemple de l'association la Brèche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...21 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Champouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ida Legagneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Perrinel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, pp.40-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dse.4954⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04168108v1</w:t>
+                <w:t xml:space="preserve">hal-05424151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vers de nouveaux engrais d'origine humaine ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Fardet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n°786</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.78-79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04168108v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quel intérêt pour la séparation à la source dans la gestion des eaux usées domestiques en France ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Garnaud-Corbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard de Gouvello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lafforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quel intérêt pour la séparation à la source dans la gestion des eaux usées domestiques en France ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 36 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04316755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId76"/>
+      <w:footerReference w:type="default" r:id="rId81"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3249,51 +3359,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FE4633A4"/>
+    <w:nsid w:val="36A5677C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3480,51 +3590,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florent-brun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9546-3010" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598226v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Brun" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Esculier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard de Gouvello" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-ge1029" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186151v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Dubois" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Boutin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132504v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Joncoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard De Gouvello" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.24043" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549259v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2019.1378" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811052v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behzad Nasri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fouch&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-0604-z" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411547v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787858v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592013v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445252v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591966v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724784v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Fardet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Raguet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Schmaltz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200869v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768922v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Weingart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joveniaux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966049v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02893539v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374228v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918982v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Tourlonnias" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304136v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916105v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553119v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Meunier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009165v4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398614v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03003572v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lombard-Latune" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610082v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394172v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914242v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803150v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Merotto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Torrent" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Campan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803134v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delmaire" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong He" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bayard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803047v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Leguen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Oxarango" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle D&#233;portes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143612v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168108v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316755v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Besson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garnaud-Corbel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lafforgue" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florent-brun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9546-3010" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598226v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Brun" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Esculier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard de Gouvello" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-ge1029" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186151v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Dubois" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Boutin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132504v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Joncoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard De Gouvello" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.24043" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549259v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2019.1378" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811052v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behzad Nasri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fouch&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-0604-z" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411547v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787858v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592013v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445252v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591966v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724784v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Fardet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Raguet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Schmaltz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200869v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768922v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Weingart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joveniaux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966049v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02893539v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374228v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918982v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Tourlonnias" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304136v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916105v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009165v4" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553119v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Meunier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398614v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03003572v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lombard-Latune" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610082v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394172v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914242v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803150v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Merotto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Torrent" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Campan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803134v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delmaire" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong He" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bayard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803047v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Leguen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Oxarango" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle D&#233;portes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143612v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424151v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Champouillon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Legagneur" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Perrinel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dse.4954" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168108v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316755v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Besson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garnaud-Corbel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lafforgue" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>