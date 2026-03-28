--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -795,274 +795,274 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réajuster l’analyse de la « vulnérabilité » des réfugié·e·s LGBT+ en France : une vulnérabilisation par les politiques migratoires et d’asile restrictives</w:t>
+                <w:t xml:space="preserve">Une rencontre avec Marine Duc et Florent Chossière, co-auteurs de Catégoriser. Lexique de la construction sociale des différences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Chossière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Duc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Émulations : Revue de sciences sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 49, pp.105-120. </w:t>
+              <w:t xml:space="preserve">Annales de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 765 (6), pp.111-119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/148i9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ag.765.0111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05151109v1</w:t>
+                <w:t xml:space="preserve">hal-05332245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une rencontre avec Marine Duc et Florent Chossière, co-auteurs de Catégoriser. Lexique de la construction sociale des différences</w:t>
+                <w:t xml:space="preserve">‘I knew about political asylum, but not about asylum for gay people’: How queer exiles come to apply (or not) for SOGI asylum in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Chossière</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marine Duc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de géographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 765 (6), pp.111-119. </w:t>
+              <w:t xml:space="preserve">Journal of Refugee Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ag.765.0111⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jrs/feaf003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05332245v1</w:t>
+                <w:t xml:space="preserve">hal-04958879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘I knew about political asylum, but not about asylum for gay people’: How queer exiles come to apply (or not) for SOGI asylum in France</w:t>
+                <w:t xml:space="preserve">Réajuster l’analyse de la « vulnérabilité » des réfugié·e·s LGBT+ en France : une vulnérabilisation par les politiques migratoires et d’asile restrictives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Chossière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Refugee Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Émulations : Revue de sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 49, pp.105-120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jrs/feaf003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/148i9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04958879v1</w:t>
+                <w:t xml:space="preserve">hal-05151109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Book review: Atlas des migrations dans le monde</w:t>
               </w:r>
@@ -2593,178 +2593,178 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ailleurs pour être soi ? Représentations et réalités des expériences de LGBT+ réfugié·es et de quartiers populaires</w:t>
+                <w:t xml:space="preserve">Les réfugié·es LGBT+ et l’ordre sexuel du monde : expériences de la demande d’asile en France au motif de persécutions liées à l’orientation sexuelle ou à l’identité de genre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Chossière</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Axel Ravier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude Genre, Sexualités, Migrations, Racisations, Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Marseille, France</w:t>
+              <w:t xml:space="preserve">Journées Géopolitiques de Reims</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04353643v1</w:t>
+                <w:t xml:space="preserve">hal-04332192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les réfugié·es LGBT+ et l’ordre sexuel du monde : expériences de la demande d’asile en France au motif de persécutions liées à l’orientation sexuelle ou à l’identité de genre</w:t>
+                <w:t xml:space="preserve">Ailleurs pour être soi ? Représentations et réalités des expériences de LGBT+ réfugié·es et de quartiers populaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Chossière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Ravier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Géopolitiques de Reims</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Reims, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude Genre, Sexualités, Migrations, Racisations, Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04332192v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04353643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir « demandeur d’asile ». Les implications d’un statut administratif migratoire sur les expériences quotidiennes d’exilés LGBT+ en France</w:t>
               </w:r>
@@ -3089,454 +3089,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02900504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appréhender la sexualité par les échelles ? Réflexions à partir de trajectoires de demandeur.se.s d'asile pour orientation sexuelle en France</w:t>
+                <w:t xml:space="preserve">Enquêter sur l’asile et les migrations : associatif et chercheur, le terrain à l’épreuve de la “double casquette”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Chossière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approches critiques de la dimension spatiale des rapports sociaux : débats transdisciplinaires et transnationaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Caen, France</w:t>
+              <w:t xml:space="preserve">Séance Question de méthodes : rapports de pouvoir entre enquêteurs et enquêtés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Atelier Migrations - EHESS, Feb 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02170470v1</w:t>
+                <w:t xml:space="preserve">hal-04332191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From migration to queer asylum: emphasizing complexity of migrations and queer migrants agency</w:t>
+                <w:t xml:space="preserve">Migration, autonomie et émancipation : ce que les pratiques de l'espace public nous disent des trajectoires de réfugié.es LGBT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Chossière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th European Geographies of Sexualities Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Genre et émancipation - II° Congrès International de l'Institut du Genre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02900517v1</w:t>
+                <w:t xml:space="preserve">hal-02900521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Migration, autonomie et émancipation : ce que les pratiques de l'espace public nous disent des trajectoires de réfugié.es LGBT</w:t>
+                <w:t xml:space="preserve">La sexualité comme frontière ? L'asile au motif de l'orientation sexuelle en France, entre régimes du soupçon et de l'incertitude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Chossière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Cesaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genre et émancipation - II° Congrès International de l'Institut du Genre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Angers, France</w:t>
+              <w:t xml:space="preserve">Penser les frontières, passer les frontières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02900521v1</w:t>
+                <w:t xml:space="preserve">hal-02900515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sexualité comme frontière ? L'asile au motif de l'orientation sexuelle en France, entre régimes du soupçon et de l'incertitude</w:t>
+                <w:t xml:space="preserve">Les établissements commerciaux LGBT+, entre espaces de marginalisation et espaces ressources. L'exemple de demandeur.se.s d'asile à Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Chossière</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sara Cesaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Penser les frontières, passer les frontières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">Stonewall 50 ans après. Héritages et constructions mémorielles des émeutes de 1969</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02900515v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02170475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les établissements commerciaux LGBT+, entre espaces de marginalisation et espaces ressources. L'exemple de demandeur.se.s d'asile à Paris</w:t>
+                <w:t xml:space="preserve">Appréhender la sexualité par les échelles ? Réflexions à partir de trajectoires de demandeur.se.s d'asile pour orientation sexuelle en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Chossière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stonewall 50 ans après. Héritages et constructions mémorielles des émeutes de 1969</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Approches critiques de la dimension spatiale des rapports sociaux : débats transdisciplinaires et transnationaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02170475v1</w:t>
+                <w:t xml:space="preserve">hal-02170470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enquêter sur l’asile et les migrations : associatif et chercheur, le terrain à l’épreuve de la “double casquette”</w:t>
+                <w:t xml:space="preserve">From migration to queer asylum: emphasizing complexity of migrations and queer migrants agency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Chossière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séance Question de méthodes : rapports de pouvoir entre enquêteurs et enquêtés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Atelier Migrations - EHESS, Feb 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">5th European Geographies of Sexualities Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04332191v1</w:t>
+                <w:t xml:space="preserve">hal-02900517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Queering Refugeeness, Rescaling Sexuality: Sexual Minorities in Asylum Process</w:t>
               </w:r>
@@ -4131,51 +4131,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acp.univ-gustave-eiffel.fr/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geographie-cites.cnrs.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.futurs-urbains.fr/groupes-transversaux/presentation-des-groupes-transversaux/groupe-transversal-justice-espace-discriminations-inegalites/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alterites.hypotheses.org/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:florent.chossiere@ens-lyon.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.defenseurdesdroits.fr/remise-du-prix-de-these-2023-du-defenseur-des-droits-512" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sorbonne.fr/wp-content/uploads/Liste-Laur%C3%A9ats-Prix-solennels-Chancellerie-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnfg.fr/vie-du-comite/prix-de-these-du-cnfg/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paris-est-sup.fr/recherche/evenements/evenement/72a6b8407185a19102d2e1dc9f1f5190/?tx_news_pi1%5Bnews%5D=2179&amp;tx_news_pi1%5Bcontroller%5D=News&amp;tx_news_pi1%5Baction%5D=detail&amp;tx_news_pi1%5Bday%5D=14&amp;tx_news_pi1%5Bmonth%5D=11&amp;tx_news_pi1%5Byear%5D=2023" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580613v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Bouvet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chossi&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Duc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Fisson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100273680" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512753v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Odasso" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenda Santana de Andrade" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857819v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rieu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197624v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Desvaux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Mahoudeau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151109v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/148i9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332245v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.765.0111" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958879v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jrs/feaf003" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003431v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gh-80-95-2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864051v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pld.143.0034" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637166v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alta&#239;r Despres" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11xzz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857824v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197475v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fhumd.2021.634009" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498117v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.742.0005" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101826v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien B&#233;casse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiano Cesaro" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pld.127.0043" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478742v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170468v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26151/espacestemps.net-e4a5-p541" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603150v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798937v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/10322/rapports-de-domination-et-resistances" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688634v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634572v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688627v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsburycollections.com/monograph-detail?docid=b-9780755639021&amp;amp;tocid=b-9780755639021-chapter12" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9780755639021.ch-12" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353607v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.bost.2018.01.0032" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298146v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04332219v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353643v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Ravier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332192v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334141v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332224v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332227v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332188v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900504v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170470v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900517v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900521v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900515v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cesaro" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170475v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332191v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170474v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170478v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170477v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05062843v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Peltier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licie Roux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332203v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332207v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acp.univ-gustave-eiffel.fr/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geographie-cites.cnrs.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.futurs-urbains.fr/groupes-transversaux/presentation-des-groupes-transversaux/groupe-transversal-justice-espace-discriminations-inegalites/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alterites.hypotheses.org/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:florent.chossiere@ens-lyon.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.defenseurdesdroits.fr/remise-du-prix-de-these-2023-du-defenseur-des-droits-512" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sorbonne.fr/wp-content/uploads/Liste-Laur%C3%A9ats-Prix-solennels-Chancellerie-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnfg.fr/vie-du-comite/prix-de-these-du-cnfg/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paris-est-sup.fr/recherche/evenements/evenement/72a6b8407185a19102d2e1dc9f1f5190/?tx_news_pi1%5Bnews%5D=2179&amp;tx_news_pi1%5Bcontroller%5D=News&amp;tx_news_pi1%5Baction%5D=detail&amp;tx_news_pi1%5Bday%5D=14&amp;tx_news_pi1%5Bmonth%5D=11&amp;tx_news_pi1%5Byear%5D=2023" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580613v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Bouvet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chossi&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Duc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Fisson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100273680" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512753v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Odasso" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenda Santana de Andrade" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857819v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rieu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197624v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Desvaux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Mahoudeau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332245v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.765.0111" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958879v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jrs/feaf003" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151109v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/148i9" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003431v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gh-80-95-2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864051v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pld.143.0034" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637166v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alta&#239;r Despres" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11xzz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857824v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197475v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fhumd.2021.634009" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498117v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.742.0005" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101826v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien B&#233;casse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiano Cesaro" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pld.127.0043" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478742v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170468v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26151/espacestemps.net-e4a5-p541" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603150v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798937v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/10322/rapports-de-domination-et-resistances" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688634v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634572v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688627v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsburycollections.com/monograph-detail?docid=b-9780755639021&amp;amp;tocid=b-9780755639021-chapter12" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9780755639021.ch-12" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353607v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.bost.2018.01.0032" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298146v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04332219v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332192v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353643v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Ravier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334141v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332224v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332227v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332188v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900504v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332191v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900521v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900515v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cesaro" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170475v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170470v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900517v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170474v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170478v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170477v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05062843v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Peltier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licie Roux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332203v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332207v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>