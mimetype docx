--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Florent Doutre </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Responsable de la plateforme Optique Intégrée sur Niobate de Lithium, OPTINIL</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Photonics for Quantum Communications and Metrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D’Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRX Quantum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5 (1), pp.010101. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PRXQuantum.5.010101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abnormal Domain Growth during Polarization Reversal in Lithium Niobate Crystal Modified by Proton Exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Savelyev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Akhmatkhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Kosobokov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.72. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cryst13010072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creation of periodical domain structure by local polarization reversal in planar waveguide produced by soft proton exchange in LiNbO 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Savelyev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Akhmatkhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Slautin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Advanced Dielectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (06), </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S2010135X23500200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of the Domain Structure in Uniform Electric Field in LiNbO 3 with Surface Layer Modified by Soft Proton Exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Savelyev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Akhmatkhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (4), </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssr.202300420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-period domain patterning by ion beam irradiation in lithium niobate waveguides produced by soft proton exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.S. Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.V. Gimadeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.M. Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R. Akhmatkhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics and Laser Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 158, pp.108813. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optlastec.2022.108813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain growth in LiNbO 3 with surface layer modified by soft proton exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Savelyev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Akhmatkhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Greshnyakov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 592 (1), pp.64-71. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150193.2022.2052247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Characterization of Waveguide Index Profile: Application to Soft-Proton-Exchange in LiNbO$_3$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena A Pashnina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy O Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39 (14), pp.4695-4699. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2021.3077637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03390614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermode-based second harmonic generation in a nonlinear interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Belabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D’auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (23), pp.37175. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.435281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03452546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Configurable heralded two-photon Fock-states on a chip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Hua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Vergyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (1), pp.415-424. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.403552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Second harmonic generation in periodically poled MgO:LN crystal with 2 µm period created by e-beam irradiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Savelyev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Akhmatkhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pashnina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 576 (1), pp.50-54. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150193.2021.1888259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03390685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermode-based second harmonic generation in a nonlinear interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D’auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (23), pp.37175. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.435281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03451134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermode-based second harmonic generation in a nonlinear interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D’Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (23), pp.37175. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.435281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermode-based second harmonic generation in a nonlinear interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D’auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (23), pp.37175. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.435281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermode-based second harmonic generation in a nonlinear interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (23), pp.37175. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.435281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive effect in LiNbO 3 -based integrated-optical circuits for continuous variable experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mondain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Hua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Gouzien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Zavatta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02908852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lithium niobate waveguides with high-index contrast and preserved nonlinearity fabricated by a high vacuum vapor-phase proton exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Petronela Rambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alin Marian Apetrei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasile Tiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (1), pp.8. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/PRJ.8.000008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chip-based squeezing at a telecom wavelength</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mondain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Zavatta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Gouzien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (7), pp.A36. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/PRJ.7.000A36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02408636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Second harmonic generation in periodically poled lithium niobate waveguides with stitching errors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Baldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizaveta Neradovskaia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeny Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (2), pp.331. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.35.000331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadband integrated beam splitter using spatial adiabatic passage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Bellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (21), </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.26.027058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01896063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of High-Index Contrast Lithium Niobate Waveguides Fabricated by High Vacuum Proton Exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Petronela Rambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alin Marian Apetrei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.1 - 1. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2018.2822317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01784926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft-proton exchange on magnesium-oxide-doped substrates: A route toward efficient and power-resistant nonlinear converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Legoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ayenew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (1), pp.013103. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4991474⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum photonics at telecom wavelengths based on lithium niobate waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D 'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (10), pp.104001. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2040-8978/18/10/104001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315505v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Periodic domain patterning by electron beam of proton exchanged waveguides in lithium niobate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Baldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gimadeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 108 (19), pp.192903. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4949360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Periodic domain patterning by electron beam of proton exchanged waveguides in lithium niobate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry S. Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenii Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lubov Gimadeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisaveta Neradovskaia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 108 (19), pp.192903. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4949360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01314704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microfluidic separation of magnetic nanoparticles on an ordered array of magnetized micro-pillars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Orlandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Kuzhir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Izmaylov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Alves Marins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Ezzaier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93 (6), pp.062604. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.93.062604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emission of 30ps Pulses by a Fibered Passively Q-Switched Microchip Laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Jalocha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics &amp; Laser Technolog</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 44 (1), pp.145-147. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optlastec.2011.06.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00688201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picosecond pulse deneration in a Hybrid Q-switched laser source by using a micro-electromechanical mirror</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelian Crunteanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabert Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farid El Bassri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 20 (5), pp.5524-5529. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.20.005524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Q-switched broadband laser with low timing jitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farid El Bassri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Jaffres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 20 (2), pp.1202-1212. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.20.001202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00688237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Up-conversion detectors at 1550 nm for quantum communication: review and recent advances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Tournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorin Tascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAS Publications Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 37, pp.311-339. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/eas/0937039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00436424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shortening pulses from subnanoseconde to picoseconde by means of ultrafast temporal filtering in optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Jalocha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 34 (14), pp.2087-2089</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00449557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large temporal narrowing of subnanosecond pulses in a low-birefringence optical fiber.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, vol 33 (n°16), pp1789-1791</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00340156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated quantum photonics: State of the Art & Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Haykal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Second Harmonic Generation in PPLN waveguides with stitching errors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizaveta Neradovskaia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry S. Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Ya. Shur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided-wave solutions for generating and manipulating squeezed light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Faouzi Melalkia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léandre Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mondain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Dijon 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided-wave solutions for squeezing generation and manipulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Faouzi Melalkia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léandre Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mondain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Conference on Quantum Communication ICQOM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETUDE DES GUIDES A FORT CONFINEMENT ET FAIBLES PERTES SUR NIOBATE DE LITHIUM FABRIQUES PAR ECHANGE PROTONIQUE SOUS VIDE POUSSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Petronela Rambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alin Marian Apetrei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIQUE 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01784884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Echange protonique doux sur Mg:LiNbO3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Getachew Ayenew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum photonics technologies for quantum information sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djeylan Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Fedrici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lunghi Tomaso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Mazeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Quantum Simulation, Processing and Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03566566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GÉNÉRATION D'HARMONIQUE EFICACE, EN UTILISANT POUR L'HARMONIQUE DES MODES D'ORDRE ÉLEVÉ DANS LES GUIDES SUR PPLN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizaveta Neradovskaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitri Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lubov Gimadeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenii Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHG using different combination of modal and quasi- phase matching in PPLN waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Neradovskaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Gimadeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Integrated Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GUIDES D'ONDES RÉALISÉS PAR ÉCHANGE PROTONIQUE SUR TANTALATE DE LITHIUM CONGRUENT ET SUR TANTALATE DE LITHIUM DOPÉ MGO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Getachew T Ayenew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Baldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano domains formation in PPLN during waveguide fabrcation using the soft proton exchange process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis O. Alikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrii Kuznetsov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyubov Gimadeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Ya. Shur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISOM'7</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01311798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'information quantique photonique : le point de vue de l'expérimentateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nice Physics Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Valbonne Sophia-Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarisation entanglement engineering at telecom wavelength using guided-wave optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Integrated Optics (ECIO'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération d'impulsions picosecondes dans une cavité déclenchée grâce à un miroir électromécanique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelian Crunteanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée (JNOG 2010),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Besançon, France. JNOG2010/63 - 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Source laser à cavités multiples pour la génération d'une lumiére polychromatique sans gigue temporelle :application à la cytométrie en flux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée (JNOG 2010),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picosecond pulse generation in a Q-Switched laser by using a micro-opto-electromechanical mirror</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelian Crunteanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference " Laser Optics 2010 ", WeR1-p78, Poster Presentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, St. Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00620650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid design of a broadband q-switched laser source with low timing jitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference "Laser Optics 2010",</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Saint Petersbourg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00622906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picosecond microchip Q-switched laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Jalocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude de Miscault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium on Optronics in Defence and Security (OPTRO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00919557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation du couplage cohérent pour la découpe temporelle d'impulsions lasers dans une fibre optique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ 11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Mouans Sartoux, France. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00459518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser pulse reshaping by means of nonlinear effects in a low birefringence optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers And Electro-Optics - CLEO Europe 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Munich, Germany. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00459525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découpe temporel d'impulsions picosecondes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Henri Pioger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Vergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26èmes Journées Nationales d'Optique Guidée(JNOG 2007.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, GRENOBLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00159227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CARACTÉRISATION NON LINÉAIRE DE GUIDES SUR PPLN EN SITUATION DE QUASI ACCORD DE PHASE NON CRITIQUE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Baldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNCO- Formation: "Cristaux, Micro-nano-structures et Dispositifs pour l’Optique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01643998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generator and laser system comprising coupled sub-cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Leproux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP 2443706 A1 (Source du texte : WO2010146316A1). 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System for emitting a polychromatic light, provided with coupled sub-cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Leproux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP 2443705 A1 (Source du texte : WO2010146315A1). 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sources d'impulsions brèves basées sur des procédés de découpe non linéaires au sein d'une fibre optique ; nouvelles sources déclenchées à cavités couplées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optique [physics.optics]. Université de Limoges, 2010. Français. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00682880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId195"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Florent Doutre </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Responsable de la plateforme Optique Intégrée sur Niobate de Lithium, OPTINIL</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Photonics for Quantum Communications and Metrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D’Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRX Quantum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5 (1), pp.010101. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PRXQuantum.5.010101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creation of periodical domain structure by local polarization reversal in planar waveguide produced by soft proton exchange in LiNbO 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Savelyev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Akhmatkhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Slautin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Advanced Dielectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (06), </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S2010135X23500200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abnormal Domain Growth during Polarization Reversal in Lithium Niobate Crystal Modified by Proton Exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Savelyev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Akhmatkhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Kosobokov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.72. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cryst13010072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of the Domain Structure in Uniform Electric Field in LiNbO 3 with Surface Layer Modified by Soft Proton Exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Savelyev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Akhmatkhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (4), </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssr.202300420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-period domain patterning by ion beam irradiation in lithium niobate waveguides produced by soft proton exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.S. Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.V. Gimadeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.M. Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R. Akhmatkhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics and Laser Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 158, pp.108813. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optlastec.2022.108813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain growth in LiNbO 3 with surface layer modified by soft proton exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Savelyev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Akhmatkhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Greshnyakov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 592 (1), pp.64-71. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150193.2022.2052247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Configurable heralded two-photon Fock-states on a chip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Hua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Vergyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (1), pp.415-424. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.403552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Characterization of Waveguide Index Profile: Application to Soft-Proton-Exchange in LiNbO$_3$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena A Pashnina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy O Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39 (14), pp.4695-4699. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2021.3077637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03390614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermode-based second harmonic generation in a nonlinear interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Belabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D’auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (23), pp.37175. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.435281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03452546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Second harmonic generation in periodically poled MgO:LN crystal with 2 µm period created by e-beam irradiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Savelyev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Akhmatkhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pashnina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 576 (1), pp.50-54. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150193.2021.1888259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03390685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermode-based second harmonic generation in a nonlinear interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D’auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (23), pp.37175. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.435281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03451134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermode-based second harmonic generation in a nonlinear interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D’Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (23), pp.37175. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.435281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermode-based second harmonic generation in a nonlinear interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (23), pp.37175. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.435281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermode-based second harmonic generation in a nonlinear interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D’auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (23), pp.37175. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.435281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive effect in LiNbO 3 -based integrated-optical circuits for continuous variable experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mondain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Hua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Gouzien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Zavatta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02908852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lithium niobate waveguides with high-index contrast and preserved nonlinearity fabricated by a high vacuum vapor-phase proton exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Petronela Rambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alin Marian Apetrei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasile Tiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (1), pp.8. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/PRJ.8.000008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chip-based squeezing at a telecom wavelength</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mondain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Zavatta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Gouzien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (7), pp.A36. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/PRJ.7.000A36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02408636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Second harmonic generation in periodically poled lithium niobate waveguides with stitching errors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Baldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizaveta Neradovskaia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeny Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (2), pp.331. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.35.000331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadband integrated beam splitter using spatial adiabatic passage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Bellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (21), </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.26.027058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01896063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of High-Index Contrast Lithium Niobate Waveguides Fabricated by High Vacuum Proton Exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Petronela Rambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alin Marian Apetrei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.1 - 1. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2018.2822317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01784926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft-proton exchange on magnesium-oxide-doped substrates: A route toward efficient and power-resistant nonlinear converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Legoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ayenew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (1), pp.013103. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4991474⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum photonics at telecom wavelengths based on lithium niobate waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D 'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (10), pp.104001. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2040-8978/18/10/104001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315505v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Periodic domain patterning by electron beam of proton exchanged waveguides in lithium niobate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Baldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gimadeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 108 (19), pp.192903. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4949360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Periodic domain patterning by electron beam of proton exchanged waveguides in lithium niobate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry S. Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenii Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lubov Gimadeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisaveta Neradovskaia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 108 (19), pp.192903. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4949360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01314704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microfluidic separation of magnetic nanoparticles on an ordered array of magnetized micro-pillars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Orlandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Kuzhir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Izmaylov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Alves Marins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Ezzaier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93 (6), pp.062604. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.93.062604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emission of 30ps Pulses by a Fibered Passively Q-Switched Microchip Laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Jalocha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics &amp; Laser Technolog</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 44 (1), pp.145-147. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optlastec.2011.06.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00688201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picosecond pulse deneration in a Hybrid Q-switched laser source by using a micro-electromechanical mirror</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelian Crunteanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabert Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farid El Bassri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 20 (5), pp.5524-5529. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.20.005524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Q-switched broadband laser with low timing jitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farid El Bassri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Jaffres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 20 (2), pp.1202-1212. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.20.001202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00688237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Up-conversion detectors at 1550 nm for quantum communication: review and recent advances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Tournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorin Tascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAS Publications Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 37, pp.311-339. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/eas/0937039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00436424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shortening pulses from subnanoseconde to picoseconde by means of ultrafast temporal filtering in optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Jalocha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 34 (14), pp.2087-2089</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00449557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large temporal narrowing of subnanosecond pulses in a low-birefringence optical fiber.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, vol 33 (n°16), pp1789-1791</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00340156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated quantum photonics: State of the Art & Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Haykal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Second Harmonic Generation in PPLN waveguides with stitching errors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizaveta Neradovskaia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry S. Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Ya. Shur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided-wave solutions for generating and manipulating squeezed light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Faouzi Melalkia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léandre Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mondain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Dijon 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided-wave solutions for squeezing generation and manipulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Faouzi Melalkia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léandre Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mondain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Conference on Quantum Communication ICQOM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETUDE DES GUIDES A FORT CONFINEMENT ET FAIBLES PERTES SUR NIOBATE DE LITHIUM FABRIQUES PAR ECHANGE PROTONIQUE SOUS VIDE POUSSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Petronela Rambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alin Marian Apetrei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIQUE 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01784884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Echange protonique doux sur Mg:LiNbO3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Getachew Ayenew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHG using different combination of modal and quasi- phase matching in PPLN waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Neradovskaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Gimadeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Integrated Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GÉNÉRATION D'HARMONIQUE EFICACE, EN UTILISANT POUR L'HARMONIQUE DES MODES D'ORDRE ÉLEVÉ DANS LES GUIDES SUR PPLN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizaveta Neradovskaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitri Chezganov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lubov Gimadeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenii Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum photonics technologies for quantum information sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djeylan Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Fedrici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lunghi Tomaso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Mazeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Quantum Simulation, Processing and Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03566566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GUIDES D'ONDES RÉALISÉS PAR ÉCHANGE PROTONIQUE SUR TANTALATE DE LITHIUM CONGRUENT ET SUR TANTALATE DE LITHIUM DOPÉ MGO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Getachew T Ayenew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Baldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano domains formation in PPLN during waveguide fabrcation using the soft proton exchange process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis O. Alikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrii Kuznetsov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyubov Gimadeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Ya. Shur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISOM'7</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01311798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'information quantique photonique : le point de vue de l'expérimentateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nice Physics Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Valbonne Sophia-Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarisation entanglement engineering at telecom wavelength using guided-wave optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Integrated Optics (ECIO'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération d'impulsions picosecondes dans une cavité déclenchée grâce à un miroir électromécanique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelian Crunteanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée (JNOG 2010),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Besançon, France. JNOG2010/63 - 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Source laser à cavités multiples pour la génération d'une lumiére polychromatique sans gigue temporelle :application à la cytométrie en flux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée (JNOG 2010),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picosecond pulse generation in a Q-Switched laser by using a micro-opto-electromechanical mirror</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelian Crunteanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference " Laser Optics 2010 ", WeR1-p78, Poster Presentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, St. Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00620650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid design of a broadband q-switched laser source with low timing jitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference "Laser Optics 2010",</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Saint Petersbourg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00622906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picosecond microchip Q-switched laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Jalocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude de Miscault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium on Optronics in Defence and Security (OPTRO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00919557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation du couplage cohérent pour la découpe temporelle d'impulsions lasers dans une fibre optique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ 11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Mouans Sartoux, France. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00459518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser pulse reshaping by means of nonlinear effects in a low birefringence optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers And Electro-Optics - CLEO Europe 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Munich, Germany. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00459525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découpe temporel d'impulsions picosecondes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Henri Pioger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Vergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26èmes Journées Nationales d'Optique Guidée(JNOG 2007.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, GRENOBLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00159227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CARACTÉRISATION NON LINÉAIRE DE GUIDES SUR PPLN EN SITUATION DE QUASI ACCORD DE PHASE NON CRITIQUE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxim Neradovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Baldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Tronche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNCO- Formation: "Cristaux, Micro-nano-structures et Dispositifs pour l’Optique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01643998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generator and laser system comprising coupled sub-cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Leproux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP 2443706 A1 (Source du texte : WO2010146316A1). 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System for emitting a polychromatic light, provided with coupled sub-cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Leproux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pagnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP 2443705 A1 (Source du texte : WO2010146315A1). 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sources d'impulsions brèves basées sur des procédés de découpe non linéaires au sein d'une fibre optique ; nouvelles sources déclenchées à cavités couplées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optique [physics.optics]. Université de Limoges, 2010. Français. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00682880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId195"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799978v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labont&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Alibart" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia D&#8217;Auria" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Doutre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Etesse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PRXQuantum.5.010101" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083182v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeniy Savelyev" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Akhmatkhanov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Kosobokov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst13010072" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672583v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Slautin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2010135X23500200" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672577v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Lunghi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202300420" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083202v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.S. Chezganov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.O. Vlasov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.V. Gimadeeva" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Neradovskiy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R. Akhmatkhanov" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2022.108813" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083240v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Savelyev" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Akhmatkhanov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Greshnyakov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abramov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tronche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2022.2052247" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390614v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Neradovskiy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Tronche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Chezganov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena A Pashnina" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeniy O Vlasov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2021.3077637" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452546v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Belabas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barral" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia D&#8217;auria" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.435281" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920312v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Hua" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Vergyris" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Sauder" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.403552" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390685v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chezganov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vlasov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pashnina" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2021.1888259" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451134v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tanzilli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731393v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03865037v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437103v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia d'Auria" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908852v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mondain" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Brunel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Gouzien" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zavatta" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428637v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Petronela Rambu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Marian Apetrei" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Tiron" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/PRJ.8.000008" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408636v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/PRJ.7.000A36" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545967v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Baldi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Neradovskaia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeny Vlasov" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.35.000331" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896063v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lunghi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Doutre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rambu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bellec" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Micheli" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.027058" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784926v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Micheli" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2018.2822317" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636501v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Legoff" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ayenew" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4991474" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315505v3" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia D 'Auria" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kaiser" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/18/10/104001" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545949v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Neradovskiy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gimadeeva" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4949360" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314704v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry S. Chezganov" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenii Vlasov" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubov Gimadeeva" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisaveta Neradovskaia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356263v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Orlandi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Kuzhir" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Izmaylov" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alves Marins" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ezzaier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.062604" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688201v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pagnoux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Couderc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tonello" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jalocha" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2011.06.008" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1ZT5S84W-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00746631v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelian Crunteanu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabert Marc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid El Bassri" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.005524" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688237v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mothe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jaffres" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.001202" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436424v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Tournier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Tascu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/eas/0937039" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00449557v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jalocha" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340156v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vergne" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877419v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Haykal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636585v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Ya. Shur" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943121v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Faouzi Melalkia" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;andre Brunel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943150v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784884v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636609v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getachew Ayenew" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566566v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djeylan Aktas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fedrici" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lunghi Tomaso" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mazeas" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636594v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Neradovskaya" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Chezganov" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644003v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Neradovskiy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Neradovskaya" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Chezganov" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gimadeeva" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Vlasov" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636607v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getachew T Ayenew" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311798v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis O. Alikin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrii Kuznetsov" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyubov Gimadeeva" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858386v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863019v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutfi Arif Ngah" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Issautier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623330v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623080v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620650v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622906v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00919557v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude de Miscault" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00459518v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00459525v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159227v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Henri Pioger" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vergne" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643998v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788490v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leproux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788484v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00682880v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799978v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labont&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Alibart" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia D&#8217;Auria" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Doutre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Etesse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PRXQuantum.5.010101" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672583v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeniy Savelyev" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Akhmatkhanov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Slautin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2010135X23500200" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083182v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Kosobokov" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst13010072" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672577v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Lunghi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202300420" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083202v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.S. Chezganov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.O. Vlasov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.V. Gimadeeva" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Neradovskiy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R. Akhmatkhanov" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2022.108813" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083240v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Savelyev" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Akhmatkhanov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Greshnyakov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abramov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tronche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2022.2052247" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920312v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Hua" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Vergyris" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Sauder" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.403552" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390614v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Neradovskiy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Tronche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Chezganov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena A Pashnina" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeniy O Vlasov" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2021.3077637" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452546v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Belabas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barral" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia D&#8217;auria" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.435281" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390685v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chezganov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vlasov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pashnina" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2021.1888259" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451134v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tanzilli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731393v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437103v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia d'Auria" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03865037v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908852v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mondain" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Brunel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Gouzien" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zavatta" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428637v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Petronela Rambu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Marian Apetrei" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Tiron" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/PRJ.8.000008" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408636v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/PRJ.7.000A36" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545967v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Baldi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Neradovskaia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeny Vlasov" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.35.000331" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896063v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lunghi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Doutre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rambu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bellec" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Micheli" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.027058" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784926v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Micheli" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2018.2822317" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636501v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Legoff" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ayenew" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4991474" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315505v3" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia D 'Auria" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kaiser" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/18/10/104001" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545949v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Neradovskiy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gimadeeva" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4949360" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314704v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry S. Chezganov" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenii Vlasov" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubov Gimadeeva" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisaveta Neradovskaia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356263v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Orlandi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Kuzhir" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Izmaylov" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alves Marins" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ezzaier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.062604" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688201v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pagnoux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Couderc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tonello" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jalocha" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2011.06.008" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1ZT5S84W-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00746631v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelian Crunteanu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabert Marc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid El Bassri" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.005524" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688237v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mothe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jaffres" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.001202" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436424v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Tournier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Tascu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/eas/0937039" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00449557v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jalocha" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340156v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vergne" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877419v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Haykal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636585v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Ya. Shur" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943121v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Faouzi Melalkia" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;andre Brunel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943150v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784884v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636609v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getachew Ayenew" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644003v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Neradovskiy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Neradovskaya" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Chezganov" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gimadeeva" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Vlasov" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636594v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Neradovskaya" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Chezganov" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566566v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djeylan Aktas" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fedrici" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lunghi Tomaso" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mazeas" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636607v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getachew T Ayenew" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311798v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis O. Alikin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrii Kuznetsov" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyubov Gimadeeva" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858386v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863019v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutfi Arif Ngah" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Issautier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623330v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623080v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620650v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622906v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00919557v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude de Miscault" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00459518v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00459525v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159227v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Henri Pioger" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vergne" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643998v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788490v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leproux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788484v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00682880v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>