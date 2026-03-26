--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -498,720 +498,720 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05077506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the Margin of Stability during Gait Initiation in Young Healthy Adults, Elderly Healthy Adults and Patients with Parkinson’s Disease: A Comparison of Force Plate and Markerless Motion Capture Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Principal Component Analysis Enhanced with Bootstrapped Confidence Interval for the Classification of Parkinsonian Patients Using Gaussian Mixture Model and Gait Initiation Parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Loete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florent Loete</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Yiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Delafontaine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Yiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 24 (11), pp.3322. </w:t>
+              <w:t xml:space="preserve">, 2024, 24 (1885), pp.1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s24113322⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s24061885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05227838v1</w:t>
+                <w:t xml:space="preserve">hal-04506520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband Eddy Current Measurement of the Sheet Resistance of GaN Semiconductors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ghania Belkacem</w:t>
+                <w:t xml:space="preserve">Evaluation of the Margin of Stability during Gait Initiation in Young Healthy Adults, Elderly Healthy Adults and Patients with Parkinson’s Disease: A Comparison of Force Plate and Markerless Motion Capture Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Simonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Loete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tanguy Phulpin</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Delafontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Yiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 24 (5), pp.1629. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s24051629⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 24 (11), pp.3322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s24113322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04506515v1</w:t>
+                <w:t xml:space="preserve">hal-05227838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Principal Component Analysis Enhanced with Bootstrapped Confidence Interval for the Classification of Parkinsonian Patients Using Gaussian Mixture Model and Gait Initiation Parameters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Broadband Eddy Current Measurement of the Sheet Resistance of GaN Semiconductors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghania Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Loete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Delafontaine</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Phulpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 24 (1885), pp.1-13. </w:t>
+              <w:t xml:space="preserve">, 2024, 24 (5), pp.1629. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s24061885⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s24051629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04506520v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04506515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing railway network safety by reproducing wheel–rail electrical contact on a laboratory scale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A New Insight on the “S” Shape Pattern of Soft Faults in Time-Domain Reflectometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Loete</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app131810253⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (24), pp.9867. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s23249867⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04207532v1</w:t>
+                <w:t xml:space="preserve">hal-04506503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Study and Phenomenological Laws of Some Nonlinear Behaviours of the Wheel–Rail Contact Associated with the Deshunting Phenomenon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guy-Léon Kaza</w:t>
+                <w:t xml:space="preserve">Enhancing railway network safety by reproducing wheel–rail electrical contact on a laboratory scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luna Haydar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Loete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Houzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Choupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Guiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 13 (21), pp.11752. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app132111752⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 13 (18), pp.10253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app131810253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04297829v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04207532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Insight on the “S” Shape Pattern of Soft Faults in Time-Domain Reflectometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Loete</w:t>
+                <w:t xml:space="preserve">Experimental Study and Phenomenological Laws of Some Nonlinear Behaviours of the Wheel–Rail Contact Associated with the Deshunting Phenomenon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy-Léon Kaza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Houzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Loëte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Teste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 23 (24), pp.9867. </w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (21), pp.11752. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s23249867⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/app132111752⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04506503v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04297829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time domain reflectometry model : analysis and characterization of a chafing defect in a coaxial cable</w:t>
               </w:r>
@@ -1754,51 +1754,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00710603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of total internal reflexion fluorescence microsocopy for studying pH changes in an occluded electrochemical cell : Development of a waveguide sensor.</w:t>
+                <w:t xml:space="preserve">Application of total internal reflexion fluorescence microscopy for studying pH changes in an occluded electrochemical cell : Development of a waveguide sensor.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Loete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Vuillemin</w:t>
@@ -1860,75 +1860,75 @@
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.elecom.2006.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00084295v1</w:t>
+                <w:t xml:space="preserve">hal-00080825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of total internal reflexion fluorescence microscopy for studying pH changes in an occluded electrochemical cell : Development of a waveguide sensor.</w:t>
+                <w:t xml:space="preserve">Application of total internal reflexion fluorescence microsocopy for studying pH changes in an occluded electrochemical cell : Development of a waveguide sensor.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Loete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Vuillemin</w:t>
@@ -1990,51 +1990,51 @@
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.elecom.2006.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00080825v1</w:t>
+                <w:t xml:space="preserve">hal-00084295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2091,64 +2091,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Loete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Houzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Teste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Choupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Railway Symposium Aachen (IRSA 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Aachen (Aix la Chapelle), Germany</w:t>
@@ -2279,278 +2279,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04506629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contactless Investigation of the p-Type Doping Concentration Level of Single Micrometric Size GaAs Crystals Grown on Silicon for Multijunction Solar Cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contactless conductivity measurement for ITO nanolayers on AsGa substrats over a wide frequency range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Loete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Jaffré</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hajer Makhloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mencaraglia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35th European Photovoltaic Solar Energy Conference and Exhibition (EU-PVSEC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4229/35thEUPVSEC20182018-2AV.3.17⟩</w:t>
+              <w:t xml:space="preserve">IEEE SENSORS 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, New delhi, India. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icsens.2018.8589554⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01936835v1</w:t>
+                <w:t xml:space="preserve">hal-01943876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contactless conductivity measurement for ITO nanolayers on AsGa substrats over a wide frequency range</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contactless Investigation of the p-Type Doping Concentration Level of Single Micrometric Size GaAs Crystals Grown on Silicon for Multijunction Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alexandre Jaffré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hung-Ling Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hajer Makhloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE SENSORS 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, New delhi, India. </w:t>
+              <w:t xml:space="preserve">35th European Photovoltaic Solar Energy Conference and Exhibition (EU-PVSEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EU PVSEC, Sep 2018, Bruxelles, Belgium. pp.660 - 664, </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/icsens.2018.8589554⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4229/35thEUPVSEC20182018-2AV.3.17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943876v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01936835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèle de réflectométrie en domaine temporel pour l’´etude des défauts non-francs</w:t>
               </w:r>
@@ -2750,948 +2750,948 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01481567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical tagging devices for the removal of fault location ambiguities by reflectometry in complex electrical networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Sorine</w:t>
+                <w:t xml:space="preserve">Contactless device for the fast conductivity characterization of a large range semiconductors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Loëte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mencaraglia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE SENSORS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Orlando, FL, United States. </w:t>
+              <w:t xml:space="preserve">International Symposium on Semiconductor Manufacturing (ISSM 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Tokyo, Japan. 4p., </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICSENS.2016.7808646⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/issm.2016.7934522⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01943914v1</w:t>
+                <w:t xml:space="preserve">hal-01637727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et analyse de défauts non francs dans le blindage des lignes coaxiales en vue du diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Model-Based Eddy Current Determination of the Electrical Conductivity of Semiconductors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Loete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hossein Manesh</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Josué Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mencaraglia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Colloque International et Exposition sur la Compatibilité ÉlectroMagnétique (CEM 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2016 IEEE Conference on Electromagnetic Field Computation (CEFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Miami, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/cefc.2016.7816375⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01388575v1</w:t>
+                <w:t xml:space="preserve">hal-01460536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model-Based Eddy Current Determination of the Electrical Conductivity of Semiconductors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electrical tagging devices for the removal of fault location ambiguities by reflectometry in complex electrical networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Loete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Denis Mencaraglia</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Sorine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 IEEE Conference on Electromagnetic Field Computation (CEFC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Miami, United States. </w:t>
+              <w:t xml:space="preserve">IEEE SENSORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Orlando, FL, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/cefc.2016.7816375⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICSENS.2016.7808646⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01460536v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01943914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contactless device for the fast conductivity characterization of a large range semiconductors</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modélisation et analyse de défauts non francs dans le blindage des lignes coaxiales en vue du diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Manesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abelin Kameni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Loete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Genoulaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Semiconductor Manufacturing (ISSM 2016)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">18ème Colloque International et Exposition sur la Compatibilité ÉlectroMagnétique (CEM 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Rennes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01637727v1</w:t>
+                <w:t xml:space="preserve">hal-01388575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time domain modeling of soft faults in wiring system by a nodal Discontinuous Galerkin Method with high-order hexahedral meshes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental Analysis and Modelling of Coaxial Transmission Lines with Soft Shield Defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Manesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abelin Kameni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">K Kahalerras</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Loete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Genoulaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Pichon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPUMAG 2015</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Joint IEEE International Symposium on Electromagnetic Compatibility and EMC Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Dresden, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISEMC.2015.7256406⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01236028v1</w:t>
+                <w:t xml:space="preserve">hal-01235557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et Analyse de Défauts Non-Francs dans les Lignes de Transmission en vue du Diagnostic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Time domain modeling of soft faults in wiring system by a nodal Discontinuous Galerkin Method with high-order hexahedral meshes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abelin Kameni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Genoulaz</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Loete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Ziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Kahalerras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Pichon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes (JNM 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">COMPUMAG 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, MONTREAL, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01235563v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01236028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Evaluation of the Inverse Scattering Method for Electrical Cable Fault Diagnosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation et Analyse de Défauts Non-Francs dans les Lignes de Transmission en vue du Diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Manesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abelin Kameni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Loete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Genoulaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th IFAC Symposium on Fault Detection, Supervision and Safety of Technical Processes (SAFEPROCESS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes (JNM 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2015.09.619⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01232156v1</w:t>
+                <w:t xml:space="preserve">hal-01235563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Analysis and Modelling of Coaxial Transmission Lines with Soft Shield Defects</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental Evaluation of the Inverse Scattering Method for Electrical Cable Fault Diagnosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Loete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qinghua Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Sorine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint IEEE International Symposium on Electromagnetic Compatibility and EMC Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Dresden, Germany. </w:t>
+              <w:t xml:space="preserve">9th IFAC Symposium on Fault Detection, Supervision and Safety of Technical Processes (SAFEPROCESS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Paris, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISEMC.2015.7256406⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2015.09.619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01235557v1</w:t>
+                <w:t xml:space="preserve">hal-01232156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical behaviour of the wheel-rail contact</w:t>
               </w:r>
@@ -4355,51 +4355,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feasability of the detection of vibration induced faults in connectors by reflectometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Loëte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4512,103 +4512,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse par photoluminescence du dopage résiduel dans un cristal unique de GaAs de taille micrométrique épitaxié sur silicium pour la réalisation de multijonctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Jaffré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hung-Ling Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Jaffré</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hajer Makhloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2018 (JNPV 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Dourdan, France</w:t>
@@ -5444,51 +5444,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738071v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Simonet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delafontaine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fourcade" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Loete" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Yiou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14578" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04882371v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luna Haydar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Houz&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Slimani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Guiche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15010471" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05077506v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15105760" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05227838v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24113322" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506515v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Belkacem" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Phulpin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24051629" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506520v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24061885" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04207532v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Choupin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app131810253" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04297829v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-L&#233;on Kaza" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lo&#235;te" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Teste" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app132111752" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506503v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23249867" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852189v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abelin Kameni" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pichon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2018170430" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451176v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Manet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Genoulaz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2016.2612719" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465306v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Bihan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mencaraglia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2016.2544403" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01231807v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinghua Zhang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sorine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2015.2417215" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710603v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa-Kamel Sma&#239;l" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Hacib" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2089503" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084295v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vuillemin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Oltra" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chaumont" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bourillot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2006.04.004" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080825v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04214192v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506629v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01936835v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jaffr&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Alvarez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung-Ling Chen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Makhloufi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Renard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4229/35thEUPVSEC20182018-2AV.3.17" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01943876v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icsens.2018.8589554" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689769v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01481567v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Leon Kaza" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Test&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Landfried" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01943914v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2016.7808646" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388575v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Manesh" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460536v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Ferreira" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cefc.2016.7816375" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637727v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/issm.2016.7934522" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01236028v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Loete" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ziani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Kahalerras" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01235563v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01232156v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.09.619" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01235557v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEMC.2015.7256406" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00778767v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Chollet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lorang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2012.0624" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00778780v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00776082v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00778770v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gilbert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2012.6336591" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555222v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00806336v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Michelet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guinet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Michon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Br&#233;zard-Oudot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351379v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie No&#235;l" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Meyer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Olivas" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auzanneau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01942352v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alvarez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246248v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2015.7370427" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558204v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936877v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558189v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558180v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246254v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01092470v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738071v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Simonet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delafontaine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fourcade" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Loete" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Yiou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14578" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04882371v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luna Haydar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Houz&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Slimani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Guiche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15010471" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05077506v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15105760" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506520v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24061885" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05227838v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24113322" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506515v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Belkacem" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Phulpin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24051629" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506503v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23249867" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04207532v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Choupin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app131810253" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04297829v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-L&#233;on Kaza" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lo&#235;te" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Teste" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app132111752" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852189v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abelin Kameni" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pichon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2018170430" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451176v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Manet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Genoulaz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2016.2612719" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465306v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Bihan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mencaraglia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2016.2544403" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01231807v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinghua Zhang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sorine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2015.2417215" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710603v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa-Kamel Sma&#239;l" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Hacib" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2089503" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080825v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vuillemin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Oltra" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chaumont" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bourillot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2006.04.004" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084295v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04214192v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506629v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01943876v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Makhloufi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icsens.2018.8589554" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01936835v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jaffr&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Alvarez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung-Ling Chen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Renard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4229/35thEUPVSEC20182018-2AV.3.17" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689769v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01481567v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Leon Kaza" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Test&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Landfried" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637727v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/issm.2016.7934522" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460536v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Ferreira" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cefc.2016.7816375" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01943914v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2016.7808646" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388575v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Manesh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01235557v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEMC.2015.7256406" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01236028v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Loete" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ziani" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Kahalerras" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01235563v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01232156v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.09.619" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00778767v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Chollet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lorang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2012.0624" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00778780v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00776082v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00778770v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gilbert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2012.6336591" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555222v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00806336v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Michelet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guinet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Michon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Br&#233;zard-Oudot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351379v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie No&#235;l" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Meyer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Olivas" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auzanneau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01942352v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alvarez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246248v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2015.7370427" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558204v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936877v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558189v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558180v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246254v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01092470v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>