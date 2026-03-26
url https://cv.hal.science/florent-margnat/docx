--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -66,3100 +66,3100 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (11)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alternative to Inflation Variable Constants Regime in Primeval Era</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles d'Agostini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04919593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Positive and negative real, complex, imaginary masses and energies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Zejli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04733998v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masses et Energies positives et négatives, réelles, complexes et Imaginaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Zejli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04733996v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A propos de la Théorie des Trous Noirs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Zejli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uncoupled multimodal wave reflection from guide termination with different flanges: Experimental and numerical investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bailliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Prax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiping Qiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04443281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Bimetric Cosmological Model for the Interpretation of the Dipole Repeller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Zejli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Quest for Reality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Zejli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles d'Agostini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04663458v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">About the Fundations of the Black Holes Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Zejli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nature des objets hypermassifs au centre de M87 et de la voie lactée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Zejli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04621388v4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A la Recherche du Réel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Zejli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04647075v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A shape optimization procedure for cylinders aeolian tone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wagner J. G. S. Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01844771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimentally informed, linear mean-field modelling of circular cylinder aeroacoustics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Prinja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical and Computational Fluid Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 39, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00162-025-00739-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05376216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perpendicular rod wake/aerofoil interaction: microphone array and TR-PIV insights via SPOD and beamforming analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filipe Ramos Do Amaral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios-Ioannis Spiropoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Marx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Valeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 66 (12), pp.217. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00348-025-04149-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05380271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aeroacoustics of vortex–wedge interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios Spiropoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Valeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Jordan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 1019, pp.A43. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/jfm.2025.10580⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05374913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whistling side-view mirrors: Modelling ladder-type structure tonal noise from flow intermittency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Stoffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Prax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vanherpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 601, pp.118919. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jsv.2024.118919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04932424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncoupled multimodal wave reflection from guide termination with different flanges: Experimental and numerical investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Marx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bailliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Prax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiping Qiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Acustica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 8, pp.38. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/aacus/2024015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04773101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bimetric cosmological model based on Andreï Sakharov’s twin universe approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hicham Zejli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 84, pp.1226. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13569-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cylinder aeroacoustics: experimental study of the influence of cross-section shape on spanwise coherence length</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wagner Gonçalves da Silva Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Acustica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 7, pp.4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/aacus/2022061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04443300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of cylinder breadth and shape on the onset of flow unsteadiness and the aeolian tone level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wagner Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 228, pp.105067. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compfluid.2021.105067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04214115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shape optimization for the noise induced by the flow over compact bluff bodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wagner José Gonçalves da Silva Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 198, pp.104400. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compfluid.2019.104400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02413934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A shape optimization procedure for cylinders aeolian tone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wagner José Gonçalves da Silva Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 182, pp.37-51. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compfluid.2019.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04443503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A diagnostic tool for jet noise using a line-source approach and implicit large-eddy simulation data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasilis Ioannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Laizet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 346 (10), pp.903-918. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crme.2018.07.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02318789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid prediction of the aerodynamic noise radiated by a rectangular cylinder at incidence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Margnat</w:t>
+                <w:t xml:space="preserve">The influence of a pressure wavepacket's characteristics on its acoustic radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Serré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2014.12.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 137 (6), pp.3178-3189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.4921031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04443539v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02569482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of a pressure wavepacket's characteristics on its acoustic radiation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">F. Margnat</w:t>
+                <w:t xml:space="preserve">Hybrid prediction of the aerodynamic noise radiated by a rectangular cylinder at incidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/1.4921031⟩</w:t>
+              <w:t xml:space="preserve">Computers and Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 109, pp.13-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2014.12.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02569482v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04443539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On compressibility assumptions in aeroacoustic integrals: a numerical study with subsonic mixing layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Gloerfelt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 135 (6), pp.3252. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1121/1.4875561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01069755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Accuracy Volume Flow Rate Measurement Using Vortex Counting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Zaaraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Ravelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Khelladi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flow Measurement and Instrumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 33, pp.138-144. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.flowmeasinst.2013.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00707329v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Study of Mach Number and Thermal Effects on Sound Radiation by a Mixing Layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Moser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lamballais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Fortuné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Aeroacoustics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 11 (5-6), pp.555-579. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1260/1475-472X.11.5-6.555⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04443465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An iterative algorithm for computing aeroacoustic integrals with application to the analysis of free shear flow noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Fortuné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 128 (4), pp.1656 - 1667. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1121/1.3466986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04443569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behaviour of an immersed boundary method in unsteady flows over sharp-edged bodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Moriniere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Sept 2008. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compfluid.2008.09.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00372199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noise radiated by flow impingment on a flate pale using DNS with a virtual boundary method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Morinière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Aeroacoustics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Vol 4 - issue 1 (1-2), pp.117-134. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1260/1475472053730101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00017550v1</w:t>
-              </w:r>
-[...1028 lines deleted...]
-                <w:t xml:space="preserve">hal-01844771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3177,90 +3177,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruit d'interaction dû à l'impact du sillage d'un cylindre sur un profil d'aile en aval orienté perpendiculairement au cylindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Valeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Jordan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios-Ioannis Spiropoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filipe Ramos Amaral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3324,77 +3324,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios I. Spiropoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filipe R. Do Amaral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Valeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Jordan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th AIAA/CEAS Aeroacoustics Conference (2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Institute of Aeronautics and Astronautics (AIAE); Council of European Aerospace Societies (CEAS), Jun 2024, Rome, Italy. </w:t>
@@ -3445,77 +3445,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the incidence angle of the flow on the acoustic dipolar radiation of rectangular cylinders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Chiocchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Marx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Valeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Acusticum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Torino, Italy. pp.4551-4558, </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3562,77 +3562,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the far field pressure pulse generated by vortex-wedge interaction using Howe’s acoustic analogy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios I Spiropoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Valeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Jordan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA AVIATION 2023 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, San Diego, France. pp.AIAA 2023-4514, </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3679,51 +3679,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Simulation of Whistling in Flows around Side-View Mirrors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Stoffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Prax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3787,77 +3787,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustics of turbulent eddies impinging on a semi-infinite rigid wedge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios I Spiropoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Valeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Jordan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA AVIATION 2023 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, San Diego, United States. pp.AIAA 2023-3509, </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3891,77 +3891,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Numerical Analysis of Whistling in Flows around Side-View Mirrors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Stoffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Prax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François van Herpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4012,64 +4012,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying spanwise source distribution of tonal trailing-edge noise with microphone array techniques and TR-PIV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Beausse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Valeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent-Emmanuel Brizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4133,77 +4133,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracting Noise Producing Coherent Structures in Cylinder Flows from TR PIV Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Prinja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Jordan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th AIAA/CEAS Aeroacoustics 2022 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Southampton, United Kingdom. pp.AIAA 2022-3047, </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4237,77 +4237,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Aeolian Tones by Global Instability Modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Prinja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th AIAA/CEAS Aeroacoustics 2022 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Southampton, United Kingdom. pp.AIAA 2022-2917, </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4354,51 +4354,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the Length of a Cylinder on its Aeolian Tone Level: Measurement and Modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4458,64 +4458,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of the influence of the shape on the spanwise coherence length of the flow over a bluff body</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wagner Gonçalves Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Acusticum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.1515-1522, </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4562,64 +4562,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of the aerodynamic noise produced by flow-body interaction by synchronous PIV and microphone array measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Beausse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Valeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent-Emmanuel Brizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4696,51 +4696,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aeolian tone level as a consequence of distance to the onset of unsteadiness: influence of bluff-body shape on the critical Reynolds number</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wagner Gonçalves Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Nous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4781,278 +4781,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03242471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of cross-section on flow three-dimensionality for prismatic bodies and the associated noise emission</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Influence of cross-section on the aeolian tone: a numerical study in the laminar regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wagner Gonçalves Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th AIAA/CEAS Aeroacoustics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2019, Delft, Netherlands. pp.2019-2531, </w:t>
+              <w:t xml:space="preserve">, American Institute of Aeronautics and Astronautics (AIAA); Council of European Aerospace Societies (CEAS), May 2019, Delft, Netherlands. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/6.2019-2531⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/6.2019-2532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04443850v1</w:t>
+                <w:t xml:space="preserve">hal-04443860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of cross-section on the aeolian tone: a numerical study in the laminar regime</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Effect of cross-section on flow three-dimensionality for prismatic bodies and the associated noise emission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wagner Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th AIAA/CEAS Aeroacoustics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, American Institute of Aeronautics and Astronautics (AIAA); Council of European Aerospace Societies (CEAS), May 2019, Delft, Netherlands. </w:t>
+              <w:t xml:space="preserve">, May 2019, Delft, Netherlands. pp.2019-2531, </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/6.2019-2532⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/6.2019-2531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04443860v1</w:t>
+                <w:t xml:space="preserve">hal-04443850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of hydrodynamic and acoustic events in a turbulent boundary layer using a direct noise simulation database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Gloerfelt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd AIAA/CEAS Aeroacoustics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Institute of Aeronautics and Astronautics (AIAA); Council of European Aerospace Societies (CEAS), May 2016, Lyon, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5099,51 +5099,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling aeroacoustic excitations by subsonic wave packets in the Kirchhoff formalism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès français de mécanique (21 ; 2013 ; Bordeaux (Gironde)).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, France. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5181,51 +5181,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Morphological Approach to the Aeroacoustic Fields of a Flute with Density Gradient Correlation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasuo Obikane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th AIAA Computational Fluid Dynamics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Honolulu, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5259,51 +5259,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Mixing-Layer Flow Noise Analysis by Retarded-time Filtering of the Source Field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5328,51 +5328,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Fast Procedure for Computations of Acoustic Fields Given by Retarded-Potential Integrals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th AIAA/CEAS Aeroacoustics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Stockholm, Sweden. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5406,51 +5406,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retarded-time source field analysis of vortex-pairing noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Acoustics NAG/DAGA 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5469,312 +5469,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04443934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of free-shear flow noise through a decomposition of the Lighthill source term</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">A recursive scheme for the computation of aeroacoustics integrals – application to the analysis of free shear flow noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Fortune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Jordan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCFD 5 Seoul, 2008</w:t>
+              <w:t xml:space="preserve">ICCFD5, Seoul, Korea, July 7-11 2008.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Séoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00406141v1</w:t>
+                <w:t xml:space="preserve">hal-00406144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A recursive scheme for the computation of aeroacoustics integrals – application to the analysis of free shear flow noise</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Analysis of free-shear flow noise through a decomposition of the Lighthill source term</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Fortune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Jordan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCFD5, Seoul, Korea, July 7-11 2008.</w:t>
+              <w:t xml:space="preserve">ICCFD 5 Seoul, 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Séoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00406144v1</w:t>
+                <w:t xml:space="preserve">hal-00406141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decomposition of the Lighthill source term and analysis of acoustic radiation from mixing layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Fortune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Jordan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASA-EAA-SFA Acoustics'08, Paris, France, June 29-July 4, 2008.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5799,51 +5799,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of acoustic source mechanisms in free shear flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cabana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5907,77 +5907,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of reliable aerodynamic data for computation of wall-bounded turbulent flows noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Moriniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5995,77 +5995,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noise radiated by flow impingement on a flat plate using DNS with a virtual boundary method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Margnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Morinière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMECH Colloquium n° 449 “Computational Aeroacoustics : from acoustic sources modeling to far-field radiated noise prediction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2003, Chamonix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6135,77 +6135,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical simulation of multi-modal reflection in large acoustic waveguides with different terminations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelbasset Harrachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Prax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Marx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut PPRIME. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -6259,51 +6259,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">METHODE NUMERIQUE HYBRIDE POUR L'ETUDE DU RAYONNEMENT ACOUSTIQUE D'ECOULEMENTS TURBULENTS PARIETAUX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Margnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique [physics.med-ph]. Université de Poitiers, 2005. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6499,51 +6499,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376216v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Prinja" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Jordan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Margnat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-025-00739-z" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380271v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Ramos Do Amaral" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios-Ioannis Spiropoulos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Valeau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04149-z" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374913v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Spiropoulos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.10580" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932424v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stoffel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Prax" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vanherpe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2024.118919" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773101v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bailliet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiping Qiu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aacus/2024015" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979325v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Petit" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Zejli" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13569-w" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443300v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Gon&#231;alves da Silva Pinto" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aacus/2022061" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214115v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Pinto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2021.105067" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413934v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Jos&#233; Gon&#231;alves da Silva Pinto" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2019.104400" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443503v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2019.02.002" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318789v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilis Ioannou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laizet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2018.07.007" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443539v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2014.12.006" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569482v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Serr&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Robinet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Margnat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4921031" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069755v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gloerfelt" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4875561" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707329v4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Zaaraoui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Ravelet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Khelladi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.flowmeasinst.2013.06.002" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443465v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moser" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lamballais" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fortun&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gervais" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/1475-472X.11.5-6.555" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443569v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3466986" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372199v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Moriniere" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2008.09.013" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QTWS8G6Z-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017550v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morini&#232;re" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gervais" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/1475472053730101" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919593v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles d'Agostini" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637671v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443281v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663458v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676823v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733996v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733998v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637824v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621388v4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647075v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844771v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner J. G. S. Pinto" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365694v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Ramos Amaral" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932449v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios I. Spiropoulos" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe R. Do Amaral" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2024-3055" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443631v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Chiocchetti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61782/fa.2023.0471" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443659v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios I Spiropoulos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-4514" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443951v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stoffel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prax" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vanherpe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443650v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-3509" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848128v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois van Herpe" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443837v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Beausse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Emmanuel Brizzi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2919" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443829v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-3047" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443811v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2917" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220829v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Pinto" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#251;s" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.178" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03215258v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Gon&#231;alves Pinto" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0763" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229451v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ollivier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0425" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242471v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Nous" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0761" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443850v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2531" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443860v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2532" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443865v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2016-2750" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879587v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Serre" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443902v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuo Obikane" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2011-3683" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542602v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443879v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2010-3708" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443934v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406141v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fortune" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jordan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406144v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417280v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177476v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabana" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017118v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147109v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128810v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbasset Harrachi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00012176v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919593v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Margnat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles d'Agostini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733998v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Zejli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733996v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637671v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443281v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bailliet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Prax" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiping Qiu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676823v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663458v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637824v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621388v4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647075v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844771v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner J. G. S. Pinto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376216v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Prinja" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Jordan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-025-00739-z" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380271v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Ramos Do Amaral" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios-Ioannis Spiropoulos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Valeau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04149-z" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374913v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Spiropoulos" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.10580" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932424v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stoffel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vanherpe" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2024.118919" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773101v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aacus/2024015" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979325v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13569-w" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443300v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Gon&#231;alves da Silva Pinto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aacus/2022061" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214115v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Pinto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2021.105067" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413934v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Jos&#233; Gon&#231;alves da Silva Pinto" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2019.104400" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443503v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2019.02.002" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318789v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilis Ioannou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laizet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2018.07.007" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569482v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Serr&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Robinet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Margnat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4921031" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443539v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2014.12.006" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069755v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gloerfelt" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4875561" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707329v4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Zaaraoui" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Ravelet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Khelladi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.flowmeasinst.2013.06.002" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443465v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moser" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lamballais" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fortun&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gervais" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/1475-472X.11.5-6.555" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443569v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3466986" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372199v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Moriniere" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2008.09.013" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QTWS8G6Z-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017550v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morini&#232;re" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gervais" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/1475472053730101" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365694v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Ramos Amaral" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932449v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios I. Spiropoulos" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe R. Do Amaral" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2024-3055" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443631v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Chiocchetti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61782/fa.2023.0471" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443659v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios I Spiropoulos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-4514" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443951v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stoffel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prax" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vanherpe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443650v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-3509" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848128v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois van Herpe" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443837v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Beausse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Emmanuel Brizzi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2919" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443829v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-3047" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443811v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2917" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220829v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Pinto" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#251;s" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.178" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03215258v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Gon&#231;alves Pinto" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0763" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229451v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ollivier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0425" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242471v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Nous" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0761" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443860v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2532" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443850v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2531" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443865v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2016-2750" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879587v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Serre" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443902v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuo Obikane" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2011-3683" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542602v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443879v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2010-3708" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443934v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406144v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fortune" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jordan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406141v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417280v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177476v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabana" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017118v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147109v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128810v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbasset Harrachi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00012176v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>