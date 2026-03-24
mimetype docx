--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -558,853 +558,853 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of a power flow controller to optimise current sharing in parallel HVDC cable connections</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joan Sau-Bassols</w:t>
+                <w:t xml:space="preserve">Asymmetric DC-DC Converter for HVDC Heterogeneous Interconnections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Gómez A.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Cheah-Mañé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Páez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Gomis-Bellmunt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIGRE Science &amp; Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Power Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (6), pp.3749-3760. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPWRD.2023.3287673⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04088790v1</w:t>
+                <w:t xml:space="preserve">hal-04135933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric DC-DC Converter for HVDC Heterogeneous Interconnections</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. Páez</w:t>
+                <w:t xml:space="preserve">The use of a power flow controller to optimise current sharing in parallel HVDC cable connections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Sau-Bassols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oriol Gomis-Bellmunt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Delivery</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CIGRE Science &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TPWRD.2023.3287673⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04135933v1</w:t>
+                <w:t xml:space="preserve">hal-04088790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid Evaluation Method for Modular Converter Topologies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dc-MMC for the interconnection of HVDC grids with different line topologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Gomez A.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damiano Lanzarotto</w:t>
+                <w:t xml:space="preserve">Marc Cheah-Mane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan David Paez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Gomis-Bellmunt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 15 (10), pp.3492. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37 (3), pp.1692 - 1703. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/en15103492⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TPWRD.2021.3095966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03664415v1</w:t>
+                <w:t xml:space="preserve">hal-03517031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A submodule with integrated supercapacitors for HVDC-MMC providing fast frequency response</w:t>
+                <w:t xml:space="preserve">Design Methodology Based on Prebuilt Components for Modular Multilevel Converters with Partial Integration of Energy Storage Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Errigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leandro de Oliveira Porto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Delivery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TPWRD.2021.3086864⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (14), pp.5006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en15145006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03516860v1</w:t>
+                <w:t xml:space="preserve">hal-03718510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Case study of dc-MMC interconnecting two HVDC lines with different grid topologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gomez A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kosei Shinoda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan David Paez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Dworakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIGRE Science &amp; Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 24, pp.100 - 114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03679036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design Methodology Based on Prebuilt Components for Modular Multilevel Converters with Partial Integration of Energy Storage Systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Leandro de Oliveira Porto</w:t>
+                <w:t xml:space="preserve">Rapid Evaluation Method for Modular Converter Topologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damiano Lanzarotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Baptiste Steckler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantin Vershinin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 15 (14), pp.5006. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en15145006⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 15 (10), pp.3492. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en15103492⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03718510v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03664415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dc-MMC for the interconnection of HVDC grids with different line topologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Gomez A.</w:t>
+                <w:t xml:space="preserve">A submodule with integrated supercapacitors for HVDC-MMC providing fast frequency response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Errigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Mathieu de Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chedot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Cheah-Mane</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Oriol Gomis-Bellmunt</w:t>
+                <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Delivery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 37 (3), pp.1692 - 1703. </w:t>
+              <w:t xml:space="preserve">, 2022, 37 (3), pp.1423 - 1432. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TPWRD.2021.3095966⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TPWRD.2021.3086864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03517031v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of a 25 kV-50 Hz Railway Infrastructure for Harmonic Analysis</w:t>
               </w:r>
@@ -1429,51 +1429,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ladoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Dworakowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Electrical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 22 (2), pp.87-96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1769,373 +1769,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02291493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical Robust Performance Analysis of Uncertain Large Scale Systems</w:t>
+                <w:t xml:space="preserve">Power Efficiency and EMI Attenuation Optimization in Filter Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khaled Laib</w:t>
+                <w:t xml:space="preserve">Moises Ferber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anton Korniienko</w:t>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Dinh</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TAC.2017.2762468⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 60 (6), pp.1811 - 1818. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TEMC.2017.2765921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01616980v1</w:t>
+                <w:t xml:space="preserve">hal-01887159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power Efficiency and EMI Attenuation Optimization in Filter Design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hierarchical Robust Performance Analysis of Uncertain Large Scale Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Laib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moises Ferber</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Roberto Mrad</w:t>
+                <w:t xml:space="preserve">Anton Korniienko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Scorletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 60 (6), pp.1811 - 1818. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 63 (7), pp.2075-2090. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TEMC.2017.2765921⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TAC.2017.2762468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887159v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01616980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient worst-case analysis of electronic networks in intervals of frequency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moises Ferber de Vieira Lessa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Korniienko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Lofberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Scorletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Numerical Modelling: Electronic Networks, Devices and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, pp.e2249. </w:t>
@@ -2186,77 +2186,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systematic LFT Derivation of Uncertain Electrical Circuits for the Worst-Case Tolerance Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moises Ferber de Vieira Lessa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Korniienko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Scorletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2320,77 +2320,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting the Impact of Magnetic Components Used for EMI Suppression on the Base-Band of a Power Amplifier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Nagari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2431,706 +2431,706 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01259800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homogenization Methods in Simulations of Transcutaneous Energy Transmitters</w:t>
+                <w:t xml:space="preserve">Modeling of a Buck Converter With a SiC JFET to Predict EMC Conducted Emissions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Wolter Ferreira</w:t>
+                <w:t xml:space="preserve">Eliana Rondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruth V. Sabariego</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2013.2284891⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 29 (5), pp.2246 - 2260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPEL.2013.2295053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00869995v1</w:t>
+                <w:t xml:space="preserve">hal-00930948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Design Proposal for Optimal Transcutaneous Energy Transmitters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Homogenization Methods in Simulations of Transcutaneous Energy Transmitters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Wolter Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth V. Sabariego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Lebensztajn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 50 (2), pp.7024704. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2013.2282628⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 50 (2), pp.7025204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2013.2284891⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00870003v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00869995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of a Buck Converter With a SiC JFET to Predict EMC Conducted Emissions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eliana Rondon</w:t>
+                <w:t xml:space="preserve">A Design Proposal for Optimal Transcutaneous Energy Transmitters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Wolter Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Lebensztajn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 29 (5), pp.2246 - 2260. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 50 (2), pp.7024704. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TPEL.2013.2295053⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2013.2282628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00930948v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00870003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N-Conductor Passive Circuit Modeling for Power Converter Current Prediction and EMI aspect</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christian Vollaire</w:t>
+                <w:t xml:space="preserve">Thermal Stability of Silicon Carbide Power JFETs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Buttay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Lombard</w:t>
+                <w:t xml:space="preserve">Rémy Ouaida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bergogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TEMC.2013.2265048⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 60 (12), pp.4191 - 4198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TED.2013.2287714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01103586v1</w:t>
+                <w:t xml:space="preserve">hal-00881667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Stability of Silicon Carbide Power JFETs</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Dominique Bergogne</w:t>
+                <w:t xml:space="preserve">N-Conductor Passive Circuit Modeling for Power Converter Current Prediction and EMI aspect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Raynaud</w:t>
+                <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 60 (12), pp.4191 - 4198. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 55 (6), pp.1169-1177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TED.2013.2287714⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TEMC.2013.2265048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00881667v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal Runaway Robustness of SiC VJFETs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Ouaida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Buttay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3138,51 +3138,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh Dung Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Riva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bergogne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 740-742, pp.929-933. </w:t>
@@ -3233,64 +3233,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal stability of silicon-carbide power diodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Buttay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Civrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3975,303 +3975,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00312903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of hybrid control for motor drives</w:t>
+                <w:t xml:space="preserve">Commande des systèmes hybrides rapides. Applications aux systèmes mécatroniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Rétif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Smaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIE.2007.898303⟩</w:t>
+              <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 41 (7-8), pp.963-990. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/jesa.41.963-990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00179424v1</w:t>
+                <w:t xml:space="preserve">hal-00258088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commande des systèmes hybrides rapides. Applications aux systèmes mécatroniques</w:t>
+                <w:t xml:space="preserve">Implementation of hybrid control for motor drives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana M. Llor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Rétif</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/jesa.41.963-990⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 54 (4), pp.1946-1952. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIE.2007.898303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00258088v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00179424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4588,51 +4588,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Paez Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Maneiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Dworakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seddik Bacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4706,51 +4706,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Paez Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Maneiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Dworakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seddik Bacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4820,51 +4820,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Stackler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Wallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Dworakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5009,51 +5009,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Paez Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Maneiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Dworakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seddik Bacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5095,506 +5095,506 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04374829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Système embarqué et procédé de conversion de puissance moyenne tension pour engin de transport</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ON-BOARD SYSTEM FOR CONVERTING ELECTRICAL POWER</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Dworakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Stackler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">France, N° de brevet: FR3087059B1. 2018</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ladoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : EP3755569B1. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03195420v1</w:t>
+                <w:t xml:space="preserve">hal-04374094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ON-BOARD SYSTEM FOR CONVERTING ELECTRICAL POWER</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Piotr Dworakowski</w:t>
+                <w:t xml:space="preserve">Système embarqué et procédé de conversion de puissance moyenne tension pour engin de transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Stackler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">France, Patent n° : EP3755569B1. 2018</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Wallart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, N° de brevet: FR3087059B1. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04374094v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Système intégrant une solution de reconfiguration de connexion d'un dispositif de contrôle de flux de puissance dans un réseau maillé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ON-BOARD SYSTEM AND METHOD FOR CONVERTING MEDIUM-VOLTAGE POWER FOR A TRANSPORT VEHICLE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Stackler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">France, N° de brevet: FR3091424B1. 2018</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Wallart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : EP3860875B1. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04373790v1</w:t>
+                <w:t xml:space="preserve">hal-04374108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">用于控制网格网络中电流的分布的功率通量控制设备</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Système intégrant une solution de reconfiguration de connexion d'un dispositif de contrôle de flux de puissance dans un réseau maillé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selle Toure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florent Morel</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laila Ghazaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Poullain</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">China, Patent n° : CN110915089B. 2018</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Luscan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, N° de brevet: FR3091424B1. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04373743v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04373790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ON-BOARD SYSTEM AND METHOD FOR CONVERTING MEDIUM-VOLTAGE POWER FOR A TRANSPORT VEHICLE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Stackler</w:t>
+                <w:t xml:space="preserve">用于控制网格网络中电流的分布的功率通量控制设备</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selle Toure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">France, Patent n° : EP3860875B1. 2018</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Poullain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">China, Patent n° : CN110915089B. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04374108v1</w:t>
+                <w:t xml:space="preserve">hal-04373743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système comprenant un dispositif de contrôle de flux de puissance utilisé pour contrôler la répartition des courants dans un réseau maillé et des moyens de protection dudit dispositif</w:t>
               </w:r>
@@ -5662,242 +5662,242 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03195415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SYSTEME EMBARQUE DE CONVERSION DE PUISSANCE ELECTRIQUE</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SYSTEM COMPRISING A SOLUTION TO RECONFIGURE THE CONNECTION OF A POWER FLOW CONTROLLER IN A MESHED NETWORK</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">France, N° de brevet: FR3078029B1. 2018</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selle Toure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laila Ghazaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Poullain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Luscan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : EP3888217B1. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04374084v1</w:t>
+                <w:t xml:space="preserve">hal-04373805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SYSTEM COMPRISING A SOLUTION TO RECONFIGURE THE CONNECTION OF A POWER FLOW CONTROLLER IN A MESHED NETWORK</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SYSTEME EMBARQUE DE CONVERSION DE PUISSANCE ELECTRIQUE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Dworakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Stackler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">France, Patent n° : EP3888217B1. 2018</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ladoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, N° de brevet: FR3078029B1. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04373805v1</w:t>
+                <w:t xml:space="preserve">hal-04374084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Power flow control device for controlling the distribution of currents in a mesh network</w:t>
               </w:r>
@@ -5965,353 +5965,353 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04373757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power flow control device for controlling the distribution of currents in a mesh network</w:t>
+                <w:t xml:space="preserve">Dispositif de contrôle de flux de puissance pour contrôler la répartition des courants dans un réseau maillé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sellé Touré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, Patent n° : EP3656030B1. 2017</w:t>
+              <w:t xml:space="preserve">France, N° de brevet: FR3069389B1. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03195405v1</w:t>
+                <w:t xml:space="preserve">hal-03195403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispositif de contrôle de flux de puissance pour contrôler la répartition des courants dans un réseau maillé</w:t>
+                <w:t xml:space="preserve">Power flow control device for controlling the distribution of currents in a mesh network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sellé Touré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, N° de brevet: FR3069389B1. 2017</w:t>
+              <w:t xml:space="preserve">France, Patent n° : EP3656030B1. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03195403v1</w:t>
+                <w:t xml:space="preserve">hal-03195405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-voltage electric insulator</w:t>
+                <w:t xml:space="preserve">Isolateur électrique haute tension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fabrègue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, Patent n° : EP3394862B1. 2015</w:t>
+              <w:t xml:space="preserve">France, N° de brevet: FR3045917B1. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03195399v1</w:t>
+                <w:t xml:space="preserve">hal-01799128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolateur électrique haute tension</w:t>
+                <w:t xml:space="preserve">High-voltage electric insulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fabrègue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, N° de brevet: FR3045917B1. 2015</w:t>
+              <w:t xml:space="preserve">France, Patent n° : EP3394862B1. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01799128v1</w:t>
+                <w:t xml:space="preserve">hal-03195399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6424,364 +6424,364 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Power System Simulation Interoperability: Application of Functional Mock-up Interface for Model Exchange</w:t>
+                <w:t xml:space="preserve">An AC fault ride-through control of modular multilevel converters for HVDC systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ning Yang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agusti Egea Alvarez</w:t>
+                <w:t xml:space="preserve">Sidlawendé Ouoba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lie Xu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIGRE Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 26th European Conference on Power Electronics and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR SEEDS France &amp; EPE Association, Mar 2025, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34746/epe2025-0174⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05267384v1</w:t>
+                <w:t xml:space="preserve">hal-05107549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arm equivalent circuit based and average arm model of a DC MMC branch including distributed energy storage submodules to integrate energy storage in HVDC system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
+                <w:t xml:space="preserve">Enhancing Power System Simulation Interoperability: Application of Functional Mock-up Interface for Model Exchange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ning Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agusti Egea Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidlawendé Ouoba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heitor Farias de Barros</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lie Xu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIGRE Symposium 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Trondheim ( Norvège), Norway</w:t>
+              <w:t xml:space="preserve">CIGRE Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CIGRE, May 2025, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05110323v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An AC fault ride-through control of modular multilevel converters for HVDC systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
+                <w:t xml:space="preserve">Arm equivalent circuit based and average arm model of a DC MMC branch including distributed energy storage submodules to integrate energy storage in HVDC system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidlawendé Ouoba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Errigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heitor Farias de Barros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Islam Zama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Sau Bassol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 26th European Conference on Power Electronics and Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CIGRE Symposium 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Trondheim ( Norvège), Norway</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05107549v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05110323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A DC/DC converter for centralized energy storage in HVDC applications</w:t>
               </w:r>
@@ -6897,51 +6897,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chavdar Ivanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgii Tishenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damiano Lanzarotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7099,402 +7099,406 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04670846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-based and non-energy-based control strategies for modular multilevel converters with embedded energy storage</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flexible dc-MMC interconnecting a bipole and a symmetrical monopole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
+                <w:t xml:space="preserve">Daniel A. Gómez Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Cheah-Mañé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan David Páez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Gomis-Bellmunt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th European Conference on Power Electronics and Applications (EPE'23 ECCE Europe)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE PowerTech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Belgrade, Serbia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04320186v1</w:t>
+                <w:t xml:space="preserve">hal-04144786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Static frequency converter for hybrid pumped storage power plant with integrated energy storage system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Errigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Mesnage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Guillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydro 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hydropower and dams, Oct 2023, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04320201v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing DC system stability thanks to energy control in MMC based DC-DC converters</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Daniel A. Gómez Acero</w:t>
+                <w:t xml:space="preserve">Energy-based and non-energy-based control strategies for modular multilevel converters with embedded energy storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hind Bekkouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Carlos Gonzalez-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on AC and DC Power Transmission (ACDC 2023)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1049/icp.2023.1330⟩</w:t>
+              <w:t xml:space="preserve">25th European Conference on Power Electronics and Applications (EPE'23 ECCE Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Aalborg, Denmark. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EPE23ECCEEurope58414.2023.10264585⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04088771v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04320186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single branch of energy storage submodules to integrate energy storage devices in HVDC systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Sau-Bassols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7516,4437 +7520,4433 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Errigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hind Bekkouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Carlos Gonzalez-Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Conference on AC and DC Power Transmission (ACDC 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Glasgow, United Kingdom. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1049/icp.2023.1329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04088752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible dc-MMC interconnecting a bipole and a symmetrical monopole</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId212" w:history="1">
+                <w:t xml:space="preserve">Increasing DC system stability thanks to energy control in MMC based DC-DC converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan David Páez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kosei Shinoda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel A. Gómez Acero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oriol Gomis-Bellmunt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE PowerTech</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th International Conference on AC and DC Power Transmission (ACDC 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Glasgow, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/icp.2023.1330⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04144786v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04088771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of power flow controllers in HVDC grids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Open-Delta SBC: a New Converter Topology with Low Number of Sub-Modules for MV applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damiano Lanzarotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Baptiste Steckler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantin Vershinin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frank Jacquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIGRE Session</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">24th European Conference on Power Electronics and Applications (EPE'22 ECCE Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Hanover, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03748974v1</w:t>
+                <w:t xml:space="preserve">hal-03855131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault blocking capability in the DC-MMC with reduced number of submodules</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integration of power flow controllers in HVDC grids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Piotr Dworakowski</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Sau-Bassols</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selle Toure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Poullain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Jacquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th European Conference on Power Electronics and Applications (EPE'22 ECCE Europe)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Hanover, Germany</w:t>
+              <w:t xml:space="preserve">CIGRE Session</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03855172v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03748974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Open-Delta SBC: a New Converter Topology with Low Number of Sub-Modules for MV applications</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fault blocking capability in the DC-MMC with reduced number of submodules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Baptiste Steckler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Konstantin Vershinin</w:t>
+                <w:t xml:space="preserve">Juan David Paez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seddik M Bacha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Dworakowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th European Conference on Power Electronics and Applications (EPE'22 ECCE Europe)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Hanover, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03855131v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03855172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Case study of dc-MMC interconnecting two HVDC lines with different grid topologies</w:t>
+                <w:t xml:space="preserve">Experimental study of an EMI reduction gate-driver technique for turn-off transition of 1.7 kV SiC MOSFET</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Gomez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Juan Paez Alvarez</w:t>
+                <w:t xml:space="preserve">Hadiseh Geramirad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bréard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIGRE Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPE'21 ECCE Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Ghent, Belgium. https://ieeexplore.ieee.org/document/9570458, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EPE21ECCEEurope50061.2021.9570458⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03670030v1</w:t>
+                <w:t xml:space="preserve">hal-03517088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technical feasibility of Power Flow Controllers for HVDC grids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joan Sau-Bassols</w:t>
+                <w:t xml:space="preserve">Case study of dc-MMC interconnecting two HVDC lines with different grid topologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kosei Shinoda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Paez Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Cheah-Mane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 AEIT HVDC International Conference (AEIT HVDC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CIGRE Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Ljubljana, Slovenia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03282362v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modular Multilevel Converter with Embedded Energy Storage for Power Oscillation Damping and Fast Frequency Response - A case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Errigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Carlos Gonzalez-Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chédot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41. CIGRE International Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03669846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solutions for the step-wise development of HVDC-based high power corridors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joan Sau Bassols</w:t>
+                <w:t xml:space="preserve">Technical feasibility of Power Flow Controllers for HVDC grids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Sau-Bassols</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selle Toure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florent Morel</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Jacquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jicable HVDC'21</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 AEIT HVDC International Conference (AEIT HVDC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Genoa, Italy. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/AEITHVDC52364.2021.9474591⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03517136v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03282362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis and design of modular multilevel converters with partial integration of energy storage systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florian Errigo</w:t>
+                <w:t xml:space="preserve">Solutions for the step-wise development of HVDC-based high power corridors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Sau Bassols</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Conference on AC and DC Power Transmission (IET ACDC 2021)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Jicable HVDC'21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Liege, Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03523637v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03517136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling and control of an MMC-HVDC submodule with energy storage for fast frequency response</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis and design of modular multilevel converters with partial integration of energy storage systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leandro de Oliveira Porto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Errigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE'21 ECCE Europe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/EPE21ECCEEurope50061.2021.9570453⟩</w:t>
+              <w:t xml:space="preserve">17th International Conference on AC and DC Power Transmission (IET ACDC 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IET, Dec 2021, Virtual, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/icp.2021.2465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03516895v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03523637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology to obtain the specifications and perform the sizing of a power flow controller for meshed HVDC grids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joan Sau-Bassols</w:t>
+                <w:t xml:space="preserve">Modelling and control of an MMC-HVDC submodule with energy storage for fast frequency response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Errigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chédot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Frank Jacquier</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd European Conference on Power Electronics and Applications (EPE'21 ECCE Europe)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPE'21 ECCE Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Ghent, Belgium. https://ieeexplore.ieee.org/document/9570453, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EPE21ECCEEurope50061.2021.9570453⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03517062v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional needs and potential technologies, to enable the stepwise development of HVDC multi-terminal grids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal Sizing on a Mission Profile of Isolated NPC DC-DC Converters using 3.3 kV SiC MOSFETs for Power Electronic Traction Transformers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Stackler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ladoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Fouineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Wallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd European Conference on Power Electronics and Applications (EPE'21 ECCE Europe)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">PCIM Europe digital days 2021: International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Virtual event, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03516909v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03277739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Sizing on a Mission Profile of Isolated NPC DC-DC Converters using 3.3 kV SiC MOSFETs for Power Electronic Traction Transformers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Functional needs and potential technologies, to enable the stepwise development of HVDC multi-terminal grids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe digital days 2021: International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Virtual event, Germany</w:t>
+              <w:t xml:space="preserve">23rd European Conference on Power Electronics and Applications (EPE'21 ECCE Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03277739v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of an EMI reduction gate-driver technique for turn-off transition of 1.7 kV SiC MOSFET</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hadiseh Geramirad</w:t>
+                <w:t xml:space="preserve">Methodology to obtain the specifications and perform the sizing of a power flow controller for meshed HVDC grids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Sau-Bassols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Bréard</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Touré Sellé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Poullain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Jacquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE'21 ECCE Europe</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">23rd European Conference on Power Electronics and Applications (EPE'21 ECCE Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Ghent, Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03517088v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03517062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Figures-of-Merit and current metric for the comparison of IGCTs and IGBTs in Modular Multilevel Converters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of Aging and Performance Degradation of Supercapacitors Integrated into a Modular Multilevel Converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Errigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chédot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Boutry</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lefebvre</w:t>
+                <w:t xml:space="preserve">P. Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE’20 ECCE Europe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/EPE20ECCEEurope43536.2020.9215711⟩</w:t>
+              <w:t xml:space="preserve">EPE'20 ECCE Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Lyon, France. pp.1-10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EPE20ECCEEurope43536.2020.9215894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02968851v1</w:t>
+                <w:t xml:space="preserve">hal-02987233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of DC fault blocking capability on the sizing of the DC-DC Modular Multilevel Converter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juan D Paez</w:t>
+                <w:t xml:space="preserve">Experimental study of the self-disturbance phenomena in a half-bridge configuration of Si IGBT and SiC MOSFET switches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadiseh Geramirad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">David Frey</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bréard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd European Conference on Power Electronics and Applications (EPE'20 ECCE Europe)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PCIM Europe digital days 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Virtual, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02987204v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02942305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental EMI study of a 3-phase 100kW 1200V Dual Active Bridge Converter using SiC MOSFETs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hadiseh Geramirad</w:t>
+                <w:t xml:space="preserve">Impact of DC fault blocking capability on the sizing of the DC-DC Modular Multilevel Converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan D Paez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seddik Bacha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Dworakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Frey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE'20 ECCE Europe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/EPE20ECCEEurope43536.2020.9215666⟩</w:t>
+              <w:t xml:space="preserve">22nd European Conference on Power Electronics and Applications (EPE'20 ECCE Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Lyon, France. pp.1-10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EPE20ECCEEurope43536.2020.9215938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02987216v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02987204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conducted EMI reduction in a 100kW 1.2kV Dual Active Bridge converter</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
+                <w:t xml:space="preserve">Figures-of-Merit and current metric for the comparison of IGCTs and IGBTs in Modular Multilevel Converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Buttay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dong Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rolando Burgos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lefebvre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Lagier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe digital days 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPE’20 ECCE Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EPE20ECCEEurope43536.2020.9215711⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02942284v2</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02968851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Figures-of-Merit and current metric for the comparison of IGCTs and IGBTs in Modular Multilevel Converters</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
+                <w:t xml:space="preserve">Experimental EMI study of a 3-phase 100kW 1200V Dual Active Bridge Converter using SiC MOSFETs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadiseh Geramirad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Dworakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Camail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 CPES Annual conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPE'20 ECCE Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Lyon, France. 10 p., online, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EPE20ECCEEurope43536.2020.9215666⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04525165v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02987216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring small differential-mode voltages with high common-mode voltages and fast transients – Application to gate drivers for wide band-gap switches</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId242" w:history="1">
+                <w:t xml:space="preserve">Conducted EMI reduction in a 100kW 1.2kV Dual Active Bridge converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadiseh Geramirad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Dworakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lagier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Electromagnetic Compatibility - EMC EUROPE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PCIM Europe digital days 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Virtual, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/EMCEUROPE48519.2020.9245720⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02995119v1</w:t>
+                <w:t xml:space="preserve">hal-02942284v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of the self-disturbance phenomena in a half-bridge configuration of Si IGBT and SiC MOSFET switches</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
+                <w:t xml:space="preserve">Figures-of-Merit and current metric for the comparison of IGCTs and IGBTs in Modular Multilevel Converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Buttay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dong Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rolando Burgos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe digital days 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Virtual, Germany</w:t>
+              <w:t xml:space="preserve">2020 CPES Annual conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Center for Power Electronic Systems, Aug 2020, Blacksburg, VA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02942305v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Aging and Performance Degradation of Supercapacitors Integrated into a Modular Multilevel Converter</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Chédot</w:t>
+                <w:t xml:space="preserve">Measuring small differential-mode voltages with high common-mode voltages and fast transients – Application to gate drivers for wide band-gap switches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadiseh Geramirad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bréard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE'20 ECCE Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Lyon, France. pp.1-10, </w:t>
+              <w:t xml:space="preserve">International Symposium on Electromagnetic Compatibility - EMC EUROPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Rome, Italy. pp.1-5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/EPE20ECCEEurope43536.2020.9215894⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/EMCEUROPE48519.2020.9245720⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02987233v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02995119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NPC assessment in insulated DC/DC converter topologies using SiC MOSFETs for Power Electronic Traction Transformer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Wallart</w:t>
+                <w:t xml:space="preserve">Cost-performance framework for the assessment of Modular Multilevel Converter in HVDC transmission applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Dworakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Al-Kharaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sneha Hegde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ee2019</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PEE.2019.8923456⟩</w:t>
+              <w:t xml:space="preserve">IECON 2019 - 45th Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Lisbon, Portugal. pp.4793-4798, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2019.8927117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02404064v1</w:t>
+                <w:t xml:space="preserve">hal-02432355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Requirements for interconnection of HVDC links with DC-DC converters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Piotr Dworakowski</w:t>
+                <w:t xml:space="preserve">Power electronic traction transformers in 25 kV / 50 Hz systems: Optimisation of DC/DC Isolated Converters with 3.3 kV SiC MOSFETs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Stackler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ladoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Fouineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Wallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON 2019 - 45th Annual Conference of the IEEE Industrial Electronics Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PCIM Europe 2019; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Nuremberg, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02432353v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02144476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 3D Folded Power Inductor with PCB based technology for applications in the kW range</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Application of the PCB-Embedding Technology to a 3.3 kW Power Factor Corrector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Le Lesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Corentin Darbas</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Buttay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rémy Caillaud</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2019, Anaheim, Californie, United States. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, Mar 2019, Anaheim, Californie, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02076182v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the PCB-embedding technology for a 3.3 kW converter</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roberto Mrad</w:t>
+                <w:t xml:space="preserve">Assessment of the Impact of Split Storage within Modular Multilevel Converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Errigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chédot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Dworakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE IWIPP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IWIPP.2019.8799080⟩</w:t>
+              <w:t xml:space="preserve">45th IEEE IECON</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Lisbon, Portugal. pp.4785-4792, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2019.8927698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02291502v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02432358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the Impact of Split Storage within Modular Multilevel Converter</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Piotr Dworakowski</w:t>
+                <w:t xml:space="preserve">NPC assessment in insulated DC/DC converter topologies using SiC MOSFETs for Power Electronic Traction Transformer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Stackler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Fouineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ladoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Wallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45th IEEE IECON</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IECON.2019.8927698⟩</w:t>
+              <w:t xml:space="preserve">Ee2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Novi Sad, Serbia. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PEE.2019.8923456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02432358v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost-performance framework for the assessment of Modular Multilevel Converter in HVDC transmission applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Requirements for interconnection of HVDC links with DC-DC converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Gomez A.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Paez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Cheah-Mane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Maneiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Dworakowski</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elie Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IECON 2019 - 45th Annual Conference of the IEEE Industrial Electronics Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2019, Lisbon, Portugal. pp.4793-4798, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IECON.2019.8927117⟩</w:t>
+              <w:t xml:space="preserve">, Oct 2019, Lisbon, Portugal. pp.4854-4860, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2019.8927640⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02432355v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02432353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the PCB-Embedding Technology to a 3.3 kW Power Factor Corrector</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A 3D Folded Power Inductor with PCB based technology for applications in the kW range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Le Lesle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Darbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Degrenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Caillaud</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2019, Anaheim, Californie, United States</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Mar 2019, Anaheim, Californie, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/APEC.2019.8722295⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02076184v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power electronic traction transformers in 25 kV / 50 Hz systems: Optimisation of DC/DC Isolated Converters with 3.3 kV SiC MOSFETs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of the PCB-embedding technology for a 3.3 kW converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Le Lesle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Buttay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">François Wallart</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe 2019; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE IWIPP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Toulouse, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IWIPP.2019.8799080⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02144476v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02291502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation of an Integrated Bidirectional Interleaved Single-Phase Power Factor Corrector</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design, manufacturing and characterization of printed circuit board embedded inductors for power applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Buttay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Le Lesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyril Buttay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 IEEE ICIT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352262⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01844988v1</w:t>
+                <w:t xml:space="preserve">hal-01736336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a 3kW power converter using PCB-embedding technology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimisation of an Integrated Bidirectional Interleaved Single-Phase Power Factor Corrector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Le Lesle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Johan Le Lesle</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Degrenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Buttay</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">From Nano to Micro Power Electronics And Packaging Workshop (IMAPS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Tours, France</w:t>
+              <w:t xml:space="preserve">PCIM Europe 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01935157v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01844988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the PCB-Embedding Technology in Power Electronics – State of the Art and Proposed Development</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design of a 3kW power converter using PCB-embedding technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Le Lesle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Buttay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Johan Le Leslé</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3D-PEIM</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">From Nano to Micro Power Electronics And Packaging Workshop (IMAPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Tours, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01844981v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01935157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LMI based approach for power flow analysis with uncertain power injection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anton Korniienko</w:t>
+                <w:t xml:space="preserve">Application of the PCB-Embedding Technology in Power Electronics – State of the Art and Proposed Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Buttay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Le Leslé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th IFAC ROCOND'18</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Florianópolis, Brazil. pp.310-315, </w:t>
+              <w:t xml:space="preserve">3D-PEIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, College Park, Maryland, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.11.125⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/3DPEIM.2018.8525236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01984248v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01844981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal sizing of a power electronic traction transformer for railway applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Stackler</w:t>
+                <w:t xml:space="preserve">LMI based approach for power flow analysis with uncertain power injection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Laib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Korniienko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Scorletti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44th Annual Conference of the IEEE Industrial Electronics Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Washington, DC, United States. </w:t>
+              <w:t xml:space="preserve">9th IFAC ROCOND'18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Florianópolis, Brazil. pp.310-315, </w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IECON.2018.8591686⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.11.125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01969245v1</w:t>
+                <w:t xml:space="preserve">hal-01984248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimum Design of a Single-Phase Power Pulsating Buffer (PPB) with PCB-integrated Inductor Technologies</w:t>
               </w:r>
@@ -12060,420 +12060,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01736332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, manufacturing and characterization of printed circuit board embedded inductors for power applications</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Johan Le Lesle</w:t>
+                <w:t xml:space="preserve">Optimal sizing of a power electronic traction transformer for railway applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Stackler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ladoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Fouineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Wallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE ICIT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Lyon, France. </w:t>
+              <w:t xml:space="preserve">44th Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Washington, DC, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352262⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2018.8591686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01736336v1</w:t>
+                <w:t xml:space="preserve">hal-01969245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of planar and Toroidal PCB integrated inductors for a multi-cellular 3.3 kW PFC</w:t>
+                <w:t xml:space="preserve">High power PCB-embedded inductors based on ferrite powder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Buttay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Le Lesle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE IWIPP</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">5th Micro/Nano-Electronics Packaging &amp; Assembly, Design and Manufacturing Forum (MiNaPAD 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMAPS, May 2017, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01535721v1</w:t>
+                <w:t xml:space="preserve">hal-01535727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High power PCB-embedded inductors based on ferrite powder</w:t>
+                <w:t xml:space="preserve">Comparison of planar and Toroidal PCB integrated inductors for a multi-cellular 3.3 kW PFC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Buttay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Le Lesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Micro/Nano-Electronics Packaging &amp; Assembly, Design and Manufacturing Forum (MiNaPAD 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 IEEE IWIPP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Delft, Netherlands. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IWIPP.2017.7936757⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01535727v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01535721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-objective optimisation of a bidirectional single-phase grid connected AC/DC converter (PFC) with two different modulation principles</w:t>
               </w:r>
@@ -12587,554 +12587,554 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01644174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Robustness Analysis of Electronic Networks in the Frequency Domain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Johan Lofberg</w:t>
+                <w:t xml:space="preserve">Modélisation moyenne fréquence (0-5 kHz) d’une alimentation ferroviaire 25 kV-50 Hz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Stackler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ladoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Dworakowski</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th EMF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, G2ELab, Jun 2016, Grenoble, France. pp.85550</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01984210v1</w:t>
+                <w:t xml:space="preserve">hal-01347184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">25 kV-50 Hz railway supply modelling for medium frequencies (0 – 5 kHz)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Stackler</w:t>
+                <w:t xml:space="preserve">Efficient Robustness Analysis of Electronic Networks in the Frequency Domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moises Ferber de Vieira Lessa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Korniienko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Lofberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Scorletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESARS-ITEC</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">10th EMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01393585v1</w:t>
+                <w:t xml:space="preserve">hal-01984210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State of the Art of Gate-Drive Power Supplies for Medium and High Voltage Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layal Ghossein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Dworakowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Nuremberg, Germany. pp.CD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01316570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation moyenne fréquence (0-5 kHz) d’une alimentation ferroviaire 25 kV-50 Hz</w:t>
+                <w:t xml:space="preserve">25 kV-50 Hz railway supply modelling for medium frequencies (0 – 5 kHz)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Stackler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ladoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Dworakowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'16)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESARS-ITEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Toulouse, France. pp.Electronique, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ESARS-ITEC.2016.7841330⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01347184v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layout modelling to predict compliance with EMC standards of power electronic converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Podlejski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bréard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Buttay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliana Rondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13185,77 +13185,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase IQC for the Hierarchical Performance Analysis of Uncertain Large Scale Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Laib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Korniienko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Scorletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13341,64 +13341,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th IEEE MELECON</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Beyrouth, Lebanon. </w:t>
@@ -13475,64 +13475,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Tokyo, Japan. pp.13A2-H4c</w:t>
@@ -13587,77 +13587,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Izumi Nishimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Virgikio de Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Antonio França Sartori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bréard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MOMAG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Curitiba, Brazil. pp.121-125</w:t>
@@ -13712,1335 +13712,1335 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Nagari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Ph. D. Research in Microelectronics and Electronics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId324" w:history="1">
+              <w:t xml:space="preserve">2013 9th Conference on Ph.D. Research in Microelectronics and Electronics (PRIME)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Villach, France. pp.73-76, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PRIME.2013.6603127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01103590v1</w:t>
+                <w:t xml:space="preserve">cea-04523863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal stability of SiC JFETs in conduction mode</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémy Ouaida</w:t>
+                <w:t xml:space="preserve">Predicting Static Losses in an Inverter-Leg built with SiC Normally-Off JFETs and SiC diodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fonteneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Buttay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">APEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Long Beach, CA, United States. pp.2636-2642, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/APEC.2013.6520668⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/EPE.2013.6631881⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00874471v1</w:t>
+                <w:t xml:space="preserve">hal-00829353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Frequency Battery Impedance Measurements for EMI Prediction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohammad Sami Tabbakh</w:t>
+                <w:t xml:space="preserve">Homogenization Methods in Simulations of Transcutaneous Energy Transmitters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Wolter Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth V. Sabariego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Lebensztajn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMC</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Compumag 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.646</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISEMC.2013.6670512⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00862617v1</w:t>
+                <w:t xml:space="preserve">hal-00807074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SiC Vertical JFET Pure Diode-Less Inverter Leg</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémy Ouaida</w:t>
+                <w:t xml:space="preserve">Analysis on Methods to obtain Lumped Parameters for an Inductive Coupling Device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Wolter Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moises Ferber de Vieira Lessa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Lebensztajn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Fonteneau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Florent Morel</w:t>
+                <w:t xml:space="preserve">Renan B. Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APEC</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Compumag 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.674</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00829343v1</w:t>
+                <w:t xml:space="preserve">hal-00807077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulations of Transcutaneous Energy Transmitters by using Homogenization Method</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+                <w:t xml:space="preserve">High Frequency Battery Impedance Measurements for EMI Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Sami Tabbakh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Zaatar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th EMF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EMC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Denver, United States. pp.763-767, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISEMC.2013.6670512⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00799739v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00862617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Design Proposal for Optimal Transcutaneous Energy Transmitters</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+                <w:t xml:space="preserve">Integrated Class-D audio amplifier virtual test for output EMI filter performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Nagari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compumag 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conference on Ph. D. Research in Microelectronics and Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jun 2013, Villach, Austria. pp.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PRIME.2013.6603127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00807076v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated Class-D audio amplifier virtual test for output EMI filter performance</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thermal stability of SiC JFETs in conduction mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Ouaida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Buttay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Riva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bergogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 9th Conference on Ph.D. Research in Microelectronics and Electronics (PRIME)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PRIME.2013.6603127⟩</w:t>
+              <w:t xml:space="preserve">EPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Lille, France. paper 223, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EPE.2013.6631881⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04523863v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00874471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis on Methods to obtain Lumped Parameters for an Inductive Coupling Device</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+                <w:t xml:space="preserve">SiC Vertical JFET Pure Diode-Less Inverter Leg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Ouaida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fonteneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bergogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compumag 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">APEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Long Beach, CA, United States. pp.512-517, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/APEC.2013.6520258⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00807077v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00829343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting Static Losses in an Inverter-Leg built with SiC Normally-Off JFETs and SiC diodes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Fonteneau</w:t>
+                <w:t xml:space="preserve">Simulations of Transcutaneous Energy Transmitters by using Homogenization Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Wolter Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth V. Sabariego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Lebensztajn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APEC</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th EMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Bruges, Belgium. pp.#128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/APEC.2013.6520668⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00829353v1</w:t>
+                <w:t xml:space="preserve">hal-00799739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homogenization Methods in Simulations of Transcutaneous Energy Transmitters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">A Design Proposal for Optimal Transcutaneous Energy Transmitters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Wolter Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Lebensztajn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Compumag 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.646</w:t>
+              <w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.647</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00807074v1</w:t>
+                <w:t xml:space="preserve">hal-00807076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of SiC Components on the EMC Behaviour of a Power Electronics Converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliana Rondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Raleigh, United States. pp.4411, </w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
@@ -15074,103 +15074,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conducted EMC Prediction for a Power Converter with SiC Components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliana Rondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moises Ferber de Vieira Lessa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APEMC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Singapore, Singapore. pp.206, </w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
@@ -15364,77 +15364,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CEM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Rouen, France. Actes sur CD (pas de pagination)</w:t>
@@ -15463,77 +15463,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude CEM d'une cellule de commutation avec interrupteurs en Si et SiC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliana Rondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CEM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Rouen, France. Actes sur CD (pas de pagination)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15558,103 +15558,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Gate Driver Signal on Static Losses for a SiC Switch Built with Normally-Off JFETs and a Schottky Diode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Fonteneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliana Rondon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Raleigh, United States. pp.1503, </w:t>
             </w:r>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
@@ -15682,1033 +15682,1033 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00739006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Runaway Robustness of SiC VJFETs</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prévision des pertes par conduction dans un onduleur à JFET Normally-Off et diodes SiC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fonteneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Léonard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CSCRM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Saint-Pétersbourg, Russia. 2p</w:t>
+              <w:t xml:space="preserve">14ème EPF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Bordeaux, France. pp.CD (ref 24)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00759975v2</w:t>
+                <w:t xml:space="preserve">hal-00729345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prévision des pertes par conduction dans un onduleur à JFET Normally-Off et diodes SiC</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thermal Runaway Robustness of SiC VJFETs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Ouaida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Buttay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh Dung Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Riva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bergogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème EPF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Bordeaux, France. pp.CD (ref 24)</w:t>
+              <w:t xml:space="preserve">CSCRM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Saint-Pétersbourg, Russia. 2p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729345v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00759975v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conducted EMI prediction for integrated class D audio amplifier</w:t>
+                <w:t xml:space="preserve">Differential Passive Circuit Modelling with Pentapole Impedance Matrices Application to an Integrated Audio Switching Amplifier for Portable Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Angelo Nagari</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Labrousse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th IEEE ICECS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EMC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, York, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01103646v1</w:t>
+                <w:t xml:space="preserve">hal-01103635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-Starting DC:DC Boost Converter for Low-Power and Low-Voltage Microbial Electric Generators</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Denis Labrousse</w:t>
+                <w:t xml:space="preserve">Thermal requirements of SiC Power Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Buttay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Civrac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Locatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6th European Advanced Technology Workshop on Micropackaging and Thermal Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, La Rochelle, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00638164v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00672631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of 3 self-starting step-up DC:DC converter topologies for harvesting energy from low-voltage and low-power microbial fuel cells</w:t>
+                <w:t xml:space="preserve">Self-Starting DC:DC Boost Converter for Low-Power and Low-Voltage Microbial Electric Generators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Degrenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah-Eddine Adami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Labrousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ECCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Phoenix, AZ, United States. pp.889-896, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECCE.2011.6063865⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00638259v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00638164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal requirements of SiC Power Devices</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Laure Locatelli</w:t>
+                <w:t xml:space="preserve">Comparison of 3 self-starting step-up DC:DC converter topologies for harvesting energy from low-voltage and low-power microbial fuel cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Degrenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Buret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah-Eddine Adami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th European Advanced Technology Workshop on Micropackaging and Thermal Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2011, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">EPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Birmingham, United Kingdom. pp.CD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00672631v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00638259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conducted EMI of Integrated Switching Audio Amplifier for Mobile Phone Applications</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conducted EMI prediction for integrated class D audio amplifier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Nagari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMC Compo</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">18th IEEE ICECS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Beyrouth, Lebanon. pp.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICECS.2011.6122295⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00641582v1</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Passive Circuit Modelling with Pentapole Impedance Matrices Application to an Integrated Audio Switching Amplifier for Portable Devices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conducted EMI of Integrated Switching Audio Amplifier for Mobile Phone Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah-Eddine Adami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, York, United Kingdom</w:t>
+              <w:t xml:space="preserve">EMC Compo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Dubrovnik, Croatia. pp.142-147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01103635v1</w:t>
+                <w:t xml:space="preserve">hal-00641582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurements and Simulation of Common Mode Conducted Noise Emissions in Adjustable-Speed AC Drive Systems</w:t>
               </w:r>
@@ -16720,51 +16720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaiyan Jettanasen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Revol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17065,269 +17065,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00369422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commande prédictive pour un convertisseur matriciel associé à une machine synchrone à aimants permanents</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hybrid control of a three-cell converter associated to an inductive load</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Rétif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIFA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE PESC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Rhodes, Greece. pp.3519-3525, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PESC.2008.4592500⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00374662v1</w:t>
+                <w:t xml:space="preserve">hal-00374698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid control of a three-cell converter associated to an inductive load</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Trabelsi</w:t>
+                <w:t xml:space="preserve">Commande prédictive pour un convertisseur matriciel associé à une machine synchrone à aimants permanents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Rétif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bevilacqua</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE PESC</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CIFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Bucarest, Roumanie. papier 187</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PESC.2008.4592500⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00374698v1</w:t>
+                <w:t xml:space="preserve">hal-00374662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictive Current Control for an Induction Motor</w:t>
               </w:r>
@@ -17411,291 +17411,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00374680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital control strategies for switch-mode power supply</w:t>
+                <w:t xml:space="preserve">A Digital-Controller Parameter-Tuning Approach, Application to a Switch-Mode Power Supply</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Tournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Rétif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd IEEE IECON</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Paris, France. pp.79 - 84, </w:t>
+              <w:t xml:space="preserve">IEEE ISIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Vigo, Spain. pp.3356 - 3361, </w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IECON.2006.347547⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISIE.2007.4375154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00369390v1</w:t>
+                <w:t xml:space="preserve">hal-00369454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Digital-Controller Parameter-Tuning Approach, Application to a Switch-Mode Power Supply</w:t>
+                <w:t xml:space="preserve">Digital control strategies for switch-mode power supply</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Tournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Rétif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE ISIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Vigo, Spain. pp.3356 - 3361, </w:t>
+              <w:t xml:space="preserve">32nd IEEE IECON</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Paris, France. pp.79 - 84, </w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISIE.2007.4375154⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2006.347547⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00369454v1</w:t>
+                <w:t xml:space="preserve">hal-00369390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commande Hybride d'un Ensemble Onduleur-Machine Synchrone</w:t>
               </w:r>
@@ -17821,90 +17821,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convex LMI optimization for the uncertain power flow analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Laib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Korniienko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Scorletti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Laboratoire Ampère. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -17926,90 +17926,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical approach to investigate the robust performance of uncertain large scale systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Laib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Korniienko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Scorletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18044,77 +18044,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical Performance Analysis of Uncertain Large Scale Systems using Uncertain Phase IQC Characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Laib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Korniienko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Scorletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18162,77 +18162,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systematic LFT Derivation of Uncertain Electrical Circuits for Worst-Case Tolerance Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moises Ferber de Vieira Lessa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Korniienko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Scorletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -18361,51 +18361,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8F89C386"/>
+    <w:nsid w:val="A279704E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18592,51 +18592,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florent-morel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3098-7806" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/127986677" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670895v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Sau-Bassols" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Morel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Vershinin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683924v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Errigo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bekkouri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos Gonzalez-Torres" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13173355" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317481v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benhur Zolett" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David P&#225;ez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gomez A." TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRD.2023.3336744" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088790v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135933v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#243;mez A." TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cheah-Ma&#241;&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P&#225;ez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Gomis-Bellmunt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRD.2023.3287673" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664415v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damiano Lanzarotto" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Baptiste Steckler" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15103492" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516860v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Mathieu de Vienne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chedot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sari" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRD.2021.3086864" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679036v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosei Shinoda" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Paez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Dworakowski" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718510v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro de Oliveira Porto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15145006" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517031v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cheah-Mane" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRD.2021.3095966" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120724v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Stackler" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ladoux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ejee.220201" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068124v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Evans" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bourserie" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Wallart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-est.2018.5011" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291493v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Caillaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Buttay" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Mrad" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Le Lesle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2019.2939969" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616980v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Laib" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Korniienko" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dinh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Scorletti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2017.2762468" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887159v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Ferber" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2017.2765921" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559420v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Ferber de Vieira Lessa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Lofberg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnm.2249" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181163v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2015.2419455" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259800v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Nagari" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2014.2351421" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869995v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Wolter Ferreira" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth V. Sabariego" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Lebensztajn" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kr&#228;henb&#252;hl" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2284891" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870003v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2282628" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930948v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Rondon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2013.2295053" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103586v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lombard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2013.2265048" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881667v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Ouaida" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Morel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bergogne" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Raynaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2013.2287714" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799884v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Dung Hoang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Riva" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.740-742.929" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672440v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Civrac" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Locatelli" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2011.2181390" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733976v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Degrenne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buret" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah-Eddine Adami" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Labrousse" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jolpe.2012.1209" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386480v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefang Lin-Shi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie R&#233;tif" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2009.2018429" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368612v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15325000801960531" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291671v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Valentin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2007.911938" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312903v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2008.01.004" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BMS2L2SL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179424v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana M. Llor" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2007.898303" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258088v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Brun" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Smaoui" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.41.963-990" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-NR0M70P7-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674160v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Saad" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Prieto-Araujo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Judge" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Jovcic" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-cigre.org/publications/detail/935-feasibility-study-and-application-of-electric-energy-storage-systems-embedded-in-hvdc-and-statcom-systems.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374911v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vinson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Vu Cong" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihal El Fahim" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Girodet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374895v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Paez Alvarez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Maneiro" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik Bacha" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Frey" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374769v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374127v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373773v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Poullain" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selle Toure" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374829v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195420v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Wallart" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374094v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373790v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Ghazaly" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Luscan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373743v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374108v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195415v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sell&#233; Tour&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374084v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373805v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373757v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195405v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195403v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195399v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fabr&#232;gue" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799128v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438158v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267384v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Yang" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agusti Egea Alvarez" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidlawend&#233; Ouoba" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lie Xu" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110323v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Farias de Barros" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Islam Zama" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Sau Bassol" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05107549v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0174" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670852v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Lima Milit&#227;o Pinheiro" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2024.2136" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943331v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chavdar Ivanov" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgii Tishenin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonello Monti" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE62998.2024.10863427" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670846v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Turpin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2024.2137" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320186v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Benchaib" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rault" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE23ECCEEurope58414.2023.10264585" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320201v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Mesnage" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Guillaume" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088771v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel A. G&#243;mez Acero" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2023.1330" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088752v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Gonzalez-Torres" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2023.1329" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144786v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748974v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Jacquier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855172v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik M Bacha" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855131v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670030v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gomez" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282362v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AEITHVDC52364.2021.9474591" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669846v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ch&#233;dot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517136v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Sau Bassols" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523637v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2021.2465" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516895v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Venet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE21ECCEEurope50061.2021.9570453" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517062v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tour&#233; Sell&#233;" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516909v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277739v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Fouineau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517088v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadiseh Geramirad" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lefebvre" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Br&#233;ard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE21ECCEEurope50061.2021.9570458" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968851v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Boutry" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Dong" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Burgos" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215711" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987204v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan D Paez" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215938" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987216v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Camail" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215666" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942284v2" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lagier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525165v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995119v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEUROPE48519.2020.9245720" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942305v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987233v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Venet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215894" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404064v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PEE.2019.8923456" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432353v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Paez" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927640" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076182v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Darbas" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APEC.2019.8722295" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291502v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWIPP.2019.8799080" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432358v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927698" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432355v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Al-Kharaz" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sneha Hegde" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Perez" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927117" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076184v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144476v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844988v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935157v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844981v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Le Lesl&#233;" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DPEIM.2018.8525236" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984248v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.125" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969245v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2018.8591686" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736332v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352277" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736336v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352262" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535721v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWIPP.2017.7936757" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535727v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644174v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2017.8096889" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984210v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393585v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS-ITEC.2016.7841330" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316570v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Ghossein" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347184v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188561v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Podlejski" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEMC.2015.7256262" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266225v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2015.7403155" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103584v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin El Haddad" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELCON.2014.6820510" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020075v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064690v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Izumi Nishimura" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Virgikio de Almeida" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Antonio Fran&#231;a Sartori" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103590v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2013.6603127" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874471v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6631881" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862617v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Sami Tabbakh" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Zaatar" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEMC.2013.6670512" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829343v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fonteneau" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dubois" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APEC.2013.6520258" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799739v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807076v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523863v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Pillonnet" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807077v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan B. M&#252;ller" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829353v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lahaye" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APEC.2013.6520668" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807074v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739027v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2012.6342222" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710563v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APEMC.2012.6237867" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765561v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Boileau" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Khaled" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ondel" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GreenCom.2012.106" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703559v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703558v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739006v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2012.6342636" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759975v2" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00729345v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier L&#233;onard" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103646v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2011.6122295" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638164v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2011.6063865" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638259v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672631v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641582v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103635v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369264v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaiyan Jettanasen" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Revol" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCZUR.2009.4783420" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369416v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bevilacqua" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PESC.2008.4591889" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369422v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PESC.2008.4592421" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374662v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374698v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Trabelsi" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PESC.2008.4592500" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374680v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PESC.2008.4592491" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369390v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tournier" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2006.347547" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369454v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2007.4375154" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401705v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091175v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306918v6" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198999v5" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073934v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florent-morel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3098-7806" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/127986677" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670895v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Sau-Bassols" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Morel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Vershinin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683924v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Errigo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bekkouri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos Gonzalez-Torres" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13173355" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317481v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benhur Zolett" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David P&#225;ez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gomez A." TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRD.2023.3336744" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135933v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#243;mez A." TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cheah-Ma&#241;&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P&#225;ez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Gomis-Bellmunt" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRD.2023.3287673" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088790v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517031v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cheah-Mane" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Paez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRD.2021.3095966" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718510v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro de Oliveira Porto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15145006" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679036v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosei Shinoda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Dworakowski" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664415v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damiano Lanzarotto" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Baptiste Steckler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15103492" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516860v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Mathieu de Vienne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chedot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sari" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRD.2021.3086864" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120724v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Stackler" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ladoux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ejee.220201" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068124v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Evans" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bourserie" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Wallart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-est.2018.5011" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291493v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Caillaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Buttay" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Mrad" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Le Lesle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2019.2939969" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887159v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Ferber" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2017.2765921" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616980v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Laib" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Korniienko" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dinh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Scorletti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2017.2762468" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559420v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Ferber de Vieira Lessa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Lofberg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnm.2249" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181163v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2015.2419455" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259800v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Nagari" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2014.2351421" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930948v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Rondon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2013.2295053" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869995v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Wolter Ferreira" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth V. Sabariego" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Lebensztajn" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kr&#228;henb&#252;hl" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2284891" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870003v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2282628" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881667v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Ouaida" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Morel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bergogne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Raynaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2013.2287714" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103586v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lombard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2013.2265048" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799884v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Dung Hoang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Riva" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.740-742.929" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672440v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Civrac" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Locatelli" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2011.2181390" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733976v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Degrenne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buret" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah-Eddine Adami" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Labrousse" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jolpe.2012.1209" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386480v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefang Lin-Shi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie R&#233;tif" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2009.2018429" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368612v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15325000801960531" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291671v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Valentin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2007.911938" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312903v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2008.01.004" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BMS2L2SL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258088v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Brun" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Smaoui" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.41.963-990" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-NR0M70P7-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179424v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana M. Llor" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2007.898303" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674160v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Saad" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Prieto-Araujo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Judge" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Jovcic" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-cigre.org/publications/detail/935-feasibility-study-and-application-of-electric-energy-storage-systems-embedded-in-hvdc-and-statcom-systems.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374911v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vinson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Vu Cong" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihal El Fahim" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Girodet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374895v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Paez Alvarez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Maneiro" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik Bacha" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Frey" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374769v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374127v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373773v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Poullain" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selle Toure" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374829v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374094v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195420v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Wallart" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374108v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373790v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Ghazaly" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Luscan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373743v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195415v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sell&#233; Tour&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373805v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374084v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373757v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195403v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195405v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799128v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fabr&#232;gue" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195399v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438158v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05107549v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidlawend&#233; Ouoba" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0174" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267384v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Yang" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agusti Egea Alvarez" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lie Xu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110323v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Farias de Barros" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Islam Zama" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Sau Bassol" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670852v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Lima Milit&#227;o Pinheiro" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2024.2136" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943331v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chavdar Ivanov" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgii Tishenin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonello Monti" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE62998.2024.10863427" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670846v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Turpin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2024.2137" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144786v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel A. G&#243;mez Acero" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320201v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Mesnage" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Guillaume" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320186v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Benchaib" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rault" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE23ECCEEurope58414.2023.10264585" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088752v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Gonzalez-Torres" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2023.1329" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088771v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2023.1330" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855131v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748974v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Jacquier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855172v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik M Bacha" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517088v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadiseh Geramirad" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lefebvre" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Br&#233;ard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE21ECCEEurope50061.2021.9570458" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670030v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gomez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669846v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ch&#233;dot" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282362v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AEITHVDC52364.2021.9474591" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517136v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Sau Bassols" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523637v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2021.2465" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516895v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Venet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE21ECCEEurope50061.2021.9570453" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277739v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Fouineau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516909v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517062v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tour&#233; Sell&#233;" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987233v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Venet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215894" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942305v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987204v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan D Paez" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215938" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968851v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Boutry" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Dong" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Burgos" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215711" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987216v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Camail" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215666" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942284v2" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lagier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525165v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995119v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEUROPE48519.2020.9245720" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432355v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Al-Kharaz" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sneha Hegde" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Perez" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927117" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144476v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076184v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432358v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927698" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404064v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PEE.2019.8923456" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432353v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Paez" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927640" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076182v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Darbas" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APEC.2019.8722295" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291502v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWIPP.2019.8799080" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736336v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352262" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844988v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935157v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844981v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martin" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Le Lesl&#233;" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DPEIM.2018.8525236" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984248v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.125" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736332v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352277" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969245v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2018.8591686" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535727v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535721v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWIPP.2017.7936757" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644174v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2017.8096889" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347184v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984210v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316570v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Ghossein" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393585v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS-ITEC.2016.7841330" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188561v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Podlejski" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEMC.2015.7256262" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266225v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2015.7403155" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103584v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin El Haddad" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELCON.2014.6820510" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020075v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064690v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Izumi Nishimura" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Virgikio de Almeida" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Antonio Fran&#231;a Sartori" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523863v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Pillonnet" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2013.6603127" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829353v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fonteneau" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lahaye" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APEC.2013.6520668" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807074v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807077v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan B. M&#252;ller" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862617v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Sami Tabbakh" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Zaatar" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEMC.2013.6670512" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103590v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874471v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6631881" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829343v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dubois" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APEC.2013.6520258" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799739v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807076v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739027v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2012.6342222" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710563v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APEMC.2012.6237867" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765561v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Boileau" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Khaled" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ondel" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GreenCom.2012.106" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703559v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703558v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739006v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2012.6342636" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00729345v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier L&#233;onard" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759975v2" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103635v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672631v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638164v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2011.6063865" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638259v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103646v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2011.6122295" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641582v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369264v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaiyan Jettanasen" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Revol" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCZUR.2009.4783420" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369416v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bevilacqua" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PESC.2008.4591889" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369422v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PESC.2008.4592421" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374698v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Trabelsi" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PESC.2008.4592500" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374662v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374680v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PESC.2008.4592491" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369454v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tournier" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2007.4375154" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369390v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2006.347547" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401705v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091175v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306918v6" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198999v5" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073934v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>