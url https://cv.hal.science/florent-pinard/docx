--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -221,343 +221,343 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’estime de soi, l’autocompassion, des ressources pour bien-vieillir ?</w:t>
+                <w:t xml:space="preserve">Enhancing memory through physical activity: beneficial effect on internal memory strategy use in older adults.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ilona Moutoussamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Taconnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajer Kachouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Florent Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurence Taconnat</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Fay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/pnv.2025.1260⟩</w:t>
+              <w:t xml:space="preserve">Psychological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 89 (3), pp.99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00426-025-02132-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05520396v1</w:t>
+                <w:t xml:space="preserve">hal-05460420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing memory through physical activity: beneficial effect on internal memory strategy use in older adults.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">L’estime de soi, l’autocompassion, des ressources pour bien-vieillir ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Pinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Vanneste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Taconnat</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Séverine Fay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 89 (3), pp.99. </w:t>
+              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23 (4), pp.521-527. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00426-025-02132-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/pnv.2025.1260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05460420v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05520396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Openness to experience, a personality trait that reduces susceptibility to memory age-based stereotype threat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badiâa Bouazzaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Fay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Alibran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15, pp.1399131. </w:t>
@@ -595,90 +595,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personality and organizational strategies in episodic memory: The role of Openness to experience on recall and subjective organization in young and older adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Vanneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badiâa Bouazzaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Fay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Isingrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -729,77 +729,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personality traits affect older adults' memory differently depending on the environmental support provided at encoding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Taconnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Vanneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badiâa Bouazzaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -876,77 +876,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieillissement, performances mnésiques et croyances métacognitives : une revue narrative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Vanneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Fay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badiâa Bouazzaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -997,77 +997,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-esteem effect on recall and recognition in episodic memory, in young and older adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Vanneste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Taconnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Aging Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 47 (4), pp.386-400. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1101,77 +1101,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de l’estime de soi sur la mémoire épisodique (rappel et reconnaissance) et la métamémoire (jugements FOK) chez les étudiants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Vanneste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Taconnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année psychologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 119 (2019/4), pp.427. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1250,90 +1250,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Openness to experience, a personality trait that reduces susceptibility to memory age-based stereotype threat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badiâa Bouazzaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Fay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Alibran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 23rd Conference of the European Society for Cognitive Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Cognitive Psychology, Sep 2023, Porto, Portugal</w:t>
@@ -1362,90 +1362,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personnalité et stratégies d'organisation en mémoire épisodique : rôle de l'ouverture aux expériences sur le rappel et l'organisation subjective chez des adultes jeunes et âgés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Vanneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badiâa Bouazzaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Fay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Isingrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1577,51 +1577,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="328EFF7A"/>
+    <w:nsid w:val="378C1B16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1808,51 +1808,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florent-pinard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5569-7074" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/264340426" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520396v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pinard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vanneste" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Taconnat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2025.1260" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460420v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Moutoussamy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Kachouri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Fay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-025-02132-1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660490v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badi&#226;a Bouazzaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Alibran" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Martinez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2024.1399131" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875390v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Isingrini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.233.0513" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658914v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2022.111572" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875352v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gautier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2022.1070" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526217v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0361073X.2021.1885926" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459470v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.194.0427" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230040v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230150v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florent-pinard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5569-7074" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/264340426" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460420v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Moutoussamy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Taconnat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Kachouri" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pinard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Fay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-025-02132-1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520396v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vanneste" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2025.1260" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660490v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badi&#226;a Bouazzaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Alibran" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Martinez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2024.1399131" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875390v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Isingrini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.233.0513" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658914v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2022.111572" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875352v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gautier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2022.1070" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526217v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0361073X.2021.1885926" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459470v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.194.0427" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230040v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230150v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>