--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,1421 +66,1421 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mass mortality events in the sub-Antarctic Indian Ocean caused by long-distance circumpolar spread of highly pathogenic avian influenza H5N1 clade 2.3.4.4b</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Clessin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Tornos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille De Pasquale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of H1N2 influenza viruses in turkeys after spillover from swine and in vitro characterization</w:t>
+                <w:t xml:space="preserve">Circumpolar spread of avian influenza H5N1 to southern Indian Ocean islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Chavoix</w:t>
+                <w:t xml:space="preserve">Augustin Clessin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Massin</w:t>
+                <w:t xml:space="preserve">François-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Xavier Briand</w:t>
+                <w:t xml:space="preserve">Jérémy Tornos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katell Louboutin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rachel Busson</w:t>
+                <w:t xml:space="preserve">Mathilde Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille de Pasquale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virus Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, pp.8463. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-64297-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.virusres.2025.199634⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">anses-05285166v1</w:t>
+                <w:t xml:space="preserve">hal-05293320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly Pathogenic Clade 2.3.4.4b H5N1 Influenza Virus in Seabirds in France, 2022–2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Massin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cherbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 2025 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1155/tbed/8895883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05023527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circumpolar spread of avian influenza H5N1 to southern Indian Ocean islands</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Identification of H1N2 influenza viruses in turkeys after spillover from swine and in vitro characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chavoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Massin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Camille de Pasquale</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Louboutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-64297-y⟩</w:t>
+              <w:t xml:space="preserve">Virus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 361, pp.199634. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.virusres.2025.199634⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05293320v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-05285166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly Pathogenic Avian Influenza A(H5N1) Clade 2.3.4.4b Virus in Domestic Cat, France, 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Souchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Beven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Hirchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 29 (8), pp.1696-1698. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3201/eid2908.230188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04226838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concomitant NA and NS deletion on avian Influenza H3N1 virus associated with hen mortality in France in 2019</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Multiple independent introductions of highly pathogenic avian influenza H5 viruses during the 2020–2021 epizootic in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François‐xavier Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Niqueux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Rachel Busson</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Martenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Cherbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2022.105356⟩</w:t>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 69 (6), pp.4028-4033. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.14711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03965743v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03966161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple independent introductions of highly pathogenic avian influenza H5 viruses during the 2020–2021 epizootic in France</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Avian influenza outbreaks: evaluating the efficacy of cleaning and disinfection of vehicles and transport crates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Huneau-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Scoizec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Martenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martine Cherbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tbed.14711⟩</w:t>
+              <w:t xml:space="preserve">Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 101 (1), pp.101569. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psj.2021.101569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03966161v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03610357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avian influenza outbreaks: evaluating the efficacy of cleaning and disinfection of vehicles and transport crates</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Concomitant NA and NS deletion on avian Influenza H3N1 virus associated with hen mortality in France in 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Schmitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Audrey Schmitz</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Allée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 104, pp.105356. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2022.105356⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psj.2021.101569⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">anses-03610357v1</w:t>
+                <w:t xml:space="preserve">anses-03965743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Litter Treatment on Campylobacter jejuni in Broilers and on Cecal Microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Thépault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Roulleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Typhaine Poezevara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 9 (5), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/pathogens9050333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02902714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic analyses unravel the crucial role of a horizontally acquired alginate lyase for brown algal biomass degradation by Z obellia galactanivorans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongtao Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Larocque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nan Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Duffieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1462-2920.13699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01503166v1</w:t>
-              </w:r>
-[...152 lines deleted...]
-                <w:t xml:space="preserve">hal-05194870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1511,90 +1511,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émergence et diffusion d’un génotype de virus d’influenza aviaire hautement pathogène A(H5N1) de clade 2.2.4.4.b adapté aux Laridae en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François‐Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Massin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cherbonnel-Pansart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Louboutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIes Journées francophones de virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Virologie, Apr 2024, Liège, Belgique</w:t>
@@ -1617,277 +1617,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04694195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses phylogénétiques des virus influenza aviaire H5 hautement pathogènes en France durant l’épizootie 2020-21</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Décontamination des camions et cages de transport de canards : étude descriptive dans le Sud-Ouest de la France durant l’épizootie d’influenza aviaire 2020-2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Huneau-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Scoizec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Katell Louboutin</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04082343v1</w:t>
+                <w:t xml:space="preserve">anses-04082384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décontamination des camions et cages de transport de canards : étude descriptive dans le Sud-Ouest de la France durant l’épizootie d’influenza aviaire 2020-2021</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Analyses phylogénétiques des virus influenza aviaire H5 hautement pathogènes en France durant l’épizootie 2020-21</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François‐Xavier Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Massin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Audrey Schmitz</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Cherbonnel-Pansart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Louboutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04082384v1</w:t>
+                <w:t xml:space="preserve">anses-04082343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1905,90 +1905,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro and in vivo characterizations in turkey and mouse of a recent A(H1N2) influenza virus in France originating from swine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chavoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François‐xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Louboutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Souchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélina Orosco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2030,90 +2030,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro and in vivo characterizations in turkey and mouse of a recent A(H1N2) influenza virus in France originating from swine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chavoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François‐xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Louboutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Souchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélina Orosco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2280,103 +2280,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maitriser le risque de diffusion de l'influenza hautement pathogène entre les élevages de volailles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Huneau-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Souillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Huneau-Salaün</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Tours (France), France. 2022</w:t>
@@ -2431,267 +2431,267 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PathoGaz - Impact sanitaire de la méthanisation agricole mésophile</w:t>
+                <w:t xml:space="preserve">Expérimentation de vaccination des canards mulards en élevage contre un virus influenza aviaire hautement pathogène A(H5N1) clade 2.3.4.4b</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+                <w:t xml:space="preserve">Béatrice Grasland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Druilhe</w:t>
+                <w:t xml:space="preserve">Éric Niqueux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Megane Lebreton</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Martine Sarrazin</w:t>
+                <w:t xml:space="preserve">Nadège Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ademe. 2023</w:t>
+              <w:t xml:space="preserve">Anses; ENVT. 2023, 30 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04673078v1</w:t>
+                <w:t xml:space="preserve">hal-04158032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimentation de vaccination des canards mulards en élevage contre un virus influenza aviaire hautement pathogène A(H5N1) clade 2.3.4.4b</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PathoGaz - Impact sanitaire de la méthanisation agricole mésophile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Druilhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Grasland</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Audrey Schmitz</w:t>
+                <w:t xml:space="preserve">Megane Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Niqueux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rachel Busson</w:t>
+                <w:t xml:space="preserve">Sophie Michel-Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadège Morin</w:t>
+                <w:t xml:space="preserve">Martine Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Anses; ENVT. 2023, 30 p</w:t>
+              <w:t xml:space="preserve">Ademe. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04158032v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04673078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId87"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2846,51 +2846,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05285166v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chavoix" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Massin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Briand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Louboutin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Busson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2025.199634" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05023527v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Briand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Palumbo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martenot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cherbonnel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/tbed/8895883" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293320v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Clessin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tornos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lejeune" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille de Pasquale" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-64297-y" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04226838v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Souchaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pierre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beven" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Hirchaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2908.230188" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03965743v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Schmitz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Scoizec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal All&#233;e" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2022.105356" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03966161v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;xavier Briand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Niqueux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14711" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03610357v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Huneau-Sala&#252;n" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Thomas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2021.101569" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902714v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Th&#233;pault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Roulleau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Loiseau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Poezevara" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9050333" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01503166v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongtao Zhu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thomas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Larocque" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Li" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Duffieux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13699" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194870v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille De Pasquale" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04694195v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;Xavier Briand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cherbonnel-Pansart" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082343v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082384v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04919153v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina Orosco" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04919133v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04509647v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Soumet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#235;lle K&#233;rouanton" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bridier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Anger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dorenlor" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082757v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Souillard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04673078v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Pourcher" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Druilhe" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megane Lebreton" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michel-Le Roux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Sarrazin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04158032v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Grasland" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Niqueux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Morin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194870v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Clessin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Briand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tornos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lejeune" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille De Pasquale" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293320v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille de Pasquale" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-64297-y" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05023527v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Briand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Palumbo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martenot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Massin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cherbonnel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/tbed/8895883" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05285166v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chavoix" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Louboutin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Busson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2025.199634" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04226838v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Souchaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pierre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beven" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Hirchaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2908.230188" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03966161v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;xavier Briand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Niqueux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Schmitz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14711" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03610357v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Huneau-Sala&#252;n" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Scoizec" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Thomas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2021.101569" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03965743v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal All&#233;e" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2022.105356" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902714v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Th&#233;pault" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Roulleau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Loiseau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Poezevara" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9050333" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01503166v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongtao Zhu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thomas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Larocque" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Li" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Duffieux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13699" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04694195v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;Xavier Briand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cherbonnel-Pansart" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082384v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082343v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04919153v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina Orosco" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04919133v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04509647v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Soumet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#235;lle K&#233;rouanton" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bridier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Anger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dorenlor" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082757v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Souillard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04158032v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Grasland" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Niqueux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Morin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04673078v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Pourcher" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Druilhe" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megane Lebreton" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michel-Le Roux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Sarrazin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>