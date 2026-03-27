--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -66,1727 +66,1822 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
-[...1365 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">JC3DHN 2024 - Actes du colloque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Rassat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Chayani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Zasadzinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les journées du Consortium 3DHN pour les Humanité Numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Nancy, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05077895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'apport du HBIM dans les humanités numériques : pour une synergie entre archéologie, architecture, informatique graphique et gestion patrimoniale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Borel-Dubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Panneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Raffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées du Consortium 3D pour les Humanités Numériques (HumaNum)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, S. Rassat; M. Chayani; L. Voison; A. Zasadzinski; E. Interdonato; C. Delevoie; F. Laroche; X. Granier, Nov 2024, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05044506v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'apport du HBIM dans les Humanités Numériques : pour une synergie entre archéologie, architecture, informatique graphique et gestion patrimoniale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Borel-Dubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Panneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Raffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les journées du consortium 3D pour les Humanités Numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Consortium 3D, Nov 2024, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04822751v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’interopérabilité HBIM-SIG au service de l'étude archéologique du théâtre antique d'Orange : L'enjeu des données territoriales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Panneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Territoires et Immersion(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MAP UPR 2002, Oct 2024, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05542085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appariement d'artefacts archéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Diarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lanquetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Raffin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R-GTMG, Rencontres des Jeunes Chercheurs du Groupe de Travail en Modélisation Géométrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LIS, Aix-Marseille Université, Mar 2024, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">3D mesh description using &amp;quot;Subdivided Shape-Curvature-Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques A. de Guise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40th Annual Conference of the European Association for Computer Graphics, Eurographics 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Genoa, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2312/egp.20191054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intérêt des &amp;quot;Graphes de Courbure de Forme Subdivisé&amp;quot; pour décrire la déformation des structures complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques A. de Guise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées du Groupe de Travail en Modélisation Géométrique, GTMG 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Automatic Extraction of Complex 3D Structures - Application to the Inner Ear Segmentation from Cone Beam CT Digital Volumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques A. de Guise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eurographics Workshop on 3D Object Retrieval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Delft, Netherlands. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2312/3dor.20181048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01795062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Description de formes complexes par subdivision de graphes de courbures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques A. de Guise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Françaises d’Informatique Graphique et du chapitre français d’Eurographics, JFIG 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extraction automatique de structures 3D complexes - Application à la segmentation de l’oreille interne à partir de volumes numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques A. de Guise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées du Groupe de Travail en Modélisation Géométrique, GTMG 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-05077895v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extraction of &amp;quot;best fit circles&amp;quot; on 3D meshes based on discrete curvatures: application to impact craters detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Christoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jorda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Viseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly Conference Abstracts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Vienna, Austria. pp.10485</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03724430v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extraction of &amp;quot;best fit circles&amp;quot; on 3D meshes based on discrete curvatures: application to impact craters detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Christoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jorda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Viseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Vienne, Austria. pp.EGU2016-10485</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01490130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Circular shapes automatic detection on meshes based on discrete curvatures - Application to impact craters recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jorda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Viseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bouley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computer Graphics International (CGI 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01341019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Detection of Circular Shapes on 3D Meshes Based on Discrete Curvatures: Application to Impact Craters Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Viseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bouley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin-Pierre Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Muscato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3D Digital Geological Models</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119313922.ch9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03628939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId46"/>
+      <w:footerReference w:type="default" r:id="rId48"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1933,51 +2028,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044506v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Borel-Dubourg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Beguet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Panneau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raffin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822751v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868129v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Diarra" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lanquetin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130489v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques A. de Guise" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cresson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Schmittbuhl" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mari" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/egp.20191054" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130619v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130617v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795062v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/3dor.20181048" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130618v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724430v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bali" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Christoff" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jorda" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Viseur" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01490130v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341019v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bouley" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077895v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rassat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Zasadzinski" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628939v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin-Pierre Schmidt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Muscato" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119313922.ch9" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077895v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rassat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Zasadzinski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044506v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Borel-Dubourg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Beguet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Panneau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raffin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822751v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542085v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dubourg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868129v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Diarra" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lanquetin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130489v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques A. de Guise" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cresson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Schmittbuhl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mari" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/egp.20191054" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130619v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795062v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/3dor.20181048" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130618v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130617v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724430v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bali" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Christoff" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jorda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Viseur" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01490130v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341019v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bouley" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628939v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin-Pierre Schmidt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Muscato" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119313922.ch9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>