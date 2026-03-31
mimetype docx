--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -135,1051 +135,1176 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exchange of benthic components across a diverse Zostera noltei meadow within a deteriorating or evolving ecosystem</w:t>
+                <w:t xml:space="preserve">Integrated 2D Imaging Approach with Planar Optodes and DET to explore sediment-ecosystem interactions: A Case Study on Zostera meadows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Mallet</w:t>
+                <w:t xml:space="preserve">Florian Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Baux</w:t>
+                <w:t xml:space="preserve">Marie Duverger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Poirier</w:t>
+                <w:t xml:space="preserve">Aurélia Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Camus</w:t>
+                <w:t xml:space="preserve">Kasper Elgetti Brodersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Cesbron</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maxime Daviray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISW</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, WSC2024, Jun 2024, Napoli, Italy</w:t>
+              <w:t xml:space="preserve">Ocean Sciences Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Glasgow (Ecosse), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05289216v1</w:t>
+                <w:t xml:space="preserve">hal-05544067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benthic environment analysis in contrasted Zostera noltei meadows : from native to newly colonized areas, Normandy (France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Exchange of benthic components across a diverse Zostera noltei meadow within a deteriorating or evolving ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Baux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Camus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Cesbron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISW</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, WSC2024, Jun 2024, Napoli, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05289208v1</w:t>
+                <w:t xml:space="preserve">hal-05289216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the resilience of Zostera noltei meadows in Cul-de-Loup cove (Normandy, France): a multidisciplinary investigation to grasp their ecological preferences amid a changing or declining context</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Benthic environment analysis in contrasted Zostera noltei meadows : from native to newly colonized areas, Normandy (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Baux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiène Tlili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISBW</w:t>
+              <w:t xml:space="preserve">ISW</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, WSC2024, Jun 2024, Napoli, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05288440v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05289208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelle lecture des phases de la dernière déglaciation dans le Loch Sunart (Nord-Ouest Ecosse) basée sur des traceurs géochimiques</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Exploring the resilience of Zostera noltei meadows in Cul-de-Loup cove (Normandy, France): a multidisciplinary investigation to grasp their ecological preferences amid a changing or declining context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cesbron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Baux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Camus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">ISBW</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WSC2024, Jun 2024, Napoli, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03588106v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05288440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biogeochemical dynamics related to seasonal changes and biomass-density patterns in rhyzosphere sediments of a Zostera noltii meadow</w:t>
+                <w:t xml:space="preserve">Nouvelle lecture des phases de la dernière déglaciation dans le Loch Sunart (Nord-Ouest Ecosse) basée sur des traceurs géochimiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Lise Delgard</w:t>
+                <w:t xml:space="preserve">Anne Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Deflandre</w:t>
+                <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Kochony</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Yann Méar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zohra Mokeddem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cesbron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Gauriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03278174v1</w:t>
+                <w:t xml:space="preserve">hal-03588106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the effect of macrobenthos diversity on the mineralisation of sediment organic matter</w:t>
+                <w:t xml:space="preserve">Biogeochemical dynamics related to seasonal changes and biomass-density patterns in rhyzosphere sediments of a Zostera noltii meadow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Grémare</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Marie-Lise Delgard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Deflandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Maire</w:t>
+                <w:t xml:space="preserve">E. Kochony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia Romero-Ramirez</w:t>
+                <w:t xml:space="preserve">Bernard Gauriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd V.M. Goldschmidt Conference</w:t>
+              <w:t xml:space="preserve">Goldschmidt Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03278225v1</w:t>
+                <w:t xml:space="preserve">hal-03278174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of zostera meadows on geochemistry and meiofauna of the sediment of a tidal lagoon (Arcachon Basin): new technical approaches</w:t>
+                <w:t xml:space="preserve">Assessing the effect of macrobenthos diversity on the mineralisation of sediment organic matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Metzger</w:t>
+                <w:t xml:space="preserve">Antoine Grémare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Deflandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Jézéquel</w:t>
+                <w:t xml:space="preserve">Sabine Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Geslin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florian Cesbron</w:t>
+                <w:t xml:space="preserve">Olivier Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Charrieau</w:t>
+                <w:t xml:space="preserve">Alicia Romero-Ramirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt Conference</w:t>
+              <w:t xml:space="preserve">22nd V.M. Goldschmidt Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03278257v1</w:t>
+                <w:t xml:space="preserve">hal-03278225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Influence of zostera meadows on geochemistry and meiofauna of the sediment of a tidal lagoon (Arcachon Basin): new technical approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Metzger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Jézéquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Geslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Cesbron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Charrieau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goldschmidt Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03278257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ecology of live benthic foraminifera from the Whittard Canyon (NE Atlantic)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Duros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Fontanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Duros</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">E. Metzger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frans Jorissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XII International Symposium on Oceanography of the Bay of Biscay</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03278217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1189,271 +1314,271 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2D imaging combination of planar optode and DET 2D: application in Z. marina seagrass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Duverger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kasper Elgetti Brodersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Kühl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Science Meeting 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, New Orleans (Louisiana), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05289251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2D imaging combination of planar optode and DET 2D: application in Zostera marina seagrass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Duverger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kasper Elgetti Brodersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Kühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cesbron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISW</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Napoli, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05289233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1463,1101 +1588,1101 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-dimensional determination of dissolved manganese in sediment porewaters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Choquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Jauffrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 267, pp.104454. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.marchem.2024.104454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04704452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benthic oxygen dynamics and implication for the maintenance of chronic hypoxia and ecosystem degradation in the Berre lagoon (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Rigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Deflandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Grenz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Pozzato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 258, pp.107437. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ecss.2021.107437⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03249104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-dimensional ammonium distribution in sediment pore waters using a new colorimetric diffusive equilibration in thin-film technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Metzger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Jauffrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Research X</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 2, pp.100023. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.wroa.2018.100023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02421140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SEQUESTERED CHLOROPLASTS IN THE BENTHIC FORAMINIFER HAYNESINA GERMANICA : CELLULAR ORGANIZATION, OXYGEN FLUXES AND POTENTIAL ECOLOGICAL IMPLICATIONS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Geslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Le Kieffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Jauffrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Pia Nardelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Foraminiferal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 47 (3), pp.268-278. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2113/gsjfr.47.3.268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02442536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous Nitrite/Nitrate Imagery at Millimeter Scale through the Water–Sediment Interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Metzger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Launeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 50 (15), pp.8188-8195. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.est.6b00187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01453016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benthic oxygen exchange over a heterogeneous Zostera noltei meadow in a temperate coastal ecosystem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Lise Delgard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Deflandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Kochony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 543, pp.55-71. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3354/meps11570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01453026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vertical distribution and respiration rates of benthic foraminifera: Contribution to aerobic remineralization in intertidal mudflats covered by Zostera noltei meadows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Geslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frans Jorissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Lise Delgard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Charrieau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 179, pp.23-38. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ecss.2015.12.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01453027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous 2D Imaging of Dissolved Iron and Reactive Phosphorus in Sediment Porewaters by Thin-Film and Hyperspectral Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Metzger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Launeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Deflandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Lise Delgard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 48 (5), pp.2816-2826. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/es404724r⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02421580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2567,114 +2692,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de l'herbier de Zostera noltei sur la méiofaune benthique et la géochimie de sédiments intertidaux du Bassin d'Arcachon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cesbron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de la Terre. Université d'Angers, 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015ANGE0052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02140413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId83"/>
+      <w:footerReference w:type="default" r:id="rId85"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2742,51 +2867,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5D864E6F"/>
+    <w:nsid w:val="DCFAEEA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2973,51 +3098,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florian-cesbron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7141-8592" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289216v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mallet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Baux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poirier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Camus" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cesbron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289208v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofi&#232;ne Tlili" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fourrier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288440v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588106v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Murat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann M&#233;ar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Mokeddem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278174v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Delgard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Deflandre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kochony" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gauriau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278225v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gr&#233;mare" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Schmidt" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maire" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Romero-Ramirez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278257v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Metzger" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Geslin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Charrieau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278217v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Duros" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fontanier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Jorissen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289251v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Duverger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper Elgetti Brodersen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Mouret" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael K&#252;hl" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289233v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704452v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Choquel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Thibault de Chanvalon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jauffrais" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2024.104454" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249104v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rigaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grenz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Pozzato" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2021.107437" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421140v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Metzger" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Barbe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wroa.2018.100023" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442536v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Geslin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Le Kieffre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pia Nardelli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gsjfr.47.3.268" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453016v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Launeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b00187" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453026v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bernard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Richard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11570" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453027v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2015.12.005" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421580v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es404724r" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02140413v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ANGE0052" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florian-cesbron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7141-8592" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544067v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cesbron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Duverger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Mouret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper Elgetti Brodersen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Daviray" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289216v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mallet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Baux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poirier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Camus" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289208v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofi&#232;ne Tlili" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fourrier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288440v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588106v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Murat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann M&#233;ar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Mokeddem" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278174v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Delgard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Deflandre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kochony" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gauriau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278225v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gr&#233;mare" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Schmidt" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maire" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Romero-Ramirez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278257v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Metzger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Geslin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Charrieau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278217v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Duros" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fontanier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Jorissen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289251v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael K&#252;hl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289233v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704452v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Choquel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Thibault de Chanvalon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jauffrais" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2024.104454" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249104v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rigaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grenz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Pozzato" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2021.107437" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421140v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Metzger" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Barbe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wroa.2018.100023" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442536v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Geslin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Le Kieffre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pia Nardelli" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gsjfr.47.3.268" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453016v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Launeau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b00187" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453026v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bernard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Richard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11570" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453027v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2015.12.005" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421580v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es404724r" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02140413v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ANGE0052" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>