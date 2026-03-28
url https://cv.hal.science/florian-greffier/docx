--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -305,265 +305,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04550673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploratory study to define new observation geometries for road lighting design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Procédé LUMIROUTE : combiner revêtement innovant, éclairage adapté et spécificités d'usage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Nicolaï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Lebouc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Greffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Paul Richard</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Péransin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Lighting Research and Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue générale des routes et de l'aménagement (RGRA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1002, pp.64-69</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04671426v1</w:t>
+                <w:t xml:space="preserve">hal-04524274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Procédé LUMIROUTE : combiner revêtement innovant, éclairage adapté et spécificités d'usage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploratory study to define new observation geometries for road lighting design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Lebouc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Greffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Nicolaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sophie Péransin</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue générale des routes et de l'aménagement (RGRA)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Lighting Research and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/14771535241265720⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04524274v1</w:t>
+                <w:t xml:space="preserve">hal-04671426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Grid in Perspective for Road Lighting Calculations</w:t>
               </w:r>
@@ -4247,51 +4247,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8D8B67BE"/>
+    <w:nsid w:val="D7DF02BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4478,51 +4478,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florian-greffier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7745-6629" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550673v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lebouc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Richard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boucher" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Greffier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Nicola&#239;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15502724.2024.2328210" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671426v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14771535241265720" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524274v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie P&#233;ransin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957837v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Muzet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Buschmann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan V&#246;lker" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15502724.2022.2135529" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123441v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14771535221094275" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249995v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Bernasconi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Iacomussi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Liandrat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1477153520958454" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410187v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Fournela" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su132111789" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927776v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Taron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Verny" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1477153518808334" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292832v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadia Mrad" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enoch Saint Jacques" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Br&#233;mond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283739v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Schulze" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Eymond" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524282v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Banette" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dherbecourt" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Le Gouil" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250163v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25039/x50.2023.OP030" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250116v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25039/x50.2023.OP008" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250206v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250830v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Monnet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tardieux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250234v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Lileke" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03867277v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lafon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03867263v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123456v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Voelker" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25039/x48.2021.OP55" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251592v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25039/x48.2021.OP04" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03726341v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25039/x48.2021" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048831v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dronneau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25039/x46.2019.OP75" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215842v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Charbonnier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Tarel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982231v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aubert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Bremond" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Cord" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707733v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bousquet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mure" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Busson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cstb.hal.science/hal-04954716v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martinsons" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Ati&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jost" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Gevaux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Obein" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250143v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00429913v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Colomb" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morange" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939817v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Nguyen Duy - Bardakji" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532332v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939924v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Iodice" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Peyrat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04072494v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022UEFL2047" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/florian-greffier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7745-6629" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550673v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lebouc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Richard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boucher" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Greffier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Nicola&#239;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15502724.2024.2328210" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524274v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie P&#233;ransin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671426v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14771535241265720" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957837v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Muzet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Buschmann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan V&#246;lker" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15502724.2022.2135529" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123441v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14771535221094275" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249995v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Bernasconi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Iacomussi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Liandrat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1477153520958454" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410187v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Fournela" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su132111789" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927776v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Taron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Verny" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1477153518808334" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292832v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadia Mrad" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enoch Saint Jacques" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Br&#233;mond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283739v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Schulze" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Eymond" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524282v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Banette" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dherbecourt" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Le Gouil" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250163v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25039/x50.2023.OP030" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250116v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25039/x50.2023.OP008" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250206v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250830v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Monnet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tardieux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250234v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Lileke" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03867277v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lafon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03867263v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123456v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Voelker" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25039/x48.2021.OP55" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251592v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25039/x48.2021.OP04" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03726341v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25039/x48.2021" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048831v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dronneau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25039/x46.2019.OP75" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215842v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Charbonnier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Tarel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982231v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aubert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Bremond" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Cord" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707733v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bousquet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mure" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Busson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cstb.hal.science/hal-04954716v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martinsons" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Ati&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jost" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Gevaux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Obein" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250143v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00429913v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Colomb" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morange" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939817v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Nguyen Duy - Bardakji" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532332v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939924v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Iodice" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Peyrat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04072494v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022UEFL2047" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>