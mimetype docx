--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,1823 +66,1924 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arbitration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Grisel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elgar Concise Encyclopedia of Sociology of Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05515100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The World in a Court: How the ICJ's Organizational Practices Promote Stability in a Contested Field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esmé Shirlow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Law and Society Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 59 (1), pp.138-171. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/lsr.2024.53⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04825676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Democracy from Below: Homeowners Associations and the Politics of Authoritarian Governance in China</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Law and Social Inquiry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/lsi.2025.10130⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/lsi.2025.10130⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-05515103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Canceling Disputes: How Social Capital Affects the Arbitration of Disputes on Wikipedia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Law and Social Inquiry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 49 (2), pp.1060-1081. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/lsi.2023.15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/lsi.2023.15⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04411740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Judicial Manufacturers of International Law</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Law and Social Inquiry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 48, pp.1465 - 1470. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/lsi.2023.25⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/lsi.2023.25⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04436688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The centres and margins of transnational law: potential developments and methodological challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Law and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Socio-Legal Methodologies (Part II), 49 (S1), pp.S51-S63. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jols.12371⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jols.12371⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03970254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Migrations Affect Private Orders: Norms and Practices in the Fishery of Marseille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Law and Society Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 55 (1), pp.177-202. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/lasr.12529⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/lasr.12529⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-03461552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Migrations Affect Private Orders: Norms and Practices in the Fishery of Marseille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Law and Society Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 55 (1), pp.177-202. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/lasr.12529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04436703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Managing the fishery commons at Marseille: How a medieval institution failed to accommodate change in an age of globalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fish and Fisheries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 20 (3), pp.419-433. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/faf.12350⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/faf.12350⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04436701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When Two Are Too Many ? Jurisdictional Skirmishes over the Enforcement of Arbitral Awards in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paris Journal of International Arbitration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Treaty-Making between Public Authority and Private Interests: The Genealogy of the Convention on the Recognition and Enforcement of Foreign Arbitral Awards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of International Law</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 28 (1), pp.73--87. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ejil/chx008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ejil/chx008⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01648768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Competition and Cooperation in International Commercial Arbitration: The Birth of a Transnational Legal Profession</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Law and Society Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 51 (4), pp.790 - 824. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/lasr.12295⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/lasr.12295⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01666230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux origines de l'arbitrage commercial contemporain : l'émergence de l'arbitrage CCI (1920-1958)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Silva Romero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 2, pp.403--444</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01647287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'émergence de systèmes de contrôle externe en arbitrage international</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue suisse de droit international et européen / Swiss Review of International and European Law / Schweizerische Zeitschrift für internationales und europäisches Recht</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.385</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cour permanente ou tribunaux arbitraux: quelle juridiction pour le traité transatlantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Schultz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eclipses de souveraineté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue suisse de droit international et européen / Swiss Review of International and European Law / Schweizerische Zeitschrift für internationales und europäisches Recht</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 4, pp.495</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01648838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arbitrage d'investissement: corriger les modalités de fonctionnement pour éviter les abus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Grisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...47 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Schultz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Precedent in Investment Arbitration: The Case of Compound Interest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peking University Transnational Law Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 2 (1), pp.217-227</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droit et non-droit dans les sentences arbitrales CCI - Une perspective historique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICC International Court of Arbitration Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 25 (2), pp.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse critique de l'article 7 du Règlement du 11 juillet 2007 sur la loi applicable aux obligations non contractuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit international et de droit comparé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 1, pp.149-165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04436681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'octroi d’intérêts composés par les tribunaux d'arbitrage d'investissement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal du droit international (Clunet)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 3, pp.545</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04436687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'arbitrage international: Du contrat dyadique au système normatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alec Stone Sweet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives de philosophie du droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 52, pp.75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04436685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'amicus curiae dans l'arbitrage d'investissement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge E. Viñuales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICSID Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 23 (380)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04436682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of Awards and Recentralization of International Commercial Arbitration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Civil Justice Quarterly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, pp.166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04436683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1892,1239 +1993,1138 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Sociological Evolution of International Arbitration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Routledge. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Anatomy of International Arbitration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05514270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Sociological Evolution of International Arbitration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Routledge. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Anatomy of International Arbitration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The False Prophets of International Arbitration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">What does it mean to be pro-arbitration? Reflections on George Bermann's Legacy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juris Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juris Publishing</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04435580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The End of Hubris in International Arbitration? A Reply to Malcolm Langford</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kluwer Law International. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICC Congress Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.625-633, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04435576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arbitration as a dispute resolution process: historical developments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stefan Kröll Andrea K. Bjorklund and Franco Ferrari. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cambridge Compendium on International Commercial and Investment Arbitration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cambridge University Press, pp.3-26, 2022, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/9781108304467.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/9781108304467.002⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04435593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miles and Norms in the Fishery of Marseille: On the Interface between Social Norms and Legal Rules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Irus Braverman. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Laws of the Sea: Interdisciplinary Currents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Routledge, pp.224-239, 2022, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003205173-11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4324/9781003205173-11⟩</w:t>
+                <w:t xml:space="preserve">hal-04435588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transnational Law in Context: The Relevance of Jessup's Analysis for the Study of 'International' Arbitration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Grisel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peer Zumbansen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Many Lives of Transnational Law: Critical Engagements with Jessup's Bold Proposal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Cambridge University Press, pp.186-196, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/9781108780582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04435598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marginals and Elites in International Arbitration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Grisel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thomas Schultz (ed.), Federico Ortino (ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oxford Handbook of International Arbitration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Oxford University Press, pp.260-282, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/law/9780198796190.003.0010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04435535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transnational Arbitration Law</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Peer Zumbansen (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oxford Handbook of Transnational Law</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Oxford University Press, pp.469-478, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/oxfordhb/9780197547410.013.21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04435545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fair and Equitable Treatment: Ordering Chaos Through Precedent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Daniel Behn; Ole Kristian Fauchald; Malcolm Langford. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Legitimacy of Investment Arbitration: Empirical Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Cambridge University Press, pp.183-200, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/9781108946636.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04435539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Peer Zumbansen. </w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Evolution of International Arbitration: Delegation, Judicialization, Governance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Grisel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mattli, Walter and Dietz, Thomas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Many Lives of Transnational Law: Critical Engagements with Jessup's Bold Proposal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Arbitration and Global Governance: Contending Theories and Evidence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, 2014, 978-0-19-871672-3</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01648909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Sources of Investment Law</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Douglas, Zachary and Pauwelyn, Joost and Vi~nuales, Jorge E. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Foundations of International Investment Law: Bringing Theory into Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, 2014, 978-0-19-968538-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amicus Intervention in Investor-State Arbitration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AAA Handbook on International Arbitration and ADR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Juris Publishing, pp.439-458, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04435602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transnational Investment Arbitration: From Delegation to Constitutionalization?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alec Stone Sweet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Oxford University Press. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humain Rights, International Investment and Investor-State Arbitration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Oxford University PressOxford, pp.118-136, 2009, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199578184.003.0007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199578184.003.0007⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04436671v1</w:t>
-              </w:r>
-[...99 lines deleted...]
-                <w:t xml:space="preserve">hal-05515100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3222,51 +3222,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Evolution of International Arbitration: Judicialization, Governance, Legitimacy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alec Stone Sweet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3404,51 +3404,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Ad Hoc Tribunals to Permanent Courts: Three Examples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Schultz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3635,51 +3635,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825676v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Grisel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esm&#233; Shirlow" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/lsr.2024.53" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515103v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/lsi.2025.10130" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411740v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/lsi.2023.15" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436688v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/lsi.2023.25" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970254v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jols.12371" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03461552v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lasr.12529" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436703v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436701v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/faf.12350" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648779v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648768v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ejil/chx008" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01666230v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lasr.12295" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01647287v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jolivet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Silva Romero" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648843v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648837v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schultz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648838v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648839v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648920v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648919v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436681v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436687v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436685v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alec Stone Sweet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436682v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge E. Vi&#241;uales" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436683v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05514270v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856966v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435580v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arbitrationlaw.com/library/false-prophets-international-arbitration-chapter-43-pro-arbitration-revisited-tribute" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435576v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435593v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108304467.002" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435588v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003205173-11" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435545v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780197547410.013.21" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435535v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/law/9780198796190.003.0010" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435539v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108946636.011" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435598v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108780582" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648910v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648909v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435602v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436671v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199578184.003.0007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515100v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434870v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsburyprofessional.com/uk/the-limits-of-private-governance-9781509938155/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781509938179" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01647263v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970291v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648863v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515100v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Grisel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825676v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esm&#233; Shirlow" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/lsr.2024.53" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515103v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/lsi.2025.10130" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411740v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/lsi.2023.15" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436688v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/lsi.2023.25" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970254v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jols.12371" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03461552v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lasr.12529" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436703v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436701v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/faf.12350" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648779v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648768v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ejil/chx008" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01666230v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lasr.12295" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01647287v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jolivet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Silva Romero" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648843v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648837v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schultz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648838v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648839v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648920v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648919v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436681v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436687v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436685v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alec Stone Sweet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436682v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge E. Vi&#241;uales" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436683v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05514270v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856966v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435580v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arbitrationlaw.com/library/false-prophets-international-arbitration-chapter-43-pro-arbitration-revisited-tribute" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435576v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435593v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108304467.002" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435588v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003205173-11" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435598v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108780582" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435535v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/law/9780198796190.003.0010" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435545v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780197547410.013.21" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435539v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108946636.011" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648909v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648910v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435602v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436671v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199578184.003.0007" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434870v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsburyprofessional.com/uk/the-limits-of-private-governance-9781509938155/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781509938179" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01647263v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970291v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648863v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>