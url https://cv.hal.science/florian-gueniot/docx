--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -66,1159 +66,1159 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le programme NALC-BDLC: état des lieux et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Retali Medori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Gueniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Giudicelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Colonna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIVe Colloque International de l’Atlas Linguistique Roman</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Corte, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03520876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il s'adresser à un hôte amateur pour avoir le meilleur tarif ? L'exemple de Airbnb en Corse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauveur Giannoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Brunstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Gueniot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6ème conférence de l'’Association Francophone de Management du Tourisme (AFMAT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Perpignan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02155410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthode de conception d’un outil cartographique pour la connaissance et la comparabilité des sports de nature sur des littoraux français protégés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Gueniot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop « Inventaire et gestion des pratiques sportives et de loisirs sur les littoraux métropolitains français : une analyse comparative »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Bastia, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02542104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Outiller une langue peu dotée grâce au TALN : l’exemple du corse et BDLC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Kevers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Guéniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ghjacumina Tognotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Retali Medori</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26e Conférence sur le Traitement Automatique des Langues Naturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Toulouse, France. pp.371-380</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02567779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formulation spatiale de données SIG pour la simulation de MAS/LUCC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Prunetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Antoine Bisgambiglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Detotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Innocenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Tafani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les journées DEVS francophones : Théorie et Applications / Workshop RED 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paul-Antoine Bisgambiglia; Gauthier Quesnel; Raphaël Duboz, Apr 2016, Cargèse, France. pp.19-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01322647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le système d’information du CRB Citrus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Gueniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Costantino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Broutta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées des CRB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Clermont, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02793683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation journée technique CATI - ACTION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Moulery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Gueniot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Avignon, France. 13 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01063864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relation between farming systems, the CAP subsidies and the fires that occur in the forested mediterranean areas. A Corsican case study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Delattre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Santucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Gueniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Napoleone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CLAIM Intermediate Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Searchlight., Nov 2013, Bruxelles, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02804448v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New tools for the pastoral advisings : GPS for grazing dairy corsican goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy R. Bouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chjara Aragni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Duba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Gueniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Gambotti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Barcelone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode d’intégration de données pour l’amélioration de la comparabilité des activités sportives de nature, récréatives et de loisirs sur des littoraux français protégés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Gueniot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zacharie Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ludovic Martel; Johan Jouve; Arnaud Sébileau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politiques du littoral et « sports de nature ». Du cadre national aux configurations locales : l’exemple des aires marines protégées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Quæ, pp.37-56, 2021, 978-2-7592- 3366-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03353530v1</w:t>
-              </w:r>
-[...997 lines deleted...]
-                <w:t xml:space="preserve">hal-02751706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1236,90 +1236,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tooling up a less-resourced language with NLP : the example of Corsican and the BDLC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Kevers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Retali Medori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Gueniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ghjacumina Tognotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Language Technologies for All (LT4All) Enabling Linguistic Diversity and Multilingualism Worldwide</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2106,51 +2106,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353530v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Jouve" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gueniot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Moulin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520876v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Retali Medori" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Giudicelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Colonna" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155410v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauveur Giannoni" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brunstein" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542104v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567779v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kevers" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gu&#233;niot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghjacumina Tognotti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322647v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Prunetti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Bisgambiglia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Detotto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Innocenti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tafani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793683v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Costantino" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varamo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Broutta" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063864v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moulery" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804448v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Delattre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Paoli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Santucci" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Napoleone" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751706v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy R. Bouche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chjara Aragni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Duba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Gambotti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880729v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799536v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Zasada" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kati H&#228;fner" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pohle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Piorr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Ungaro" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800827v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arriaza" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tufan Bal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Borisov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cagla" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Colombo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798098v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Arriaza" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Czekaj" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653549v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814956v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520876v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Retali Medori" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gueniot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Giudicelli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Colonna" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155410v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauveur Giannoni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brunstein" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Jouve" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542104v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567779v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kevers" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gu&#233;niot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghjacumina Tognotti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322647v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Prunetti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Bisgambiglia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Detotto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Innocenti" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tafani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793683v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Costantino" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varamo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Broutta" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063864v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moulery" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804448v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Delattre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Paoli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Santucci" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Napoleone" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751706v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy R. Bouche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chjara Aragni" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Duba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Gambotti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353530v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Moulin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880729v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799536v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Zasada" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kati H&#228;fner" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pohle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Piorr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Ungaro" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800827v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arriaza" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tufan Bal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Borisov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cagla" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Colombo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798098v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Arriaza" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Czekaj" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653549v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814956v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>