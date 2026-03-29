--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -4648,135 +4648,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01715670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de l’endommagement par fatigue sur un butadiène chargé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude de l'influence de l'épaisseur sur les propriétés thermomécaniques et dynamiques d'un fluoroélastomère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Deffarges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Delattre</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">B. Schmaltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Berton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4eme Journée thématique sur la caractérisation mécanique des élastomères</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01314242v1</w:t>
+                <w:t xml:space="preserve">hal-01320367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact des paramètres expérimentaux de nanoindentation sur les mesures du module d’un élastomère</w:t>
               </w:r>
@@ -4877,152 +4894,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01320359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l'influence de l'épaisseur sur les propriétés thermomécaniques et dynamiques d'un fluoroélastomère</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Deffarges</w:t>
+                <w:t xml:space="preserve">Caractérisation de l’endommagement par fatigue sur un butadiène chargé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Delattre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lejeunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Méo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lacroix</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4eme Journée thématique sur la caractérisation mécanique des élastomères</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01320367v1</w:t>
+                <w:t xml:space="preserve">hal-01314242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of belts through the nanoindentation technique : development and application (Prix master SF2M OUEST)</w:t>
               </w:r>
@@ -5133,51 +5133,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the constitutive modeling of a filled rubber: frequency, temperature and amplitude effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lejeunes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5474,51 +5474,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation du comportement multi-axial d'un élastomère chargé et application à la simulation d'essais complexes sur éprouvettes lamifiés élastomère-métal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lejeunes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5595,51 +5595,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation d'un modèle de comportement à partir d'essais multi-axiaux sur palier lamifié : corrélations globales et locales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lejeunes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5710,269 +5710,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01314245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation et modélisation d'un élastomère dissipatif: application au pré-dimensionnement de pièces lamifiées élastomère-métal</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Experimental and constitutive modeling of a filled rubber with emphasis on the dynamical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Méo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lejeunes</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Caroline Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CSMA 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Giens, France. pp.CLE USB</w:t>
+              <w:t xml:space="preserve">ECCMR 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, San Sebastian, Spain. pp.xx-xx</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00859638v1</w:t>
+                <w:t xml:space="preserve">hal-00859662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and constitutive modeling of a filled rubber with emphasis on the dynamical properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Caractérisation et modélisation d'un élastomère dissipatif: application au pré-dimensionnement de pièces lamifiées élastomère-métal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lejeunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Méo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Richard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lejeunes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCMR 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, San Sebastian, Spain. pp.xx-xx</w:t>
+              <w:t xml:space="preserve">CSMA 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Giens, France. pp.CLE USB</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00859662v1</w:t>
+                <w:t xml:space="preserve">hal-00859638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination de la température à coeur dans des élastomères sollicités dynamiquement</w:t>
               </w:r>
@@ -6711,285 +6711,419 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01402804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-product-sorting end-of-life tires for effective recycling by devulcanization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Several Aspects of Elastomer Fatigue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Méo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delattre Alexis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lejeunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuel Richaud. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tire Waste and Recycling</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Aging of Industrial Polymers 1: Aging Mechanisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WILEY, pp.229 - 259, 2025, 9781789451894. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781394417834.ch7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03606228v1</w:t>
+                <w:t xml:space="preserve">hal-05560328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">In-product-sorting end-of-life tires for effective recycling by devulcanization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Seghar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tire Waste and Recycling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03606228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Numerical Identification of the Mechanical Behaviour of a Fluoroelastomer (FKM) Using Nanoindentation Test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Chalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Le Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tien-Dung Do</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Méo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Engineering Research and Application</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.607-612, 2021, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-64719-3_66⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03095230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId146"/>
+      <w:footerReference w:type="default" r:id="rId148"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7136,51 +7270,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363555v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Feyne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Bourhis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lacroix" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Autissier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pepin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2025.109022" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199906v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Ezzaamari" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenhael Le Quilliec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;o" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5254/rct.21.79993" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252975v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwen Chatti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Frachon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gratton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Caliez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IntJEnergeticMaterialsChemProp.2021037739" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04511430v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Baral" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fradet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaylord Guillonneau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.9b20286" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02493613v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Dehlouz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Alhussein" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fradet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Seghar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11665-020-04709-w" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399040v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Berton" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2019.106278" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648578v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cruanes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anwar Shanwan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Allaoui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Deffarges" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2017.11.008" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01855160v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Berthier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Venin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11081358" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587812v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Poisson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosseini Mahmoud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5254/rct.18.82696" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531291v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2017013" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712285v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valantin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benoit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Phalip" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.11.027" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293600v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delattre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lejeunes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2016.03.010" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01236375v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cruanes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narayanaswami Ranganathan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2015.02.050" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605238v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Valantin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Morcel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourredine A&#239;t Hocine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.41346" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-39D7Z7SN-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260534v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2015.11.026" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01278950v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057026v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delattre Alexis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lejeunes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Richard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5254/rct.14.85995" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01236378v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Poisson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.891-892.518" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01236385v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5254/1.3672431" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974622v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Forasacco" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chalon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Couarraze" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03808912v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bour" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Altmeyer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03603782v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Raymond" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521299v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Simon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie P&#233;pin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097136v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Le Pennec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Dung Do" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02127326v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Ezzaamari" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268740v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268752v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268744v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01875586v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067064v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01875590v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715671v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Schmaltz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708823v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531254v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708828v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715670v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314242v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Delattre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320359v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320367v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schmaltz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403193v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valantin Chlo&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314220v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403202v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmodd Hosseini" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630223v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158972v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Meo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mazerolle" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314245v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859638v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859662v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689919v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02294357v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521440v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01875593v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531264v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hivet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402804v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606228v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095230v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien-Dung Do" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-64719-3_66" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363555v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Feyne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Bourhis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lacroix" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Autissier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pepin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2025.109022" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199906v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Ezzaamari" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenhael Le Quilliec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;o" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5254/rct.21.79993" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252975v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwen Chatti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Frachon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gratton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Caliez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IntJEnergeticMaterialsChemProp.2021037739" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04511430v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Baral" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fradet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaylord Guillonneau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.9b20286" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02493613v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Dehlouz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Alhussein" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fradet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Seghar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11665-020-04709-w" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399040v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Berton" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2019.106278" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648578v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cruanes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anwar Shanwan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Allaoui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Deffarges" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2017.11.008" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01855160v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Berthier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Venin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11081358" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587812v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Poisson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosseini Mahmoud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5254/rct.18.82696" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531291v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2017013" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712285v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valantin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benoit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Phalip" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.11.027" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293600v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delattre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lejeunes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2016.03.010" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01236375v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cruanes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narayanaswami Ranganathan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2015.02.050" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605238v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Valantin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Morcel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourredine A&#239;t Hocine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.41346" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-39D7Z7SN-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260534v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2015.11.026" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01278950v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057026v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delattre Alexis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lejeunes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Richard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5254/rct.14.85995" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01236378v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Poisson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.891-892.518" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01236385v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5254/1.3672431" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974622v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Forasacco" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chalon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Couarraze" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03808912v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bour" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Altmeyer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03603782v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Raymond" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521299v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Simon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie P&#233;pin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097136v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Le Pennec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Dung Do" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02127326v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Ezzaamari" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268740v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268752v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268744v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01875586v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067064v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01875590v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715671v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Schmaltz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708823v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531254v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708828v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715670v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320367v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schmaltz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320359v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314242v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Delattre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403193v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valantin Chlo&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314220v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403202v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmodd Hosseini" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630223v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158972v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Meo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mazerolle" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314245v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859662v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859638v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689919v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02294357v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521440v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01875593v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531264v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hivet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402804v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560328v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394417834.ch7" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606228v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095230v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien-Dung Do" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-64719-3_66" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>