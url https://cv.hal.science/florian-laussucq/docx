--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -263,96 +263,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04619315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispositif Dutreil : la location d'immeubles équipés et meublés est une activité commerciale susceptible d'être éligible à l'article 787 B</w:t>
+                <w:t xml:space="preserve">Sur les critères de rattachement à l’assiette de la taxe foncière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Laussucq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJDI. Actualité juridique Droit immobilier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">, 2023, 6, pp.416</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04297810v1</w:t>
+                <w:t xml:space="preserve">hal-04297221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une prime de résiliation est-elle un élément de la rémunération susceptible d’être exonéré de l’impôt sur le revenu ?</w:t>
               </w:r>
@@ -401,96 +401,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04344748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur les critères de rattachement à l’assiette de la taxe foncière</w:t>
+                <w:t xml:space="preserve">Dispositif Dutreil : la location d'immeubles équipés et meublés est une activité commerciale susceptible d'être éligible à l'article 787 B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Laussucq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJDI. Actualité juridique Droit immobilier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 6, pp.416</w:t>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04297221v1</w:t>
+                <w:t xml:space="preserve">hal-04297810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les zones détendues : territoires oubliés porteurs d'attractivité territoriale</w:t>
               </w:r>
@@ -1110,388 +1110,388 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05294627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veille juridique immobilière n° 8</w:t>
+                <w:t xml:space="preserve">Veille juridique immobilière n°11</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Sabrinni-Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Laussucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennyfer Pilotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Povoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04542238v1</w:t>
+                <w:t xml:space="preserve">hal-05294601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veille juridique immobilière n° 7</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Sabrinni-Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Guemar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Laussucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennyfer Pilotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04542211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veille juridique immobilière n°11</w:t>
+                <w:t xml:space="preserve">Veille juridique immobilière n° 8</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Sabrinni-Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Guemar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Laussucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennyfer Pilotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05294601v1</w:t>
+                <w:t xml:space="preserve">halshs-04542238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veille juridique immobilière n° 9</w:t>
               </w:r>
@@ -1503,51 +1503,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Sabrinni-Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Guemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Laussucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1621,51 +1621,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Sabrinni-Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Guemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Laussucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1714,638 +1714,638 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04964511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veille juridique immobilière n° 4</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mutations professionnelles. La promotion et l'aménagement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Avallone</w:t>
+                <w:t xml:space="preserve">Federica Appendino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stanislas Barry</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Carine Guemar</w:t>
+                <w:t xml:space="preserve">Lolita Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Laussucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Trojette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04542057v1</w:t>
+                <w:t xml:space="preserve">hal-03978288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veille juridique immobilière n° 2</w:t>
+                <w:t xml:space="preserve">Veille juridique immobilière n° 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Avallone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Barry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Sabrinni-Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Guemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04541898v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04541958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veille juridique immobilière n° 6</w:t>
+                <w:t xml:space="preserve">Veille juridique immobilière n° 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Avallone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Barry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Sabrinni-Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Guemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...24 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-              <w:t xml:space="preserve">2023</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04542139v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04541898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutations professionnelles. La promotion et l'aménagement.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pedro Gomes</w:t>
+                <w:t xml:space="preserve">Veille juridique immobilière n° 6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda Sabrinni-Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Guemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Laussucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennyfer Pilotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inès Trojette</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-03978288v1</w:t>
+                <w:t xml:space="preserve">halshs-04542139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veille juridique immobilière n° 3</w:t>
+                <w:t xml:space="preserve">Veille juridique immobilière n° 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Avallone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Barry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Sabrinni-Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Guemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04541958v1</w:t>
+                <w:t xml:space="preserve">halshs-04542057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veille juridique immobilière n° 5</w:t>
               </w:r>
@@ -2357,51 +2357,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Sabrinni-Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Guemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Laussucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2462,90 +2462,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veille juridique immobilière n°1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Avallone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Barry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Sabrinni-Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Guemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
@@ -2714,90 +2714,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MUTATIONS DES PROFESSIONS IMMOBILIÈRES : La promotion et l’aménagement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Appendino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lolita Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Laussucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3001,51 +3001,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619322v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Laussucq" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619315v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297810v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344748v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297221v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433373v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Barois" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Peres" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vignau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.38.2021.0004" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619334v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897748v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450555v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386104v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294627v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Audrain-Demey" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Sabrinni-Chatelard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennyfer Pilotin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Povoa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04542238v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Guemar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04542211v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294601v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04601198v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964511v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04542057v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Avallone" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Barry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541898v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04542139v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978288v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Appendino" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Gillet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Gomes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Trojette" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541958v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04542105v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04030627v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04030587v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04030687v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Brown" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619322v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Laussucq" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619315v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297221v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344748v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297810v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433373v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Barois" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Peres" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vignau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.38.2021.0004" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619334v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897748v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450555v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386104v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294627v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Audrain-Demey" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Sabrinni-Chatelard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennyfer Pilotin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Povoa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294601v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04542211v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Guemar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04542238v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04601198v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964511v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978288v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Appendino" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Gillet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Gomes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Trojette" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541958v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Avallone" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Barry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541898v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04542139v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04542057v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04542105v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04030627v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04030587v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04030687v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Brown" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>